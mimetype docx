--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="103031b" w14:textId="103031b">
+    <w:p w14:paraId="db6594d" w14:textId="db6594d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,93 +85,183 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мемлекеттік инвестициялардың және квазимемлекеттік сектор субъектілерінің қаражаты есебінен қаржыландырылатын объектілердің құрылысына арналған жоба алдындағы және жобалау (жобалау-сметалық) құжаттамасын сараптамалық ұйымдарға және Бірыңғай мемлекеттік электрондық банкке электрондық-сандық нысандағы техникалық-экономикалық негіздемелерді және жобалау-сметалық құжаттамасын қалыптастыру және ұсыну жөніндегі мемлекеттік нормативті бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитеті Төрағасының 2016 жылғы 21 сәуірдегі № 106-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 25 мамырда № 13736 болып тіркелді.</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрлігі Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитеті Төрағасының 2016 жылғы 21 сәуірдегі № 106-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 25 мамырда № 13736 болып тіркелді. Күші жойылды - Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті Төрағасының м.а. 2026 жылғы 21 қаңтардағы № 5-нқ бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - ҚР Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті Төрағасының м.а. 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5-нқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      РҚАО-ның ескертпесі!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Бұйрық 01.09.2016 ж. бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -452,166 +544,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық 2016 жылғы 1 қыркүйектен бастап қолданысқа енгізіледі және ресми жариялануға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрлігі</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Құрылыс, тұрғын үй-коммуналдық</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шаруашылық істері және жер ресурстарын</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>басқару комитетінің төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2755,631 +2871,604 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(XML негізінде KENML) техникалық сипаттамасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="633"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="8904"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Торап</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атрибут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚҰЖАТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Файлдың негізгі торабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Формат нұсқасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экспорт форматы нұсқасының нөмірі, XX.YY, онда XX – негізгі нөмір,.YY – қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3412,6131 +3501,5851 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 – Оферта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Генератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжатты қалыптастырған бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КК.АА.ЖЖЖЖ форматынде құжатты жасау акүні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СС:ММ:СС форматында құжатты жасау уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СНБ нұсқасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық-нормативтік базаның есебі кезінде пайдаланылатын нұсқа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нұсқа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті орындаған бағдарлама нұсқасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірегей Сәйкестендіруші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GUID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ['{F02A446F-F449-420E-B9A5-166A9303EBF8}'] форматындағы құжаттың GUID</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс шифрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс шифры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобалау сатысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобалау сатысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басшы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жобалау ұйымы басшысының аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖБИ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бас инженердің аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық Бөлім Бастығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық бөлім бастығының аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат валютасының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюта Коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат валютасының халықаралық коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өңір Нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық есеп өңірінің нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудан Нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық есеп ауданының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аумақ Нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық есеп аумағының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СБК Аймақ Нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық бағалар каталогы бойынша аймақ нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйым Коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйым коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс Түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Құрылыс түрінің коды – Норматив шифрі Құрылыстағы үстеме шығыстардың шамасын айқындау жөніндегі мемлекеттік нормативке 3-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҮСТ2 Көрсеткіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 деңгейдегі үстеме шығыстар есебі үшін қабылданған көрсеткіш, %.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СП Көрсеткіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық пайданың есебі үшін қабылданған көрсеткіш, %.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баға Деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баға деңгейі, формат ЖЖЖЖ.Т – жыл.тоқсан форматы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірлікті Дөңгелектеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позицияның бірлік құнын дөңгелектеу кезінде он таңбалық белгілердің саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дөңгелектер Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позицияның құнын дөңгелектеу кезінде он таңбалық белгілердің саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еңбек Бірлігін Дөңгелектеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позицияның өлшем бірлігіне арналған еңбек шығындарын дөңгелектеу кезінде он таңбалық белгілер саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық Еңбекті Дөңгелектеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позицияның көлеміне арналған еңбек шығындарын дөңгелектеу кезінде он таңбалық белгілер саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тарау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс құнының сметалық есебі тарауының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объектінің Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объект атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Құжат атауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объект Шифрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объект шифры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Смета Шифры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Смета шифры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сызбалар Тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Смета бойынша сызбалар тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс Көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Смета бойынша құрылыс көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшегіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Смета өлшегіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат Нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық құжаттағы құжат нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыстар Тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Смета жұмыстарының тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрастырды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрастырушының аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тексерді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тексерушінің аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деректерді Енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оператордың аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9546,170 +9355,156 @@
               <w:t>
 Құрылысы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚҰЖАТТЫҢ ата-ана торабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті сметалық құжат типінің құжат құрылымының иерархиялық сипаттауынан тұрады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9719,1094 +9514,1010 @@
               <w:t>
 ТАРАУ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-ана торабы ҚҰРЫЛЫМ немесе БӨЛІМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тарау типі, 1 – Бөлік, 2 – Бөлім, 3 - Бөлімше, 4 – Кіші бөлімше</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GUID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Құжат бөлімшесінің GUID </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат бөлімшесінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшегіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат бөлімшесінің өлшегіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат бөлімшесіне ескерту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10816,585 +10527,550 @@
               <w:t>
 ПОЗИЦИЯ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-ана торабы ҚҰРЫЛЫМ немесе БӨЛІМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлық ресурстық және құндық көрсеткіштерді келтірумен құжаттың жекелеген сметалық позициясының сипаттамасынан тұрады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттағы позиция нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GUID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GUID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позиция GUIDи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11409,162 +11085,155 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – жұмыс, 1 – материал, 2 – жергілікті материал, 2 – инженерлік жабдық, 3 – технологиялық жабдық, 4 – жиһаз және мүкәммал, 5 – конструкция, 6 - тасымалдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СНБ коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11579,1875 +11248,1791 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер мәтіндік позиция – бос жол.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық бағдарламада қабылданған сметалық позиция коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позиция атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код түсініктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позиция шифріне (негіздемеге) түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атау түсініктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позиция атауына түсініктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позиция көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Формула Көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлем есебі формуласының жолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшегіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позицияның өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыстар Түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жұмыс түрінің коды – Норматив шифрі Құрылыстағы үстеме шығыстардың шамасын айқындау жөніндегі мемлекеттік нормативке 2-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығындар Түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шығындар түрі, Қ – құрылыс жұмыстары, М – монтаж жұмыстары, Ж – жабдық, І – іске қосу жұмыстары, ӨЖ – өзге де жұмыстар және шығындар </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҮСТ1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер, ол нормативтіктен ерекшеленетін болса, 1 деңгейдегі үстеме шығыстар есебі үшін көрсеткіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҮСТ2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер, ол нормативтіктен ерекшеленетін болса, 2 деңгейдегі үстеме шығыстар есебі үшін көрсеткіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер, ол нормативтіктен ерекшеленетін болса, сметалық пайданың есебі үшін көрсеткіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13457,170 +13042,156 @@
               <w:t>
 ҚҰНЫ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-ана торабы ПОЗИЦИЯ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірлік пен көлемге арналған позицияның құн көрсеткіштерінен тұрады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13630,2316 +13201,2162 @@
               <w:t>
 БІРЛІК</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-ана торабы ҚҰНЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоба валютасында көлем бірлігіне позицияның құн көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ПЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позиция (сметалық) бірлік бағасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық ресурстар құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмысшылардың еңбегін төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмысшылар еңбегінің орташа разряды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Механизаторлардың еңбегін төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЕМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машиналар мен механизмдерді пайдалану құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 САЛМАҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КГ-да көлем бірлігіне арналған сметалық позиция салмағының көрсеткіші (жабдық пен конструкциялардың позициялары үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МТВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайтарылатын материалдардың құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БОС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жабдықтың босатылатын құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік шығыстары (жабдық үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДАҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дайындау-қойма шығыстары (жабдық үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДАҚК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дайындау-қойма шығыстарының есебі үшін көрсеткіш, % (жабдық үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15949,3067 +15366,2899 @@
               <w:t>
 БАРЛЫҒЫ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-ана торабы ҚҰНЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлемге арналған позицияның құн көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тікелей шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдардың құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмысшылардың еңбегін төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмысшылар еңбегінің орташа разряды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Механизаторлардың еңбегін төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЕМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машиналар мен механизмдерді пайдаланудың құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МТВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайтарылатын материалдардың құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖМҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті материалдардың құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МТК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Конструкциялар құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ІСҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Іске қосуға және реттеуге арналған шығындар құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жабдықтың сметалық құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БОС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлемге арналған жабдықтың босатылым бағасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлемге арналған көлік шығыстары (жабдық үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДҚШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлемге арналған дайындау-қойма шығыстары (жабдық үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҮСТ1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1 деңгейдегі үстеме шығыстары </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҮСТ2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 деңгейдегі үстеме шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық пайда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БАРЛЫҒЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық құн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19019,2561 +18268,2435 @@
               <w:t>
 РЕСУРС</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-ана ПОЗИЦИЯ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позиция ресурсының сипаттамасынан тұрады. Егер, материал немесе жабдық типінің позициясы, онда ресурс торабы сондай толтырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GUID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ресурс GUID </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ресурс атауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ресурс типі: 1 – еңбек шығындары, 2 – материал, 3 – машина, 4 – инженерлік жабдық, 5- технологиялық жабдық </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СНБ коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 СНБ-те қабылданған ресурс коды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Есепті орындаған бағдарламада қабылданған ресурс коды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ресурс бағасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машиналар үшін, оның ішінде, механизаторларлың еңбегін төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еңбек шығындары үшін – орташа разряд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БОС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдар мен жабдық үшін – босатылым бағасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдар мен жабдықтар үшін – көлік шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДҚШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдар мен жабдықтар үшін – дайындау-қойма шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДҚШК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дайындау-қойма шығыстарының есебі үшін көрсеткіш, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бірлікке арналған шығыс нормасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшегіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ресурсты өлшеу бірлігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ресурсты өлшеу бірлігінің салмағы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәртебе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21588,516 +20711,474 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ауыстырылды, түзетілді, жойылды, қосылды, алып тасталды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ID Ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GUID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норматив бойынша шығыс, ауыстырылған ресурсқа арналған сілтеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеткізу белгісі: М – мердігер, Т – тапсырыс беруші, Б – Бас мердігер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22107,1699 +21188,1594 @@
               <w:t>
 ҚҰЖАТ ЖИЫНЫ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-ана торабы ДОКУМЕНТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттың жиынтық құн көрсеткіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс жұмыстарының құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Монтаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Монтаж жұмыстарының құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инженерлік Жабдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инженерлік жабдық құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Технологиялық Жабдық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Технологиялық жабдық құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиһаз Мүкәммал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиһаз мен мүкәммал құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзге де шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметалық құнның барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мердігердің Шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оның ішінде мердігердің шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тапсырыс берушінің Шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оның ішінде тапсырыс берушінің шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23809,170 +22785,156 @@
               <w:t>
 РЕСУРС ЖИЫНЫ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-ана торабы ДОКУМЕНТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат бойынша ресурстардың сипаттамасынан тұрады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23982,2602 +22944,2476 @@
               <w:t>
 ЖИЫН РЕСУРС</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-ана торабы ЖИЫН РЕСУРС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат ресурсының сипаттамасынан тұрады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ресурстың реттік нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ресурс атауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ресурс типі: 1 – еңбек шығындары, 2 – материал, 3 – машина, 4 - жабдық </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СНБ коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 СНБ-да қабылданған ресурс коды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Есепті орындаған, бағдарламада қабылданған ресурс коды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Құжат бойынша ресурстың орташаланған бағасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машиналар үшін, оның ішінде, механизаторлардың еңбегін төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еңбек шығындары үшін – орташа разряд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БОС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдар мен жабдықтар үшін – босатылым бағасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдар мен жабдықтар үшін – көлік шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДҚШ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдар мен жабдықтар үшін – дайындау-қойма шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДҚШК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дайындау-қойма шығыстарының есебі үшін көрсеткіш, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бірлікке арналған шығыс нормасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшегіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ресурс өлшегішінің бірлігі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салмақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ресурс өлшегіші бірлігінің салмағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеткізу белгісі: М – мердігер, Т – тапсырыс беруші, Б – Бас мердігер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26605,740 +25441,691 @@
               <w:t>
 Ата-ана торабы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚҰЖАТ немесе ТАРАУ не ПОЗИЦИЯ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Белгіленген коэффициенттердің тізімінен тұрады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КОЭФФИЦИЕНТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1058" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициенттің сипаттамасынан тұрады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сілтеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нормативке сілтеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 INTEGER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27425,314 +26212,300 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 5 – Айқындалмаған </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позициялар Тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Егер, құжаты үшін коэффициент ЛС немесе бөлімше типі олар үшін осы коэффициент қолданылатын позициялар нөмірлерінің тізімі, Тізім форматында = ID | Тізім[, ID] </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс Типі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 STRING</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27747,1834 +26520,1750 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қ – құрылыс, М – монтаж, Ж – жөндеу-құрылыс, І – іске қосу, К – 46-бөлімшенің құрылыс.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еңбек Коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмысшылардың еңбек шығындарына коэффициент еңбекті төлеу шамасына да әсер етеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖаК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмысшылардың жалақысына коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МашК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машиналарды пайдалану уақытына коэффициент машинистердің еңбек шығындарына және машинистердің еңбегін төлеуге әсер етеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЕңбекмашК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машинистердің еңбек шығындарына коэффициент машинистердің еңбегін төлеуге әсер етеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МашжалК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машинистердің жалақысына коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 МатериалдарК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдық ресурстардың шығысына коэффициент материалдардың құнына әсер етеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 матқұнК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Материалдардың құнына коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КөлпрцК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жабдық үшін көлік шығындарының құны есебі үшін босатылым бағасынан процент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДҚпрцК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Франко-жоба маңы қоймасы жабдығының құнынан процент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҮШК1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 деңгейдегі үстеме шығыстар есебі үшін көрсеткішке коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҮШК2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 деңгейдегі үстеме шығыстар есебі үшін көрсеткішке коэффициент</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="633" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1058" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 DOUBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8904" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29628,63 +28317,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -30006,35 +28717,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>