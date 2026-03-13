--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2102d36" w14:textId="2102d36">
+    <w:p w14:paraId="d61c274" w14:textId="d61c274">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1328,372 +1328,210 @@
         <w:t xml:space="preserve">
       5. Осы Қағидаларда 1-қосымшаның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-кестесінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> I, II және VII бөлімдерінде көзделген үкіметтік емес ұйымдар туралы мәліметтер өзгерген жағдайда, үкіметтік емес ұйымдар өзгертілген мәліметтерді уәкілетті органға қазақ және орыс тілдерінде "Үкіметтік емес ұйымдардың дерекқоры" веб-порталы арқылы электрондық түрде осындай өзгерістер пайда болған күннен бастап жиырма жұмыс күн ішінде уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>117-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есепті кезең басталғанға дейін салық есептілігін ұсынуды тоқтата тұрған және есепті кезең ішінде қызметін қайта бастамаған үкіметтік емес ұйымдар, сондай-ақ есепті кезеңнен кейін тіркелген үкіметтік емес ұйымдар Үкіметтік емес ұйымдардың дерекқорына өз қызметі туралы мәліметтерді бермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Мәдениет және ақпарат министрінің м.а. 19.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6-тармақ </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>№ 397-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>жаңа</w:t>
-[...99 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Үкіметтік емес ұйымдар туралы дерекқорды қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Уәкілетті органдар үкіметтік емес ұйымдардың дерекқорын қалыптастыруды үкіметтік емес ұйымдар және жергілікті атқарушы органдар ұсынатын мәліметтер негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Уәкілетті орган үкіметтік емес ұйымдардың өз қызметі туралы мәліметтерді алған кезде, олардың уақтылығын, толықтығын және анықтылығын қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Үкіметтік емес ұйымдардың өз қызметі туралы мәліметтерді, осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1744,128 +1582,128 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мәліметті толық ұсыну, бұл барлық кестені толтыру болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкіметтік емес ұйымдардың өз қызметі туралы мәліметтерді толық ұсыну уәкілетті органға жолдау күннің шындығына сәйкес келген жағдайда, анық болып саналады. Грамматикалық қателер үкіметтік емес ұйым туралы мәліметтерді анық емес деп тану үшін негіздеме болып саналмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Уәкілетті орган үкіметтік емес ұйымдар туралы мәліметтердің келіп түскен кезден бастап қарай 10 (он) жұмыс күн ішінде Дерекқорды жаңартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үкіметтік емес ұйымдар өз қызметі туралы ұсынған мәліметтердің сәйкессіздігі анықталған сәттен бастап уәкілетті орган оларды дереу пысықтауға жібереді. Үкіметтік емес ұйымдар уәкілетті органмен пысықтауға жіберілген өз мәліметтерін алған күннен бастап 3 (үш) жұмыс күн ішінде пысықтайды және ҮЕҰ Дерекқорына қайта жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Үкіметтік емес ұйымдарды Дерекқордан алып тастауды уәкілетті орган Қазақстан Республикасының заңнамасына сәйкес бизнес-сәйкестендіру нөмірлерінің Ұлттық тізілімінен үкіметтік емес ұйымдарды алып тастау туралы ақпаратты алған күннен бастап 10 (он) жұмыс күнінен кешіктірмей жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Дерекқорға ұсынатын үкіметтік емес ұйымдар туралы мәліметтерді тексеруді жүзеге асыру үшін облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары жыл сайын 10 сәуірге дейін аумақтық әділет органдарынан және мемлекеттік кірістер органдарынан тиісті әкімшілік-аумақтық бірліктен үкіметтік емес ұйымдар туралы (тіркеу/қайта тіркеу күні, мекенжайы, құрылтайшылары, басшылары және олардың байланыс деректері, соңғы есепті мерзімге салықтық есеп беру күні) қорытынды мәліметтерді уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1970,68 +1808,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үкіметтік емес ұйымдардың өз қызметі жөніндегі мәліметтер  20___жылғы есепті кезең</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2132,88 +1970,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпаратты ұсынатын тұлғалар тобы: Үкіметтік емес ұйымдар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанын ұсыну мерзімі: Есепті кезеңнен кейінгі жылдың 31 наурызына дейінгі мерзімде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-кесте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үкіметтік емес ұйымдардың қызметі туралы мәліметтер*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -9536,70 +9374,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *егер деректер мүлде болмаса, "жоқ" деп немесе сызықша қойылып белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9646,88 +9484,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҮЕҰ – үкіметтік емес ұйым</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЗТБ – заңды тұлға бірлестігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-кесте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үкіметтік емес ұйымдардың филиалы (-дары) және өкілдігі (-тері)*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -10351,70 +10189,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *егер деректер мүлде болмаса, "жоқ" деп немесе сызықша қойылып белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10443,88 +10281,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АТӘ – аты, тегі, әкесінің аты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-кесте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үкіметтік емес ұйымдардың, шетелдік және халықаралық коммерциялық емес ұйымдардың филиалдары мен өкілдіктерінің (оқшауланған бөлімшелерінің) есепті кезеңде іске асырылған жобалары*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -11673,70 +11511,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *егер деректер мүлде болмаса, "жоқ" деп немесе сызықша қойылып белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11747,88 +11585,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолданылған қысқартылған сөздер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-кесте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үкіметтік емес ұйымдардың филиалдары мен өкілдіктерінің (оқшауланған бөлімшелерінің) есепті кезеңде іске асырылған жобалары*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -12977,70 +12815,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * егер деректер мүлде болмаса, "жоқ" деп немесе сызықша қойылып белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13051,88 +12889,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолданылған қысқартылған сөздер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5-кесте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үкіметтік емес ұйымдардың құрылтайшылары* (қатысушылары) туралы мәліметтері*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13441,70 +13279,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *қоғамдық бірлестіктер оны құруға қатысатын кемінде 10 бастамашы азаматтан және/немесе қоғамдық бірлестіктен деректерді көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13551,88 +13389,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН – жеке сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-кесте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қайырымдылық немесе демеушілік көмек алған немесе берген ұйым/орган, мемлекеттер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -15098,70 +14936,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орындаушы _________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * егер деректер болмаса, "жоқ" деп немесе сызықша қойылып белгіленеді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15338,184 +15176,184 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректер нысанын толтыру жөніндегі түсіндірме </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Үкіметтік емес ұйымдардың өз қызметі жөніндегі мәліметтері"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (ҮЕҰҚМ-1, жыл сайын)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанында пайдаланылатын терминдер мен анықтамалар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әдіснамалық түсіндірмелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Нысанды үкіметтік емес ұйымдардың басшысы (ол болмаған жағдайда оны алмастырушы адам) толтырады және үкіметтік емес ұйымдармен өзара іс-қимыл саласындағы уәкілетті органға есепті кезеңнен кейін келесі жылғы 31 наурызға дейін ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Үкіметтік емес ұйымдардың қызметтері туралы мәліметтер" нысанының 1-кестесіндегі "Үкіметтік емес ұйымдар туралы жалпы деректер" бөлімінде мынадай мәліметтер көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-тармақта ұйымның бизнес-сәйкестендіру нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15616,126 +15454,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 7-тармақта "Мемлекеттік тіркеу күні" көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) 8-тармақта "Мемлекеттік қайтадан тіркеу күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Үкіметтік емес ұйымның байланыс деректері" II бөлімі мынадай мәліметтерімен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 9-тармақта "Электрондық пошта" көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 10-тармақта "Телефон нөмірі" көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қызметкерлер мен еріктілер туралы мәліметтер" III бөлімі мынадай мәліметтерімен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) 11-тармақта "Штаттық қызметкерлердің саны" көрсетіледі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15764,108 +15602,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) 13-тармақта "Шетелдік қызметкерлер саны" көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) 14-тармақта "Еріктілер саны".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қызметтің саласы" IV бөлімі мынадай мәліметтермен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 15-тармақта "Үкіметтік емес ұйымның қызмет саласы (Х керек ұяшықты көрсетіңіз)" көрсетілген тізімнің ішінде үкіметтік емес ұйымның қызмет саласы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "ҮЕҰ есепті кезеңдегі кірістер туралы (сомасы, теңге)" V бөлімі мынадай мәліметтермен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 16-тармақта "Депозиттер бойынша сыйақы" көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15966,70 +15804,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 22-тармақта Қазақстан Республикасының заңнамалық актілерінде тыйым салынбаған өзге де кірістер көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) 23-тармақта "Барлық кірістер" көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Есепті кезеңде ҮЕҰ-дың шығыстары (сомасы, теңге)" VI бөлімі мынадай мәліметтермен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 24-тармақта "Коммерциялық емес ұйымдарды ұстау" көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16094,108 +15932,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) 29-тармақта "Өзге шығыстар" барлық шығыстар сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) 30-тармақта "Барлық шығыстар" барлық шығыстар сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Бюджет" VII бөлімін филиалдар немесе халықаралық және шетелдік ұйымдардың өкілдіктері мынадай түрде көрсетіледі (сомасы теңгемен көрсетіледі):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) 31-тармақта "Қазақстан Республикасында жобаларды/бағдарламаларды қаржыландыру бюджеті" (егер жобаны және/немесе бағдарлама филиал немесе өкілдік Қазақстан Республикасының аумағында қаржыландырса) көрсетіледі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. "Үкіметтік емес ұйымдардың филиалы(-дары) және өкілдігі (-тері)" нысанның 2-кестесі мынадай мәліметтермен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-бағанда реттік сан көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16260,70 +16098,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) 5-бағанда "Басшының АТӘ (болған жағдайда)" көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) 6-бағанда "Тіркелген күні" көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Үкіметтік емес ұйымдардың, филиалдардың және шетелдік және халықаралық коммерциялық емес ұйымдар өкілеттіктерінің (оқшауланған бөлімшелерінің) есепті кезеңде іске асырған және ағымдағы жылы іске асыратын жобалары" нысанның 3-кестесі мынадай мәліметтермен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-бағанда реттік сан көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16478,70 +16316,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) 10-бағанда "Есепті кезеңде алынған жобаға қаржыландыру (теңге)" көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) 11-бағанда "Жобаны орындау туралы қысқаша ақпарат" көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Филиалдардың және (немесе) өкілдіктердің (оқшауланған бөлімшелерінің есепті мерзімде іске асырылған және ағымдағы жылы іске асырылатын жобалары" нысанның 4-кестесі мынадай мәліметтермен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-бағанда реттік сан көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16696,70 +16534,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) 10-бағанда "Есепті кезеңде жобаға алынған қаржыландыру (теңге)" көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) 11-бағанда "Жобаны орындау туралы қысқаша ақпарат" көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Үкіметтік емес ұйымдарды құрған "Құрылтайшылар (қатысушылар) туралы мәліметтер" нысанның 5-кестесі мынадай мәліметтермен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-бағанда реттік сан көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16770,70 +16608,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 2-бағанда "Ұйым атауы немесе АТӘ (болған жағдайда)" көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) 3-бағанда "ЖСН/БСН салық тіркеу нөмірінің аналогы (шетелдік заңды тұлға үшін)" көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қайырымдылық немесе демеушілік көмек алған немесе берген ұйым/орган, мемлекеттер" нысанның 6-кестесі мынадай мәліметтермен көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-бағанда реттік сан көрсетіледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17015,55 +16853,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>