--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="190b4be" w14:textId="190b4be">
+    <w:p w14:paraId="f7d8081" w14:textId="f7d8081">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -328,51 +328,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 271</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1272,128 +1272,236 @@
       18) тапсырыс беруші – оның мүддесінде маманды даярлау жүзеге асырылатын Қазақстан Республикасы Қорғаныс министрлігінің (бұдан әрі – ҚР ҚМ), Бас штабының және Қарулы Күштерінің (бұдан әрі – ҚР ҚК) құрылымдық бөлімшесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) транскрипт – білімді бағалаудың балдық-рейтингілік әріптік жүйесі бойынша кредиттерді және бағаларды көрсете отырып, оқытудың тиісті кезеңінде өткен пәндердің тізбесін қамтитын құжат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...34 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      20) алып тасталды - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21) алып тасталды - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) академиялық саясат – білім беру қызметін жоспарлау мен басқару және студентке бағдарланған оқытуды іске асыруға және білім сапасын арттыруға бағытталған оқу процесін тиімді ұйымдастыру бойынша шаралар, қағидалар мен рәсімдер жүйесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 271</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z41" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1706,2998 +1814,3500 @@
         <w:t>
       Оқу процесін жоспарлау оқу жылы басталғанға дейін екі аптадан кешіктірмей аяқталуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z54" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Оқу процесінің ұйымдастырушысы мен жетекшісі оқу процесі мәселелеріне жетекшілік ететін ӘОО бастығының орынбасары болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z55" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Алып тасталды - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Алып тасталды - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. әскери білім мәселелеріне жетекшілік ететін құрылымдық бөлімше жыл сайын 1 наурызға дейін ӘОО-ларға Қорғаныс министрі бекіткен мамандықтарға және тиісті біліктіліктерге қабылдау жоспарын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Тапсырыс берушілер әрбір мамандыққа және тиісті біліктілікке біліктілік сипаттамаларын әзірлейді, бекітеді және ӘОО-ға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сипаттамалар адамның барлық құқықтары мен бостандығының сақталуын ескере отырып әзірленеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Үлгілік оқу жоспары "Білім туралы" Заңның </w:t>
-[...59 lines deleted...]
-      11. Үлгілік оқу бағдарламасы "Білім туралы" Заңның 5-1-бабының  7) тармақшасына сәйкес бекітілген тәртіпте әзірленеді.</w:t>
+      ӘОО біліктілік сипаттамалары және Қазақстан Республикасы Ғылым және жоғары білім министрінің 2022 жылғы 20 шiлдедегi № 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Жоғары және жоғары оқу орнынан кейінгі білім берудің мемлекеттік жалпыға міндетті стандарттары негізінде (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 170240 болып тіркелген) (бұдан әрі – МЖМБС) оқу бағдарламасын әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Жұмыс оқу жоспарын ӘОО әрбір мамандыққа және тиісті біліктілікке барлық оқу кезеңіне әзірлейді және ӘОО-ның бастығы 15 маусымға дейін бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z58" w:id="29"/>
-[...15 lines deleted...]
-      12. әскери білім мәселелеріне жетекшілік ететін құрылымдық бөлімше жыл сайын 1 наурызға дейін ӘОО-ларға Қорғаныс министрі бекіткен мамандықтарға және тиісті біліктіліктерге қабылдау жоспарын ұсынады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Әрбір пәннің көлемі бүтін кредиттер санын құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әрбір оқу пәні, дене тәрбиесін, тілдерді қоспағанда, бір қайталанбайтын атаудан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір модульдің көлемін ӘОО дербес айқындайды және екі және одан да көп оқу пәндерін қамтиды немесе бір және одан да көп пәндер басқа да оқу жұмысының түрлерімен үйлесімділікте болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 18.03.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Кафедралар (циклдер) бойынша ӘОО оқытушыларының оқу жылына арналған оқу жүктемесінің көлемін есептеуді оқу бөлімі (оқу-әдістемелік басқарма) жүргізеді және ол оқу жұмысының түрлері бойынша бір кредитке және/немесе кредиттерде академиялық сағат санының арақатынасын ескере отырып, академиялық сағатпен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқытушылардың оқу жүктемесінің көлемін есептеген кезде бір кредит 30 академиялық сағатқа тең болатынына сүйенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Жыл сайын ӘОО оқу жұмысының көлемі саны оқу-әдістемелік (педагогикалық) кеңес отырысында қаралады және оның шешімі негізінде ӘОО бастығы 15 шілдеге дейін оны бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жылдық оқу жүктемесі ӘОО-ның ерекшелігіне, функционалдық міндеттерінің көлеміне, қоғамдық жүктемеге және қосымша жұмыстарды орындауға байланысты оқытушының әрбір лауазымы үшін жеке айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу уақытының бекітілген жылдық бюджеті негізінде оқу бөлімі (оқу-әдістемелік басқарма) оны орындау үшін оқытушылардың қажетті санын айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Оқытушылардың жылдық оқу жүктемесіне және кафедраның (циклдің) сандық құрамына сәйкес кафедра (цикл) бастығы (меңгерушісі) кафедраның (циклдің) оқытушылары арасында оқу жүктемесін бөлу есебін және оқу жылына арналған кафедра (цикл) оқытушыларын факультеттер, академиялық ағымдар (курстар), взводтар, оқу топтары мен шағын топтар бойынша бекіту жоспарын жасайды, оларды факультет бастығы (оқу бөлімінің бастығы) бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z70" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ӘОО бастығы бір оқу жылынан аспайтын мерзімге олардың оқу жүктемесінің көлеміне байланысты штат санын және штаттық-лауазымдық жалақылар қорын арттырмай, оқытушылардың лауазымдарын кафедралар (циклдер) бойынша қайта бөледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z71" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Жұмыс оқу бағдарламасын (силлабус) білім беру бағдарламаларының барлық пәндері бойынша оқу жылына кафедра (цикл) әзірлейді және 30 маусымға дейін ӘОО бастығының оқу процесі мәселелеріне жетекшілік ететін орынбасары бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс оқу бағдарламаларының (силлабустардың) әзірлеу және бекіту нысанын, құрылымын, тәртібін ӘОО дербес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Пәндердің оқу-әдістемелік кешенін орта білім беру ұйымдарын қоспағанда, осы пән бойынша сабақтарды өткізетін кафедраның (циклдің) оқытушысы (оқытушылар ұжымы) әзірлейді, кафедраның (циклдің, факультеттің) отырысында қаралады және ӘОО бастығының оқу процесі мәселелеріне жетекшілік ететін орынбасары хаттамалық шешіммен 30 маусымға дейін бекітеді. Кафедрада (циклде, факультетте) электрондық жеткізгіштерде болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. ӘОО оқу процесінің академиялық күнтізбесі факультеттер (батальондар, дивизиондар бойынша), мамандықтар мен тиісті біліктіліктер, академиялық ағымдар (курстар), академиялық кезеңдер мен айлар бойынша, сондай-ақ оқу жылына арналған оқу процесінің барлық негізгі іс-шаралары бойынша күнтізбелік уақыт есебін қамтиды және жұмыстық оқу жоспары негізінде әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Академиялық күнтізбені оқу бөлімі (оқу-әдістемелік басқарма) әзірлейді және ӘОО бастығының оқу процесі мәселелеріне жетекшілік ететін орынбасары 15 тамызға дейін бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Академиялық күнтізбеде факультеттер (батальондар, дивизиондар), академиялық ағымдар (курстар) бойынша, ал қажет болған кезде взводтар, топтар, шағын топтар бойынша оқу сабақтарының күндері, каникулдық демалыстар, оқу-жаттығу орталығына (полигонға) шығулар, оқу-жаттығулар, оқ атулар, машиналарды жүргізу, курстық жобалау, бақылау сабақтарын орындау, аралық және қорытынды аттестаттау, әскери тағылымдама мен практикалар, нарядтар көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. ӘОО бастығының жаңа оқу жылына әзірлігі туралы әскери білім мәселелеріне жетекшілік ететін құрылымдық бөлімшенің бастығына баяндауы ӘОО-ның оқу жылына арналған Академиялық күнтізбесіне сәйкес жаңа оқу жылының басталуынан екі апта бұрын жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. ӘОО бастығы алдағы оқу жылына оқу-тәрбие процесін ұйымдастыруға шешім қабылдайды және ол алда тұрған міндеттер мен жаңа талаптарды ескеріп, оқу жылының қорытындысын талдау нәтижесі бойынша жыл сайын бірінші тамызға дейін бұйрықпен ресімделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z78" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ӘОО негізгі іс-шараларының оқу жылына арналған күнтізбелік жоспарын ӘОО штабы факультеттермен, кафедралармен (циклдермен), бөлімдермен, қызметтермен және басқа да бөлімшелермен бірлесіп әзірлейді, әскери білім мәселелеріне жетекшілік ететін құрылымдық бөлімшенің бастығымен келісіледі және оқу жылы басталғанға дейін екі апта бұрын ӘОО бастығы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармаққа өзгеріс енгізілді – ҚР Қорғаныс министрінің 18.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 172</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. ӘОО негізгі іс-шараларының бір айға арналған күнтізбелік жоспары ӘОО негізгі іс-шараларының оқу жылына арналған күнтізбелік, жоспарына басқа да іс-шараларға сүйене отырып жасалады және оқу сабақтарының кестесімен байланыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z80" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ӘОО негізгі іс-шараларының келесі айға арналған күнтізбелік жоспарын ай басталғанға дейін, 5 жұмыс күннен кешіктірмей ӘОО бастығы бекітеді, факультеттер, кафедралар (циклдер), бөлімдер, қызметтер бастықтарына және оқу бөлімшелерінің командирлеріне олардың жұмысын жоспарлау үшін жеткізіледі. ӘОО негізгі іс-шараларының бір айға арналған күнтізбелік жоспарының бір данасы әскери білім мәселелеріне жетекшілік ететін құрылымдық бөлімшеге ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармаққа өзгеріс енгізілді – ҚР Қорғаныс министрінің 18.03.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 172</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="30"/>
-[...34 lines deleted...]
-      Сипаттамалар адамның барлық құқықтары мен бостандығының сақталуын ескере отырып әзірленеді.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Оқу жылына арналған оқытушының (оқу бөлімшесі командирінің) жеке жұмыс жоспары оқу жылы басталғанға дейін екі апта бұрын бекітіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кафедра бастығының (меңгерушісінің) – ӘОО оқу процесі мәселелеріне жетекшілік ететін орынбасары (факультет бастығы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) цикл бастығының – оқу бөлімінің бастығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кафедра бастығы орынбасарының, профессордың, доценттің, аға оқытушы мен оқытушының – кафедра (цикл) бастығы (меңгерушісі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспарланған жұмыстардың барлық түрлерін орындауды есепке алу сабақ кестесінде көрсетілген және оқу сабақтарын есепке алу журналдарында белгіленген нақты өткізілген сабақтар, сондай-ақ орындалған оқу-әдістемелік, ғылыми-әдістемелік қызмет пен басқа да жұмыс түрлері негізінде жүргізіледі. Оқытушылардың жеке жоспарларын орындау бойынша қорытындыны оларды бекіткен бастықтар жасайды және "Қорытынды" деген бөлімде олардың қол қоюымен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 271</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="31"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z86" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Курсанттардың (кадеттердің) бөлімшелерін құру бірінші курста оқу басталар алдында жүргізіледі. Білім алушыларды мамандық пен тиісті біліктілік бойынша бөлуді қабылдау комиссиясының жұмысы аяқталғаннан кейін жүргізіледі. Курстардың, роталардың (батареялардың), взводтардың, оқу топтары мен шағын топтардың құрамы ӘОО бастығының бұйрығымен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 271</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="32"/>
-[...895 lines deleted...]
-      ӘОО негізгі іс-шараларының келесі айға арналған күнтізбелік жоспарын ай басталғанға дейін, 5 жұмыс күннен кешіктірмей ӘОО бастығы бекітеді, факультеттер, кафедралар (циклдер), бөлімдер, қызметтер бастықтарына және оқу бөлімшелерінің командирлеріне олардың жұмысын жоспарлау үшін жеткізіледі. ӘОО негізгі іс-шараларының бір айға арналған күнтізбелік жоспарының бір данасы әскери білім мәселелеріне жетекшілік ететін құрылымдық бөлімшеге ұсынылады.</w:t>
+    <w:bookmarkStart w:name="z87" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Оқу сабақтарын есепке алу журналы білім алушылардың әрбір взводына, оқу тобына, кіші тобына жүргізіледі. Онда сабақтар кестесіне сәйкес оқытушының (бөлімшелер командирлерінің) жетекшілігімен өткізілетін барлық оқу сабақтары, білім алушылардың өзіндік жұмысы мен олардың қатысуы есепке алынады, білім алушылардың алған барлық бағалары қойылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:p>
-[...77 lines deleted...]
-      25. Оқу жылына арналған оқытушының (оқу бөлімшесі командирінің) жеке жұмыс жоспары оқу жылы басталғанға дейін екі апта бұрын бекітіледі:</w:t>
+    <w:bookmarkStart w:name="z88" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Журналдың бөлек бағанында журналдың жүргізілуін тексеретін лауазымды адамдардың белгісі мен нұсқаулары жазылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:p>
-[...149 lines deleted...]
-      26. Курсанттардың (кадеттердің) бөлімшелерін құру бірінші курста оқу басталар алдында жүргізіледі. Білім алушыларды мамандық пен тиісті біліктілік бойынша бөлуді қабылдау комиссиясының жұмысы аяқталғаннан кейін жүргізіледі. Курстардың, роталардың (батареялардың), взводтардың, оқу топтары мен шағын топтардың құрамы ӘОО бастығының бұйрығымен белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z89" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Журналға өткізілген сабақтар туралы жазбаларды сабақтарды өткізген оқытушылар (оқу бөлімшелерінің командирлері) жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:p>
-[...121 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="50"/>
+    <w:bookmarkStart w:name="z90" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сабақ уақытында журналдар взводтарда, оқу топтарында, кіші топтарда, қалған уақытта – факультеттерде (батальонда, дивизионда) болады. Оларды осы мақсат үшін арнайы тағайындалған білім алушылар сабақ алдында алады және сабақтан кейін тапсырады. Журналдар білім алушының барлық оқу мерзіміне сақталады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z91" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Оқу бөлімі (оқу-әдістемелік басқарма) оқу сабақтарының кестесін факультеттермен (кафедралармен, циклдермен, батальондармен, дивизиондармен) бірлесіп академиялық кезеңге жасайды, оны ӘОО бастығының оқу процесі мәселелеріне жетекшілік ететін орынбасары бекітеді және факультеттерге (кафедраларға, батальондарға, дивизиондарға, циклдерге) сабақ басталғанға дейін 10 күн бұрын кешіктірмей жеткізіледі. ӘОО бастығының оқу процесі мәселелеріне жетекшілік ететін орынбасарының шешімі бойынша академиялық кезең ішінде оқу сабағы кестесіне өзгеріс енгізуге жол беріледі. Білім алушыларды даярлау оқу-жаттығу, жауынгерлік машинаны жүргізу мен оқ ату, ұшу, парашютпен секіру қамтылған ӘОО-да кестені бір айға жасауға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кестеде академиялық ағым (курс), взвод, оқу тобы, кіші топ, пәндер, өткізілетін уақыты мен орны, сабақ өткізетін оқытушылардың тегі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сабақ кестесін жасау үшін бастапқы құжат оқу жұмыс жоспарлары, мамандықтардың және тиісті біліктіліктің құрылымдық-логикалық схемасы, оқу жылына және бір айға ӘОО негізгі іс-шараларының күнтізбелік жоспары, ӘОО оқу процесінің академиялық күнтізбесі және кафедра (цикл) оқытушыларын факультет, академиялық ағым (курс), взвод, оқу тобы мен кіші топ бойынша бекіту жоспары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Емтихандар кестесін оқу бөлімі (оқу-әдістемелік басқарма) факультеттермен (батальондармен, дивизиондармен, циклдермен) бірлесіп жасайды, ӘОО бастығы бекітеді және ол оқытушыларға, білім алушыларға аралық аттестаттауға дейін екі апта бұрын кешіктірмей жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z95" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік емтихан комиссиялары отырыстарының кестесін және мемлекеттік аттестаттау комиссиясы жұмысының кестесін оқу бөлімі (оқу-әдістемелік басқарма) жасайды, ӘОО бастығы бекітеді және ол оқытушылар мен білім алушыларға мемлекеттік емтихандар және мемлекеттік аттестаттау комиссиясының жұмысы басталғанға дейін екі апта бұрын кешіктірмей жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z91" w:id="51"/>
-[...15 lines deleted...]
-      28. Оқу сабақтарының кестесін оқу бөлімі (оқу-әдістемелік басқарма) факультеттермен (батальондармен, дивизиондармен, циклдермен) бірлесіп академиялық кезеңге жасайды, оқу процесі мәселелеріне жетекшілік ететін ӘОО бастығының орынбасары бекітеді және факультеттерге (батальондарға, дивизиондарға, циклдерге) сабақтар басталғанға дейін 10 күн бұрын кешіктірмей жеткізіледі. Оқу процесі мәселелеріне жетекшілік ететін ӘОО бастығы орынбасарының шешімі бойынша академиялық кезең ішіндегі оқу сабақтарының кестесіне өзгерістер енгізуге рұқсат беріледі. ӘОО-да білім алушыларды даярлау оқу-жаттығуларды, жауынгерлік машиналарды жүргізу мен оқ атуларды, ұшуларды, секірулер жасауды қамтитын бір айға арналған кестені жасауға рұқсат етіледі. </w:t>
+    <w:bookmarkStart w:name="z96" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сабақтар және емтихандар кестесі оқу корпусында арнайы бөлінген орындарға ілінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z92" w:id="52"/>
-[...15 lines deleted...]
-      Кестеде академиялық ағымдар (курстар), взводтар, оқу топтары, кіші топтар, пәндер, оларды өткізу уақыты мен орны, сабақтарды өткізетін оқытушылардың тектері көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z97" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сабақтар және емтихандар кестесінен үзінді көшірмелер факультеттерге (батальондарға, дивизиондарға, циклдерге) беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z93" w:id="53"/>
-[...15 lines deleted...]
-      Сабақтар кестесін жасау үшін бастапқы құжаттар жұмыстық оқу жоспарлары, мамандықтардың және тиісті біліктіліктердің құрылымдық-логикалық схемалары (желілік графиктері), оқу жылына және бір айға арналған ӘОО негізгі іс-шараларының күнтізбелік жоспары, ӘОО оқу процесінің академиялық күнтізбесі және кафедраның (циклдің) оқытушыларын факультеттер, академиялық ағымдар (курстар), взводтар, оқу топтары мен кіші топтар бойынша бекіту жоспары болып табылады.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. ӘОО-ға қабылданған әрбір білім алушыға транскрипт ресімделеді. Ашық баспасөзде жариялауға жатпайтын әскери пәндердің атаулары транскриптте шартты белгілермен ауыстырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z94" w:id="54"/>
-[...15 lines deleted...]
-      29. Емтихандар кестесін оқу бөлімі (оқу-әдістемелік басқарма) факультеттермен (батальондармен, дивизиондармен, циклдермен) бірлесіп жасайды, ӘОО бастығы бекітеді және ол оқытушыларға, білім алушыларға аралық аттестаттауға дейін екі апта бұрын кешіктірмей жеткізіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушыны басқа ӘОО-ға ауыстыру кезінде, сондай-ақ ӘОО-дан оқудан шығарған кезде ӘОО-ның бастығы қол қойған және мөр басылған транскрипт немесе академиялық анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушыны басқа ӘОО-ға ауыстыру кезінде немесе оқуда қайта қалпына келтірген кезде транскрипт ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Транскриптке міндетті түрде білім алушы зерделеген барлық оқу пәндері және (немесе) модульдер, сондай-ақ білім алушының аралық және қорытынды аттестациялау кезеңінде, курстық, дипломдық жұмысты (жобаны, тапсырманы), диссертацияны (жобаны), практиканы және тағылымдаманы қорғаған кездегі барлық алған бағалары жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Оқу процесін әскери техникамен қамтамасыз ету үшін ӘОО бөлімдері мен қызметтері оқу бөлімімен (оқу-әдістемелік басқармамен) бірлесіп, бір жылға арналған (айлар бойынша) лимит шегінде әскери техника мен моторесурстарға қажеттіліктің есебін жасайды. Есеп оқу бағдарламаларында көзделген оқу сабақтарын қажетті қамтамасыз етуге сүйене отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z95" w:id="55"/>
-[...15 lines deleted...]
-      Мемлекеттік емтихан комиссиялары отырыстарының кестесін және мемлекеттік аттестаттау комиссиясы жұмысының кестесін оқу бөлімі (оқу-әдістемелік басқарма) жасайды, ӘОО бастығы бекітеді және ол оқытушылар мен білім алушыларға мемлекеттік емтихандар және мемлекеттік аттестаттау комиссиясының жұмысы басталғанға дейін екі апта бұрын кешіктірмей жеткізіледі.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу сабақтарын әскери техникамен қамтамасыз етуді есеп-өтінімдер бойынша ӘОО техникалық бөлімі жүзеге асырады, олар ай сайын оқу бөлімімен (оқу-әдістемелік басқармамен) бірлесіп жасалады және сабақ қарсаңында әр күнге нақтыланады. Қару-жарақ, әскери техника және сабақтарды қамтамасыз ететін жеке құрам есеп-өтінімде белгіленген уақытта сабақ жетекшісінің қарамағына кіреді және сабақ аяқталғаннан кейін оның бағынысынан шығады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z96" w:id="56"/>
-[...15 lines deleted...]
-      Сабақтар және емтихандар кестесі оқу корпусында арнайы бөлінген орындарға ілінеді.</w:t>
+    <w:bookmarkStart w:name="z105" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сабақтарды қамтамасыз ететін жеке құрам мен әскери техника машиналардың белгіленген жерге уақтылы келуіне және бұл ретте қауіпсіздік шараларының сақталуына жауап беретін жетекшісінің командасы бойынша сабақ орнына келеді және паркке қайтады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z97" w:id="57"/>
-[...215 lines deleted...]
-    <w:bookmarkStart w:name="z106" w:id="62"/>
+    <w:bookmarkStart w:name="z106" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оқу сабақтарын байланыс құралдарымен, оқ-дәрілермен, жарылғыш заттармен, елестету құралдарымен қамтамасыз етуді оқу бөлімі  (оқу-әдістемелік басқарма) арқылы берілетін кафедралардың (циклдердің) өтінімдері бойынша ӘОО тиісті бөлімдері мен қызметтері, ал бөлімшелердегі қарумен және оқ-дәрілермен – бөлімше командирлері жүзеге асырады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z107" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Білім беру сапасын бағалау бөлімі (мониторингтеу) (оқу-әдістемелік басқарма) аралық және қорытынды аттестаттаулардың қорытындылары бойынша оқу процесіне талдау жасайды, ол есеп берулерде көрсетіледі. Есеп берулер әскери білім мәселелеріне жетекшілік ететін құрылымдық бөлімшеге ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1. Академиялық саясатты оқу бөлімі (оқу-әдістемелік басқарма) ӘОО факультеттерімен (кафедраларымен, батальондарымен, дивизиондарымен, циклдерімен) бірлесіп әзірлейді, ол:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жұмыс оқу бағдарламасы нысанын, құрылымын, әзірлеуді және бекітуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) білім алушылардың оқу жетістігін бағалаудың балдық-рейтингілік жүйесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу-әдістемелік кабинет жұмысын ұйымдастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оқу процесін жоспарлау және ұйымдастыру қағидаттарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) білім алушылардың білімін әртүрлі бақылау және бағалау нысанын жүргізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) барлық практика түрін ұйымдастыруды және білім алушылардың одан өтуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) білім алушыларды ауыстыруды, қайта қабылдауды, оқудан шығаруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қорытынды аттестаттауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ӘОО-дағы оқу-тәрбие процесін ұйымдастыруды айқындайтын өзге де бөлімдерді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 32-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Оқу бөлімінде (оқу-әдістемелік басқармада) оқу процесін жоспарлау мен есепке алу бойынша мынадай құжаттар әзірленеді және жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқу жұмыс жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) факультеттер (кафедралар, циклдер) бойынша оқу жылына ӘОО оқу жұмысы көлемінің есебі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ӘОО оқу процесінің академиялық күнтізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оқу сабағының кестесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) емтихандар кестесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жұмыс оқу бағдарламасының нысаны, құрылымы, оны әзірлеу және бекіту тәртібі туралы әдістемелік ұсынымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ӘОО-ның академиялық саясатын әзірлеуге қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33-1. Білім сапасын бағалау (мониторингтеу) бөлімінде (оқу-әдістемелік басқармада) оқу процесін жоспарлау мен есепке алу бойынша мынадай құжаттар әзірленеді және жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ӘОО-ның академиялық саясатын әзірлеуге қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мамандықтар бойынша оқу жұмыс бағдарламалары жинағы (силлабустар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу жылына кешенді тексеру жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бір айға оқу процесінің сапасын бақылау жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) пәндер бойынша ағымдағы үлгерім мен баға ведомостары, транскрипт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) семестр (оқу жылы) қорытындысы бойынша білім алушылардың жеке рейтингісі, жиынтық ведомостар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ӘОО қолбасшылығы, кафедра бастығы, батальон командирі өткізетін оқу сабағын бақылау журналы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) білім алушыларды аралық және қорытынды аттестаттау нәтижесін талдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік аттестаттау комиссиясы (бұдан әрі – МАК) жұмысы бойынша материалдар және МАК жұмысы туралы есеп беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) кешенді тексерулер нәтижесі туралы есеп беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) МАК кестесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) ӘОО бітірушілерін есепке алу және диплом беруді тіркеу журналы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) белгіленген үлгіде берілетін анықтаманы тіркеу журналы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) сапаны ішкі қамтамасыз ету саясаты мен стандарттары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 33-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z228" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33-2. Әдістемелік бөлімде (оқу-әдістемелік басқармада) оқу процесін жоспарлау және есепке алу бойынша мынадай құжаттар әзірленеді және жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z107" w:id="63"/>
-[...15 lines deleted...]
-      32. Білім беру сапасын бағалау бөлімі (мониторингтеу) (оқу-әдістемелік басқарма) аралық және қорытынды аттестаттаулардың қорытындылары бойынша оқу процесіне талдау жасайды, ол есеп берулерде көрсетіледі. Есеп берулер әскери білім мәселелеріне жетекшілік ететін құрылымдық бөлімшеге ұсынылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқу-әдістемелік кабинеттегі қызметті ұйымдастыру туралы әдістемелік ұсынымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оқу жылына ӘОО оқу-әдістемелік қызметінің жоспары және есептік материалдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу жылына ӘОО оқу-әдістемелік (педагогикалық) кеңесі отырыстарының жоспары және хаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік басқарма сонымен қатар оқу-тәрбие процесін жоспарлау және ұйымдастыру үшін өзге де қажетті құжаттарды әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 33-2-тармақпен толықтырылды - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Факультетте факультеттің оқу процесін жоспарлау және есепке алу бойынша мынадай құжаттар әзірленеді және жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) факультеттің мамандықтары және тиісті біліктіліктері бойынша жұмыс оқу жоспарлары мен жұмыс оқу бағдарламалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бір айға және оқу жылына арналған факультет жұмысының жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу жылына арналған факультеттің оқу-әдістемелік комиссиясы отырыстарының жоспары және хаттамалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) практикалар, тағылымдамалар бағдарламалары мен есеп берулер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оқу жылына арналған факультеттің ғылыми жұмысының жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оқу сабақтарын бақылау журналы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қажет болған кезде факультеттің мамандықтары және тиісті біліктіліктері бойынша даярлаудың құрылымдық-логикалық схемалары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 271</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="64"/>
-[...867 lines deleted...]
-    <w:bookmarkStart w:name="z229" w:id="68"/>
+    <w:bookmarkStart w:name="z229" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Кафедрада (циклде) оқу процесін жоспарлау және есепке алу бойынша мынадай құжаттар әзірленеді және жүргізіледі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кафедраның (циклдің) пәндері бойынша жұмыс оқу бағдарламалары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4950,1190 +5560,1306 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="69"/>
+    <w:bookmarkStart w:name="z116" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. ӘОО штабы ӘОО-ның оқу процесін жоспарлау және есепке алу жөніндегі қажетті құжаттарды әзірлейді және жүргізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z117" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. ӘОО-ны материалдық-техникалық қамтамасыз етуге жауапты бөлімше оқу-материалдық базаны дамыту мен жетілдірудің перспективалық (бюджеттік жоспарлаумен қатар үшжылдық) және жылдық (күнтізбелік жылға арналған) жоспарларын және есеп берулерді әзірлейді және жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Оқу сабақтарының негізгі түрлері: дәрістер, семинарлар, топтық жаттығулар мен сабақтар, зертханалық және практикалық сабақтар, оқытушының жетекшілігімен білім алушылардың өздік жұмысы, тактикалық-саптық сабақтар, тактикалық сабақтар, тактикалық (тактикалық-арнайы) оқу-жаттығулар, командалық-штабтық әскери ойындар, әскери (әскери-арнайы) ойындар, тағылымдамалар мен практикалар, курстық және дипломдық жұмыстарды (жобаларды, тапсырмаларды), докторлық және магистрлік диссертацияларды (жобаларды) орындау, бақылау жұмыстары, консультациялар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Дәріс кеңейтілген теориялық хабарлама, оларды ғылыми талдаумен, жинақтаумен, дәлелдеумен, қорытындылаумен және қорытындысымен белгілі бір тақырып бойынша өзара байланысты бірқатар мәселелерді мазмұндау түрінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z120" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәрістер оқу сабақтарының маңызды түрлерінің бірі болып табылады және білім алушыларды теориялық дайындаудың негізін құрайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z117" w:id="70"/>
-[...15 lines deleted...]
-      37. ӘОО-ны материалдық-техникалық қамтамасыз етуге жауапты бөлімше оқу-материалдық базаны дамыту мен жетілдірудің перспективалық (бюджеттік жоспарлаумен қатар үшжылдық) және жылдық (күнтізбелік жылға арналған) жоспарларын және есеп берулерді әзірлейді және жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәрістерді аға оқытушылар, доценттер, профессорлар, кафедра (цикл) бастықтары (меңгерушілері) және олардың орынбасарлары, ӘОО (факультет) қолбасшылығы оқиды. Дәрістерді оқуға оқытушылар қажет болған кезде ӘОО бастығының бұйрығымен жіберіледі. Дәрістерді ҚР ҚМ, ҚР ҚК Бас штабы құрылымдық бөлімшелерінің басшылары, ҚР ҚК түрлерінің бас қолбасшылары, өңірлік қолбасшылықтар әскерлері мен әскер тектерінің қолбасшылары оқиды. Жекелеген дәрістерді оқу үшін басқа оқу орындарынан ғалымдар мен профессорлар, әскерлерден, ұйымдар мен мекемелерден жетекші мамандар шақырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z122" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Семинар оқу пәнін тереңдетілген түрде зерделеу, білім алушыларға өз бетімен іздену және оқу ақпаратын талдау дағдыларын дарыту, оларда ғылыми ойлау қабілетін, шығармашылық пікірталасқа белсенді қатыса білуді, дұрыс қорытынды жасай білуді, өз пікірін негізді мазмұндай және қорғай білуді қалыптастыру және дамыту үшін оқу бағдарламасының анағұрлым күрделі мәселелері (тақырыптары, бөлімдері) бойынша сабақ түрінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z123" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушылардың семинарларға сапалы дайындалуы үшін кафедрада (циклде) семинардың тақырыбы бойынша бірінші сабақтар өткізілгенге дейін оларға берілетін тапсырмалар әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z124" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Топтық жаттығу оқу сабағының түрі ретінде білім алушылардың жауынгерлік іс-қимылдарды жоспарлаудағы, ұйымдастырудағы, әскерлерді (күштерді) басқаруды қамтамасыз етудегі практикалық тәжірибені жинақтауы мақсатында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z125" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Топтық жаттығуда білім алушылар белгілі бір лауазымды адамның функцияларын атқара отырып, сол бір рөлде іс-қимыл етеді. Топтық жаттығулар жергілікті жерде, карталарда, жергілікті жердің макетінде, ұрысты модельдеу құралдарын қолдана отырып, ұрысты басқару сыныптарында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z126" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Топтық сабақ оқу сабағының түрі ретінде қару-жарақ пен әскери техниканы (объектілерді), арнайы жабдықты немесе олардың элементтерін зерделеу, оларды қолдануды, пайдалану мен жөндеуді ұйымдастыру мақсатында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Топтық сабақтар қару-жарақ пен әскери техникада (объектілерде), жабдықталған сыныптарда өткізіледі. Топтық сабақ көрсетумен, түсіндірумен, жаттығулармен, жаттықтырулармен әңгімелесу әдістерімен өткізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 42-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 271</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="71"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z128" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Зертханалық сабақ білім алушылардың өзіндік жұмысы түрлерінің бірі ретінде оқытушының жетекшілігімен арнайы жабдықталған зертханаларда, зертханалық қондырғыларда және қару-жарақ пен жауынгерлік техниканың материалдық бөлігінің үлгілерінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z129" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зертханалық сабақтар, әдетте, қандай да бір физикалық құбылысты, құрылымды, жүйені зерттеуге арналады. Зертханалық сабақтардың білім алушылардың эксперименттік және ғылыми зерттеулер әдістерінде алған теориялық білімдерін тереңдету және бекіту, алған нәтижелерді ғылыми талдау және жинақтау дағдыларын, зертханалық жабдықпен, аппаратурамен, бақылау-өлшеу аспаптарымен және есептеу техникасымен жұмыс істеу дағдыларын дарыту мақсаты бар. Зертханалық жұмысты орындағаннан кейін білім алушылар есеп беруді ұсынады және оны қорғайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z130" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зертханалық жұмыстарды жүргізу кезінде оқу топтарын 12-15 білім алушыдан тұратын кіші топтарға, ал зиянды және қауіпті заттармен жұмыс істеу үшін – 8-10 білім алушыдан тұратын кіші топтарға бөлуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z131" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Практикалық сабақтар практикалық дағдыларды пысықтауға және міндеттерді шешуде, сызбаларды орындауда, есептерді жүргізуде, жұмыс карталарын жүргізуде, жауынгерлік және қызметтік құжаттарды әзірлеуде және ресімдеуде машықтарды иемденуге, шетел тілдерін іс жүзінде меңгеруге, жарғылармен, тәлімдемелермен және басшылықтармен айқындалған жаттығуларды, тәсілдер мен нормативтерді пысықтауға, қару-жарақ пен әскери техниканы (объектілерді) меңгеруге, оларды қолдану, пайдалану және жөндеу әдістерін меңгеруге бағытталған білім алушылардың жұмыстары түрінде өткізіледі. Олардың негізгі мазмұны әрбір білім алушының практикалық жұмысын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z132" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Практикалық сабақтарды өткізу кезінде әрбір білім алушының жұмыстардың белгіленген көлемін сапалы және толық орындауы мақсатында оқу топтары 12-15 білім алушыдан тұратын кіші топтарға бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z133" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Білім алушылардың өзіндік жұмысы оқытушының жетекшілігімен жүргізілетін білім алушылардың өзіндік жұмысы және білім алушының өзіндік жұмысы болып бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z134" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқытушының жетекшілігімен жүргізілетін білім алушылардың өзіндік жұмысы білім алушылардың жаңа білімдерін белсенді түрде алуы, алған білімдерін бекіту, кеңейту және тереңдету мақсатында, сондай-ақ оқу тапсырмаларын орындау үшін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z135" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушының өзіндік жұмысын факультет ұйымдастырады, кафедралар (циклдер) қамтамасыз етеді және бақылайды және алда болатын оқу сабақтарына және оқу материалымен өзіндік жұмысты жүргізу әдістеріне оқытып-үйретуге дайындалу мақсатында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z136" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Тактикалық-саптық сабақ бөлімшелерді үйлестірудің бірінші және қажетті кезеңі болып табылады. Оның мәнісі жеке құрамның және бөлімшелердің ұрыстың әралуан түрлерінде іс-қимылдар тәсілдерін: бастапқыда элементтер бойынша баяу қарқынмен, содан кейін жалпы нормативтермен белгіленген уақыт шегінде тактикалық және саптық тәсілдерді пысықтау болып табылады. Сол немесе өзге де тәсілді (іс-қимыл тәсілін) қанағаттанарлықсыз пысықтау кезінде оң нәтиже алғанға дейін жаттықтырулар қайта өткізіледі. Мұнда жаңа жағдайда және жаңа жергілікті жерде іс-қимыл жасау кезінде бір сарындылыққа, меңгерілген тәсілдерді біржақты қолдануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z137" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тактикалық-саптық сабақтардағы негізгі оқыту әдісі – жаттығу (жаттықтыру).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z138" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Тактикалық сабақ – бөлімшені (есептопты), взводты шоғырландырудың негізгі нысаны ретінде. Оның мәнісі барлық оқу мәселелерін толық көлемде, кешенде және ұрыстың дамуына сәйкес келетін қатаң реттілікпен, бірыңғай тактикалық жағдайда пысықтау болып табылады. Қажет болған кезде тактикалық сабақтар барысында жол берілген қателерді жою мақсатында жекелеген тәсілдер мен іс-қимылдар тактикалық-саптық сабақтардағыдай пысықталады, қысқа үзілістер (жағдайдан шығу) жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z139" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тактикалық сабақтар барысында командирлер бөлімшелерді басқаруда практикалық машықтарды иемденеді және ұрысты ұйымдастыру жөніндегі білімдерін тереңдетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z140" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тактикалық сабақтардағы негізгі оқыту әдісі – практикалық жұмыс. Тактикалық сабақты өткізу үшін бөлімшелер тиесілі қару-жарақпен және техникамен шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z141" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Тактикалық (арнайы-тактикалық) оқу-жаттығу бөлімдер мен бөлімшелерді тактикалық даярлаудың жоғарғы және анағұрлым тиімді нысаны, олардың жауынгерлік әзірлігін арттырудың, қазіргі заманғы ұрыстағы жауынгерлік іс-қимылдарға даярлаудың маңызды құралы болып табылады. Олардың негізгі мақсаты – ұрыстың әр алуан түрлерінде қарсыласқа тойтарыс беру жөніндегі міндеттерді орындау, жауынгерлік әзірлікті тексеру кезінде шебер және батыл әрекет ету үшін әскерлерді жауынгерлік шоғырландыру және олардың далалық машығын жетілдіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z142" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушылар оқу-жаттығуларда оқу-жаттығудың ниетіне сәйкес бөлімшелер, бөлімдер командирлерінің, штабтар офицерлерінің және басқа да лауазымды адамдардың міндеттерін атқарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z143" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ӘОО-да тактикалық (арнайы-тактикалық) оқу-жаттығулар ұрыстың бірнеше түрін қамтитын тақырыптар бойынша таныс емес жергілікті жерде ӘОО орналасқан жерден шалғайда өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z144" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Курсанттармен роталық (батареялық) тактикалық (арнайы-тактикалық) оқу-жаттығулардың жетекшілері болып оқу-жаттығуларды ұйымдастыратын факультеттердің, кафедралардың бастықтары, курсанттар батальондарының (дивизиондарының) командирлері тағайындалады. Жауынгерлік оқ атумен роталық (батареялық) тактикалық (арнайы-тактикалық) оқу-жаттығулардың жетекшісі болып ӘОО бастығы табылады, ал жетекшінің орынбасарлары болып ӘОО бастығының орынбасарлары, оқу-жаттығуларды ұйымдастыратын кафедралардың бастықтары тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z145" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қажет болған кезде тактикалық оқу-жаттығуларға ӘОО бастығының шешімі бойынша ӘОО-ның басқа да кафедраларының оқытушылары және бөлімдерінің, қызметтерінің офицерлері тартылады. Курсанттарды ұрыстағы командирлер мен сарбаздардың міндеттерін орындау тәсілдері мен техникасына оқытып-үйрету мақсатында, сондай-ақ бөлімшелерді жауынгерлік шоғырландыру мақсатында тактикалық-саптық сабақтар өткізіледі, олар инженерлік тұрғыдан жабдықталған жергілікті жерде бөлімшелер құрамында материалдық бөліммен де, онсыз да жаттықтыру әдісімен өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z146" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Командалық-штабтық әскери ойындар және әскери (әскери-арнайы) ойындар оқу сабақтарының түрі ретінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Командалық-штабтық әскери ойындарды ұйымдастыру, кезеңділігі және нысаны жұмыс оқу жоспарымен әскери білім беру мәселелеріне жетекшілік ететін құрылымдық бөлімшемен келісу бойынша айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Ескерту. 49-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 271</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="72"/>
-[...176 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Қорғаныс министрі, Қорғаныс министрінің бірінші орынбасары – ҚР ҚК Бас штабының бастығы бекіткен жоспарлар бойынша білім алушылар ҚР ҚК бөлімшелерінің, бөлімдері мен құрамаларының көрсету оқу-жаттығуларына, қару-жарақ пен әскери техниканы көрсетулерге, оқу-жаттығу оқ атуларына және оқыту бағдарламаларына сәйкес басқа да іс-шараларға тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z149" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. ӘОО-ларда білім алушылардың кәсіптік практикасы мен тағылымдамасы "Білім туралы" Заңның 5-1-бабының 11-тармақшасына сәйкес бекітілген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 42-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 271</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      51-тармақтың екінші бөлігін алып тастау көзделген - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жас ұлан" республикалық мектептерінде бейіндік практика жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Курстық жұмыстың (жобаның, тапсырманың) мақсаты – білім алушыларды іс жүзіндегі нақты міндеттерді шешу үшін алған білімін дербес қолдануға оқытып-үйрету, дербес жобалау, есептерді жүргізу, ғылыми зерттеулерді жүргізу және қабылданатын шешімдерді негіздеу машықтарын дарыту. Курстық жұмыс (жоба, тапсырма) пәнді оқуға арналып бөлінген сағаттарда орындалады. Семестрдегі курстық жұмыстар саны екіден артық болмауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z152" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әрбір курстық жұмыс (жоба, тапсырма) үшін кафедра тапсырма әзірлейді, онда тақырыптың атауы, тапсырманы орындау үшін қажетті негізгі бастапқы деректер, ұсынылатын әдебиет тізбесі мен әзірленуге тиіс мәселелер айқындалады. Оқытушылар қатарынан курстық жұмыс (жоба, тапсырма) жетекшісі тағайындалады. Курстық жұмыс (жоба, тапсырма) түсіндірме жазбаны және қолмен орындалған бір данадан тұратын схемалардың, сызбалардың, карталардың қажетті санын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z153" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім алушылардың курстық жұмысты (жобаны, тапсырманы) қорғауы тікелей жұмыс жетекшісінің қатысуымен кафедраның арнайы комиссиясы алдында жүргізіледі. Қорғау нәтижелері бойынша баға қойылады. Білім алушы қанағаттанарлықсыз баға алған кезде ӘОО (факультет) бастығы белгілейтін мерзімдерде жаңа тақырып бойынша жұмысты орындайды немесе бұрынғысын қайта әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z154" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Дипломдық тапсырма операцияны (жауынгерлік іс-қимылды) дайындау мен жүргізуге, командалық-штабтық және тактикалық (тактикалық-арнайы) оқу-жаттығуды, штабтық жаттықтыруды, топтық жаттығуды жүргізуге ұйымдастыру-әдістемелік құжаттарды әзірлеуді көздейді. Білім алушылар дипломдық тапсырманы жедел өнер, тактика, жауынгерлік және қамтамасыз ету түрі, әскери жұмылдыру, сондай-ақ әскерді (күшті) жауынгерлік, жедел және жұмылдыра даярлау әдістемесі тақырыбы бойынша орындайды. Картада (схемада) берілетін графикалық бөлік және түсіндірме жазба түрінде ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 53-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="80"/>
-[...535 lines deleted...]
-      "Жас ұлан" республикалық мектептерінде бейіндік практика жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z155" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Оқу сабағын өткізу үшін оқытушы оқу сабағын өткізу жоспарын әзірлейді, ол қажет болған кезде кафедраның (пәндік-циклдік комиссияның) отырысында қаралады және кафедра (цикл) бастығы (меңгерушісі) бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z151" w:id="102"/>
-[...15 lines deleted...]
-      52. Курстық жұмыстың (жобаның, тапсырманың) мақсаты – білім алушыларды іс жүзіндегі нақты міндеттерді шешу үшін алған білімін дербес қолдануға оқытып-үйрету, дербес жобалау, есептерді жүргізу, ғылыми зерттеулерді жүргізу және қабылданатын шешімдерді негіздеу машықтарын дарыту. Курстық жұмыс (жоба, тапсырма) пәнді оқуға арналып бөлінген сағаттарда орындалады. Семестрдегі курстық жұмыстар саны екіден артық болмауға тиіс.</w:t>
+    <w:bookmarkStart w:name="z156" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Әскери мамандарды даярлау сапасын арттыру, білім алушылардың барлық білім деңгейлерінің сабақтастығын қамтамасыз ету және ұтқырлығын қамтамасыз ету үшін ӘОО-ларда бірыңғай кредиттік оқыту технологиясы іске асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z152" w:id="103"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z157" w:id="108"/>
+    <w:bookmarkStart w:name="z157" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Академиялық кезеңді оның нысанына байланысты кемінде отыз алты аптаны құрайтын оқу жылының жалпы ұзақтығына сүйене отырып, ӘОО айқындайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Жоғары білім берудің мемлекеттік жалпыға міндетті стандартының талаптарын ескере отырып (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17669 болып тіркелген), оны ұйымдастырудың аралас нысанын қоса алғанда, академиялық кезеңнің нысанын дербес айқындайды.</w:t>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Академиялық кезең академиялық күнтізбемен және ЖОЖ-бен айқындалады. ӘОО МЖМБС талаптарын ескеріп, оны ұйымдастырудың аралас нысанын қоса алғанда, академиялық кезең нысанын дербес айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аралық аттестаттау кезеңінде барлық зерделенген пәндер бойынша емтихан өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6178,1536 +6904,1618 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 56-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 271</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Білім алушылар қажет болған кезде академиялық ұтқырлықты қамтамасыз ету үшін заңнамада белгіленген тәртіппен жасасылған ӘОО-лар арасындағы екіжақты шарт негізінде басқа білім беру ұйымдарында, соның ішінде шетелде де жекелеген пәндерді оқиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z163" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. ӘОО-ларда оқу сабақтарының әрбір түрі бойынша білім алушылардың оқу жетістіктерін бағалаудың балдық-рейтингілік жүйесі пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">59. Алып тасталды - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="109"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z165" w:id="111"/>
+    <w:bookmarkStart w:name="z165" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Оқытушының жетекшілігімен оқу сабақтарының және білім алушылардың өздік жұмысы арасындағы күнделікті уақытқа қатынасын ӘОО дербес айқындайды. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу сабақтарының барлық түрлеріне, практиканың және қорытынды аттестаттаудың барлық түрлеріне қатысты бір академиялық сағат кемінде 40 минутты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 60-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 30.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Оқытушыларды, сондай-ақ оқу сабақтарын өткізу кезеңінде білім алушыларды қандай да бір іс-шараларға тартуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z169" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Оқу-әдістемелік қызметті ұйымдастыру және жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z170" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. ӘОО-ның оқу-әдістемелік қызмет орталығы факультет (кафедра, цикл) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 62-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z171" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. ӘОО-дағы оқу-әдістемелік қызметтің негізгі нысандары мен түрлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z172" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу-әдістемелік (әдістемелік) жиындар;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...60 lines deleted...]
-      61. Оқытушыларды, сондай-ақ оқу сабақтарын өткізу кезеңінде білім алушыларды қандай да бір іс-шараларға тартуға жол берілмейді.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу-әдістемелік (педагогикалық) кеңестің отырыстары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z174" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу-әдістемелік комиссияның отырыстары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z169" w:id="113"/>
+    <w:bookmarkStart w:name="z175" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пәндік-циклдік комиссияның отырыстары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z176" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кафедра отырыстары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z177" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу-әдістемелік сабақтар: нұсқау беру-әдістемелік сабақтар, көрсету сабақтары, ашық сабақтар, сынама сабақтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z178" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу-әдістемелік материалдарды әзірлеу және жетілдіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z179" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу процесінде басшылық құжаттардың талаптарын, озық педагогикалық тәжірибені және әскерлерді жауынгерлік даярлау тәжірибесін зерделеу және іске асыру болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z180" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Оқу-әдістемелік (әдістемелік) жиындар ӘОО офицерлер құрамының кәсіби даярлығының құрамдас бөлігі болып табылады және оқу жылы (академиялық кезең) басталар алдында немесе басталғанда өткізіледі. Жиындарда оқу процесі және оқу-әдістемелік қызмет мәселелері бойынша, соның ішінде анағұрлым күрделі сабақтарды өткізу әдістемесіне бірыңғай ұстанымдар дайындалады, нұсқау беру-әдістемелік, көрсету және басқа да сабақтар өткізіледі, оқу процесінде басшылық құжаттардың жаңа талаптарын және әскерлер тәжірибесін іске асыру тәртібі туралы нұсқаулар беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z181" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. ӘОО-да оқу-әдістемелік қызмет мәселелері бойынша консультативтік-кеңесші органдар болып табылатын оқу-әдістемелік (педагогикалық) кеңес, факультетте оқу-әдістемелік комиссия, ал циклде пәндік-циклдік комиссия құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z182" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Оқу-әдістемелік (педагогикалық) кеңестің құрамына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z183" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу бөлімінің (оқу-әдістемелік басқарманың) бастығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z184" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      факультеттер бастықтары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z185" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кафедралар (циклдер) бастықтары (меңгерушілері);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z186" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      батальондар (дивизиондар) командирлері кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z187" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік (педагогикалық) кеңестің төрағасы ӘОО бастығының оқу процесі мәселелеріне жетекшілік ететін орынбасары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z188" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік (педагогикалық) кеңестің шешімі бойынша оның құрамына ӘОО профессорлары мен доценттері қосылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z189" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік (педагогикалық) кеңестің хатшысын оқу бөлімінің (оқу-әдістемелік басқарманың) бастығы оқу бөлімінің (оқу-әдістемелік басқарманың) құрамынан тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z190" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік (педагогикалық) кеңестің шешімі, егер отырысқа тізімдік құрамның кемінде 2/3-і қатысса, ал қабылданған шешім үшін қатысқандардың 50 %-дан артығы дауыс берсе, заңды болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z191" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік (педагогикалық) кеңестің хатшысы отырыстардың хаттамаларын жүргізеді, оларды тігеді және шешімдердің орындалуын бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z192" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік (педагогикалық) кеңес отырыстары екі айда бір реттен сиретпей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z193" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Оқу-әдістемелік комиссияның құрамына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z194" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      факультет бастығының орынбасарлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z195" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      факультет кафедраларының бастықтары (меңгерушілері);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z196" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кафедра бастықтарының орынбасарлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z197" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      факультет профессорлары мен доценттері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z198" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      факультет батальондарының (дивизиондарының) командирлері кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z199" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік комиссияның төрағасы болып факультет бастығы табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z200" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік комиссияның хатшысын факультет құрамынан факультет бастығы тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z201" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік комиссияның шешімі, егер отырысқа тізімдік құрамның кемінде 2/3-і қатысса, ал қабылданған шешім үшін қатысқандардың 50 %-дан артығы дауыс берсе, заңды болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z202" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік комиссияның хатшысы отырыстар хаттамаларын жүргізеді, оларды тігеді және шешімдердің орындалуын бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z203" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқу-әдістемелік комиссияның отырыстары бір айда бір реттен сиретпей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z204" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Пәндік-циклдік комиссияның құрамына цикл оқытушылары кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z205" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пәндік-циклдік комиссияның төрағасы болып цикл бастығы табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z206" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пәндік-циклдік комиссияның хатшысын цикл құрамынан цикл бастығы тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z207" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пәндік-циклдік комиссияның шешімі, егер отырысқа тізімдік құрамның кемінде 2/3-і қатысса, ал қабылданған шешім үшін қатысқандардың 50 %-дан артығы дауыс берсе, заңды болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z208" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пәндік-циклдік комиссияның хатшысы отырыстар хаттамаларын жүргізеді, оларды тігеді және шешімдердің орындалуын бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z209" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пәндік-циклдік комиссияның отырыстары бір айда бір реттен сиретпей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z210" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Кафедра отырыстарында кафедра қызметінің барлық мәселелері талқыланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z211" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кафедра отырыстарының хатшысын кафедра құрамынан кафедра бастығы (меңгерушісі) тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z212" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кафедра отырыстарында шешімдер қарапайым көпшілік дауыспен қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z213" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылданған шешімдермен кафедра отырыстарының хаттамаларына кафедра бастығы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z214" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хатшы отырыстардың хаттамаларын жүргізеді, оларды тігеді және шешімдердің орындалуын бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z215" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Сынама сабақтарды қоспағанда, оқу-әдістемелік сабақтар оқу жылына арналған ӘОО оқу-әдістемелік және ғылыми-әдістемелік қызметінің жоспарында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z216" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұсқау беру-әдістемелік сабақтар жұмыстық оқу бағдарламасының анағұрлым маңызды және күрделі тақырыптары бойынша, әсіресе екі және одан көп оқытушы өткізетін сабақтар бойынша немесе оларды өткізуге білім алушылар бөлімшелерінің командирлерін, сондай-ақ нұсқаушылар құрамын тарта отырып өткізіледі. Нұсқау беру-әдістемелік сабақтар сабақтарды ұйымдастыру және өткізу әдістемесін пысықтау, анағұрлым тиімді әдістемелік тәсілдерді меңгеру, оқу мәселелерін түсінудегі және пысықтау әдістемесіндегі бірлікті орнату мақсатында өткізіледі. Нұсқау беру-әдістемелік сабақтарды ӘОО бастығы және оның орынбасарлары, факультеттер бастықтары, кафедралар (циклдер) бастықтары (меңгерушілері), аға оқытушылар, батальондар (дивизиондар) және роталар командирлері өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z217" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсету сабақтарын оқу бөлімінің (оқу-әдістемелік басқарманың) әдіскерлері мен оқытушылар құрамынан үздік әдіскерлер сабақтарды үлгілі ұйымдастыру және өткізу әдістемесін, сабақтарда зертханалық жабдықты, қару-жарақ пен әскери техниканы, оқу-материалдық базаның басқа да элементтерін пайдаланудың тиімді әдістерін көрсету мақсатында өткізеді. Көрсету сабақтары оқу сабақтарының кестесіне сәйкес ұйымдастырылады және оған оқу бөлімінің (оқу-әдістемелік басқарманың) әдіскерлері, білім алушылар бөлімшелерінің оқытушылары мен командирлері тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z218" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ашық сабақтар оқу сабақтарының кестесіне сәйкес тәжірибе алмасу, білім алушылар бөлімшелерінің оқытушылары мен командирлеріне сабақтарды ұйымдастыруда және оларды өткізу әдістемесінде көмек көрсету мақсатында, сондай-ақ оқу сабақтарын бақылау мақсатында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z219" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынама сабақтар кафедра (цикл) бастығының шешімі бойынша оқытушының даярлығын айқындау және оны білім алушылармен дербес сабақ өткізуге жіберу, сондай-ақ жаңа тақырыптар мен мәселелер бойынша сабақтарды ұйымдастыру және өткізу әдістемесін қарау мақсатында өткізіледі. Сынама сабақтар білім алушыларсыз, тек оқытушылар алдында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z220" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Көрсету, ашық және сынама сабақтар оқу-әдістемелік кеңестің, оқу-әдістемелік комиссияның, пәндік-циклдік комиссияның немесе кафедраның отырыстарында талқыланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z221" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өткізілген оқу-әдістемелік сабақтарды талдау және оларды бағалау оқу сабақтарын бақылау журналына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z222" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Оқытудың озық тәжірибесін жинақтау және тарату, оқытушылардың педагогикалық шеберлігін арттыру үшін ӘОО-да және кафедраларда (циклдерде) оқу-әдістемелік кабинеттер құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z223" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Оқу-әдістемелік қызметті ұйымдастыру және жүргізу тәртібі</w:t>
-[...995 lines deleted...]
-      Ашық сабақтар оқу сабақтарының кестесіне сәйкес тәжірибе алмасу, білім алушылар бөлімшелерінің оқытушылары мен командирлеріне сабақтарды ұйымдастыруда және оларды өткізу әдістемесінде көмек көрсету мақсатында, сондай-ақ оқу сабақтарын бақылау мақсатында өткізіледі.</w:t>
+        <w:t xml:space="preserve"> 4. Ғылыми-әдістемелік қызметті ұйымдастыру және жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z219" w:id="162"/>
-[...15 lines deleted...]
-      Сынама сабақтар кафедра (цикл) бастығының шешімі бойынша оқытушының даярлығын айқындау және оны білім алушылармен дербес сабақ өткізуге жіберу, сондай-ақ жаңа тақырыптар мен мәселелер бойынша сабақтарды ұйымдастыру және өткізу әдістемесін қарау мақсатында өткізіледі. Сынама сабақтар білім алушыларсыз, тек оқытушылар алдында өткізіледі.</w:t>
+    <w:bookmarkStart w:name="z224" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. ӘОО-дағы ғылыми-әдістемелік қызмет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z220" w:id="163"/>
-[...15 lines deleted...]
-      71. Көрсету, ашық және сынама сабақтар оқу-әдістемелік кеңестің, оқу-әдістемелік комиссияның, пәндік-циклдік комиссияның немесе кафедраның отырыстарында талқыланады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ғылыми-әдістемелік конференциялар мен семинарлар өткізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқулық басылымдарын, пәндердің оқу-әдістемелік кешендерін әзірлеуді және басып шығаруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқулық басылымдарының мониторингін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу процесіне оқытудың озық инновацияларын енгізуге жетекші мамандарды тартуды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Ғылыми-әдістемелік конференциялар мен семинарлар ӘОО-да, факультеттер мен кафедраларда (циклдерде) өткізіледі. Онда әскери білім беру проблемалары бойынша ғылыми-әдістемелік зерттеулердің нәтижелері, әскери мамандарды даярлауды одан әрі жетілдіру жолдары, оқытушылардың ғылыми еңбегін ұйымдастыру, оқу процесіне инновацияларды енгізу мәселелері қаралады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z221" w:id="164"/>
-[...168 lines deleted...]
-    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘОО аралық ғылыми-әдістемелік конференциялар мен семинарлар өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7718,90 +8526,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ғылыми-әдістемелік конференциялар оларды оқу процесіне енгізу үшін ұсынымдар дайындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘОО шеңберінде ғылыми-әдістемелік конференцияларды жылына бір рет, оқу жылының соңында оқу бөлімі (оқу-әдістемелік басқарма) ұйымдастырады және өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="169"/>
+    <w:bookmarkStart w:name="z226" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       75. ӘОО-ларда оқулық басылымдары мен оқу-әдістемелік кешендер дайындау, сараптау, сынамақтан өткізу, басып шығару және мониторинг жүргізу жөніндегі жұмыстарды ұйымдастыру "Білім беру туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-1-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тармақшасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>