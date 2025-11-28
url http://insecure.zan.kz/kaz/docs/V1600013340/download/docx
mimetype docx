--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1374e9c" w14:textId="1374e9c">
+    <w:p w14:paraId="2b591b7" w14:textId="2b591b7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -151,94 +151,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Байланыс туралы" 2004 жылғы 5 шілдегі Қазақстан Республикасы Заңының 8-бабы 1-тармағының </w:t>
-[...39 lines deleted...]
-        <w:t>:</w:t>
+      "Байланыс туралы" Қазақстан Республикасы Заңының 8-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19-13) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Трафикті өткізуді қоса алғанда, телекоммуникация желілерінің қосылу және өзара іс-қимыл жасау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1577,51 +1619,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) реципиент-оператор – байланыс желісіне абоненттік нөмірді көшіруді жүзеге асыратын ұялы байланыс операторы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25) рұқсат етілмеген трафик – осы Қағидалармен белгіленген трафик өткізу талаптарын бұза отырып өткізілген және Қосылу және өзара әрекет жасау шартының талаптарымен көзделмеген трафик, соның ішінде шақырылатын абонент нөмірі ауыстырылған трафик;</w:t>
+      25) санкцияланбаған трафик (фрод) – трафикті өткізуді және өзара есеп айырысу тәртібін қоса алғанда, телекоммуникация желілерін қосу және олардың өзара іс-қимылының белгіленген қағидаларын бұза отырып өткізілетін трафик, оның ішінде шақырушы абоненттің нөмірін ауыстыра отырып өткізілетін трафик;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) тактілік желілік синхрондау жүйесі (бұдан әрі – ТСЖ) – цифрлық телекоммуникация желісінің барлық элементтерін синхрондау сигналдарымен қамтамасыз ететін техникалық құралдар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
@@ -2066,51 +2108,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 02.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 465/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6785,70 +6847,132 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z217" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       59. Қосылу нәтижесінде туындаған желілердің техникалық құралдары бойынша жергілікті, қалааралық, халықаралық телефон трафигін, деректер беру трафигін (оның ішінде ІР-телефония операторларының трафигін), ұялы байланыс желісінен/-не трафикті өткізуге қосатын және қосылатын операторлардың арасында жасалған шарттар негізінде ғана жол беріледі.</w:t>
+      59. Қосу нәтижесінде құрылған желілердің техникалық құралдары бойынша жергілікті, қалааралық, халықаралық телефон трафигін, деректерді беру трафигін (оның ішінде IP-телефония операторларының трафигін), ұялы байланыс желілерінен/желілеріне трафикті өткізу тек қосылатын және қосылып отырған операторлар арасында жасалған шарттар негізінде рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телекоммуникация операторларына, желілердің иелеріне, телекоммуникация провайдерлеріне жергілікті, қалааралық, халықаралық және ұялы байланыс желісіне рұқсат етілмеген трафикті өткізуге жол берілмейді.</w:t>
+      Байланыс операторларына, телекоммуникация желілерінің иелеріне телекоммуникациялар желісінде жергілікті, қалааралық, халықаралық және ұялы байланыс желілерінде санкцияланбаған трафикті (фродты) өткізуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 59-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 08.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z218" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Ұялы байланыстың ауыстырылған абоненттік нөмірлеріне трафикті өткізу кезінде байланыс операторлары абоненттік нөмірлердің орталықтандырылған дерекқорына енгізу кезінде абоненттік нөмірлерге берілген маршруттау нөмірлерін пайдаланады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -7031,108 +7155,108 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Байланыс пен қызмет көрсету сапасын қалпына келтіру бойынша жұмыстарды жедел басқаруды қалааралық және халықаралық байланыс операторларының біреуі іске асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z223" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      65. Абоненттің нөмірі (А нөмірі) айырбасталған трафикті қоса алғанда, рұқсат етілмеген трафик өткізілген жағдайда трафикті қабылдайтын байланыс операторы, телекоммуникация желілерінің иелері бір тәулік ішінде осы трафикті жіберген байланыс операторын хабардар етеді. Желісінен рұқсат етілмеген трафиктің өткізілгені туралы хабарламаны алған байланыс операторы үш күнтізбелік күн ішінде себебін анықтап, осындай трафикті жоюға шаралар қабылдау керек.</w:t>
+      65. Абоненттің нөмірі (А нөмірі) айырбасталған трафикті қоса алғанда, санкцияланбаған трафик (фрод) өткізілген жағдайда трафикті қабылдайтын байланыс операторы, телекоммуникация желілерінің иелері бір тәулік ішінде осы трафикті жіберген байланыс операторын хабардар етеді. Желісінен санкцияланбаған трафиктің (фродтың) өткізілгені туралы хабарламаны алған байланыс операторы үш күнтізбелік күн ішінде себебін анықтап, осындай трафикті жоюға шаралар қабылдау керек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рұқсат етілмеген трафикті өткізіп жіберуді жоймаған жағдайда, байланыс операторы, телекоммуникация желілерінің иелері және өз желісіне осындай трафикті қабылдайтын сот органдарына жүгінеді.</w:t>
+      Санкцияланбаған трафикті (фродты) өткізіп жіберуді жоймаған жағдайда, байланыс операторы, өз желісіне осындай трафикті қабылдайтын телекоммуникация желілерінің иелері сот органдарына жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 65-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 13.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 65-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 08.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 181/НҚ</w:t>
+        <w:t>№ 506/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>