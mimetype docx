--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3796092" w14:textId="3796092">
+    <w:p w14:paraId="1aed100" w14:textId="1aed100">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1374,248 +1374,362 @@
         <w:t xml:space="preserve">
       4) қандастарды қабылдаудың өңірлік квотасы-Қазақстан Республикасының Үкіметі айқындаған өңірлерге тұрақты тұру үшін келетін, Қазақстан Республикасының Әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысушыларға көзделген мемлекеттік қолдау шараларымен қамтамасыз етілетін қандастардың немесе қандастардың және олардың отбасы мүшелерінің шекті саны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қоныс аударушы-ерікті қоныс аударуды көздейтін Қазақстан Республикасының Көші-қон саласындағы заңнамасына сәйкес қоныс аударушылар мен қандастарды қабылдаудың өңірлік квоталары шеңберінде Қазақстан Республикасының Үкіметі айқындаған өңірлерге қоныс аударған ішкі көшіп-қонушы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) қоныс аударушыларды қабылдаудың өңірлік квотасы-Қазақстан Республикасының Үкіметі айқындаған өңірлерге тұрақты тұру үшін келетін, Қазақстан Республикасының Әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысушыларға көзделген мемлекеттік қолдау шараларымен қамтамасыз етілетін қоныс аударушылардың немесе қоныс аударушылардың және олардың отбасы мүшелерінің шекті саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мансап орталығы – аудандарда, облыстық және Республикалық маңызы бар қалаларда, астанада оның функцияларын орындауды жүзеге асыратын еңбек мобильділігі орталығының филиалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы орган – халықты әлеуметтік қорғау және жұмыспен қамту саласындағы бағыттарды айқындайтын облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) "электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, барлық шоғырландырылған үкіметтік ақпаратқа және мемлекеттік көрсетілетін қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосылуға техникалық шарттар беру жөніндегі көрсетілетін қызметтерге және электрондық нысанда көрсетілетін квазимемлекеттік сектор субъектілерінің көрсетілетін қызметтеріне қол жеткізудің бірыңғай терезесі болып табылатын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) этникалық қазақ – ұлты қазақ шетелдік немесе азаматтығы жоқ адам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Қандастарды қабылдаудың өңірлік квотасына енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z36" w:id="23"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қандастарды қабылдаудың өңірлік квотасына енгізу" мемлекеттік қызметін алу үшін бұрын өңірлік квотаға енгізілмеген және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2013 жылғы 22 шілдедегі № 329-Ө-М </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8624 болып тіркелген) бекітілген Қандас мәртебесін беру немесе ұзарту қағидаларының 9-тармағының 1) тармақшасында көзделген шарттарда қандас мәртебесін алған этникалық қазақтар, қандастарды қабылдаудың өңірлік квотасына енгізілгеннен кейін келген қандастардың жесірлері мен олардың ортақ балалары және (немесе) ата-анасы Қазақстан Республикасының азаматтығын алғанға дейін Қазақстан Республикасында туған балалары, сондай-ақ Қазақстан Республикасының аумағында тұратын қандас мәртебесін алған этникалық қазақтар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Migration.enbek.kz" порталы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1728,330 +1842,330 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="25"/>
+    <w:bookmarkStart w:name="z42" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мемлекеттік қызметті көрсету нәтижесі, сондай-ақ мемлекеттік қызметті көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесінде келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z43" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z43" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік корпорация тұрақты тұрғылықты жері бойынша тіркелгенін және қандаста және онымен тұрақты тұратын отбасы мүшелерінде "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден келетін елді мекенде меншік құқығында оларға тиесілі тұрғын үйдің бар-жоғын растайтын мәліметтерді алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z44" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z44" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мемлекеттік корпорация мемлекеттік қызметті көрсетуге қойылатын талаптар тізбесінің 8-тармағында көрсетілген өтініш пен өтініш берушінің құжаттары келіп түскен күні оларды көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z45" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z45" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтінішті қабылдаған мемлекеттік корпорацияның маманы қандастарды қабылдаудың өңірлік квотасына енгізу үшін өтініш берушіден қабылданатын құжаттар топтамасының толықтығын тексереді, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне сәйкес өтініш беруші ұсынған құжаттардың электрондық көшірмелерін қайта жаңғырту сапасын және олардың түпнұсқаларға сәйкестігін қамтамасыз етеді, өзінің ЭЦҚ арқылы куәландырады, одан кейін құжаттардың түпнұсқаларын өтініш берушіге қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z46" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z46" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік корпорация арқылы жүгінген кезде көрсетілетін қызметті алушы құжаттар топтамасын, сондай-ақ қолданылу мерзімі өткен құжаттарды толық ұсынбаған жағдайда, Мемлекеттік корпорацияның маманы өтінішті қабылдаудан бас тартады және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z47" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z47" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінішті қабылдаған Мемлекеттік корпорация маманы өтініш берушіге құжаттардың қабылданғаны туралы қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z48" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z48" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Веб-портал арқылы жүгінген кезде Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде көзделген құжаттардың толық топтамасы берілген жағдайда көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызмет көрсету үшін өтініштің қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z49" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z49" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Көрсетілетін қызметті алушы құжаттар топтамасын, сондай-ақ қолданылу мерзімі өткен құжаттарды толық ұсынбаған жағдайда, көрсетілетін қызметті беруші бір жұмыс күні ішінде "Қандастар қабылдаудың өңірлік квотасына енгізу" мемлекеттік көрсетілетін қызмет туралы өтінішті қабылдаудан бас тарту туралы көрсетілетін қызметті алушыны "Қандас"ААЖ ақпараттық жүйесі арқылы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z50" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z50" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. "Migration.enbek.kz" порталы арқылы берілген өтініш "Қандас" ААЖ-ға келіп түседі және өтініш түскен күні көрсетілетін қызметті беруші тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z51" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z51" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Әлеуметтік кодекстің 112-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған өңірлердің халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдары (бұдан әрі – Көрсетілетін қызметті беруші) қандастарды қабылдаудың өңірлік квотасына енгізу туралы өтініш білдірген қандастардың өтініштеріне қоса берілген өтініштер мен құжаттарды қалыптастырады және өтініштер келіп түскен күннен кейін алты жұмыс күні ішінде қандастарды қабылдау жөніндегі комиссияның қарауына қандастарды қабылдаудың өңірлік квотасына енгізу не бас тарту туралы ұсынымдар шығару үшін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2070,70 +2184,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="35"/>
+    <w:bookmarkStart w:name="z52" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қандастарды қабылдау жөніндегі комиссия қандастардың, өтініш білдіруші қандастардың өтінішін алғаннан кейін бес жұмыс күні ішінде қандастарды қабылдаудың өңірлік квотасына енгізу не енгізуден бас тарту туралы ұсыныс шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2152,131 +2266,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="36"/>
+    <w:bookmarkStart w:name="z54" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Ұсынылған құжаттар бойынша дәлелді ескертулер болған жағдайда, көрсетілетін қызметті берушінің орындаушысы Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұсынымды алған күні көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешімі, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z55" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z55" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының қарсылығын алдын ала шешім бойынша көрсетілетін қызметті беруші оны алған күннен бастап екі жұмыс күнінен кешіктірмей қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z56" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z56" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша жергілікті атқарушы орган қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешім қабылдайды немесе мемлекеттік қызмет көрсетуден дәлелді бас тартуды қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z57" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Жергілікті атқарушы орган қандастарды қабылдау жөніндегі комиссия ұсыным шығарған күннен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2291,90 +2405,195 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешім не осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қандастарды қабылдаудың өңірлік квотасына енгізу жөніндегі бас тарту туралы шешім қабылдайды және көрсетілетін қызметті алушыға өтініш беру тәсіліне байланысты мемлекеттік қызмет көрсету нәтижесін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z58" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z58" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттарды Мемлекеттік корпорация арқылы берген кезде қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешімді көрсетілетін қызметті беруші мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей өтініш берушіге одан әрі беру үшін Мемлекеттік корпорацияға жібереді.Көрсетілетін қызметті алушы портал арқылы жүгінген кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушының "жеке кабинетіне" қандастарды қабылдаудың өңірлік квотасына енгізу туралы хабарлама не қандастарды қабылдаудың өңірлік квотасына енгізу жөніндегі бас тарту туралы шешім жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z59" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z59" w:id="41"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу" мемлекеттік қызметін алу үшін "Мәңгілік ел жастары – индустрияға!" ("Серпін") және "Жарқын Болашақ" жобасының түлектерін қоспағанда, Қазақстан Республикасы Премьер-Министрінің орынбасары – Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 9 маусымдағы № 214 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2429,51 +2648,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында көрсетілген құжаттарды қоса бере отырып, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы өтініш (бұдан әрі – өтініш) береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация Мемлекеттік қызметті көрсетуге қойылатын талаптар тізбесінің 8-тармағында көрсетілген өтініш пен өтініш берушінің құжаттары келіп түскен күні оларды көрсететін қызметті берушіге "электрондық үкімет" шлюзі арқылы жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2583,71 +2801,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z62" w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. "Migration.enbek.kz" порталы немесе веб-портал арқылы өтініш берген кезде көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші бір жұмыс күні ішінде көрсетілетін қызметті алушыны "Migration.enbek.kz" порталы не веб-портал арқылы "Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу" мемлекеттік қызметін көрсету туралы өтінішті қабылдаудан бас тарту туралы хабардар етеді және көрсетілетін қызметті алушы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2796,70 +3110,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="44"/>
+    <w:bookmarkStart w:name="z66" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Көрсетілетін қызметті алушының және оның отбасы мүшелерінің тұрақты тұрғылықты жері бойынша тіркелгенін растайтын мәліметтер (бар болса) тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2986,70 +3300,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="45"/>
+    <w:bookmarkStart w:name="z69" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Көрсетілетін қызметті алушының қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуге арналған өтініші және өтінішке қоса берілген құжаттар келіп түскен күннен бастап бес жұмыс күні ішінде қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы не бас тарту туралы ұсыным шығару үшін халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның (бұдан әрі – Жұмыспен қамту жөніндегі комиссия) қарауына жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3068,70 +3382,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="46"/>
+    <w:bookmarkStart w:name="z70" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Жұмыспен қамту жөніндегі комиссия көрсетілетін қызметті алушылардың, өтініш білдіріп отырған қоныс аударушылардың өтініштері келіп түскен күннен кейін үш жұмыс күні ішінде себептерін дәлелді негіздей отырып, қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу не енгізуден бас тарту туралы ұсыным шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жұмыспен қамту жөніндегі комиссия қоныс аударушылардың өтініштері мен құжаттарын қарау кезінде олардың Әлеуметтік кодекстің 112-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3208,131 +3522,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="47"/>
+    <w:bookmarkStart w:name="z72" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Көрсетілетін қызметті алушының ұсынылған құжаттар бойынша дәлелді ескертулері болған жағдайда, көрсетілетін қызметті берушінің орындаушысы Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі - ҚР ӘРПК) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұсынымды алған күні көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешімі, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z73" w:id="48"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z73" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының қарсылығын алдын ала шешім бойынша көрсетілетін қызметті беруші оны алған күннен бастап 2 (екі) жұмыс күні ішінде қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z74" w:id="49"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z74" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша жергілікті атқарушы орган қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешім қабылдайды немесе Мемлекеттік қызмет көрсетуден дәлелді бас тартуды қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z75" w:id="50"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z75" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Жергілікті атқарушы орган жұмыспен қамту жөніндегі комиссия ұсыным шығарған күннен кейін үш жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3347,51 +3661,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешім не осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы шешім қабылдайды және көрсетілетін қызметті алушының "жеке кабинетіне" қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы хабарламаны не қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы шешімді жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттарды Мемлекеттік корпорация арқылы берген кезде қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешімді көрсетілетін қызметті беруші мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей өтініш берушіге одан әрі беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3428,268 +3742,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="51"/>
+    <w:bookmarkStart w:name="z77" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша шешімдерге, әрекеттерге (әрекетсіздікке) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z78" w:id="52"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z78" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Көрсетілетін қызметті алушы ҚР ӘРПК 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің, лауазымды адамның шешіміне, әрекетіне (әрекетсіздігіне) шағымданады. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына не Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z79" w:id="53"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z79" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Көрсетілетін қызметті берушінің атына келіп түскен өтініш берушінің шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z80" w:id="54"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z80" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен өтініш берушінің шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z81" w:id="55"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z81" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Көрсетілетін қызметті алушы ҚР ӘРПК 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету мәселелері жөніндегі жергілікті атқарушы органның, лауазымды адамның шешіміне, әрекетіне (әрекетсіздігіне) шағымданады. Мемлекеттік қызмет көрсету мәселелері бойынша жергілікті атқарушы органның шешіміне, әрекетіне (әрекетсіздігіне) шағым Қазақстан Республикасының заңнамасына сәйкес жергілікті атқарушы орган басшысының атына не мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z82" w:id="56"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z82" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Шағымды қарау мерзімі ұзартылған жағдайда шағымды қарау мерзімі ұзартылған сәттен бастап 3 (үш) жұмыс күні ішінде шағымды қарау өкілеттігі берілген лауазымды адам шағымды берген өтініш берушіге шағымды қарау мерзімі ұзартылғаны туралы жазбаша нысанда (шағымды қағаз жеткізгіште берген кезде) немесе электрондық нысанда (шағымды электрондық түрде берген кезде) хабарлайды ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылған жөнінде хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z83" w:id="57"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z83" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағымданғаннан кейін жол беріледі. Егер заңда жоғары тұрған органға шағымдану қажеттілігінсіз сотқа жүгіну мүмкіндігі көзделген жағдайда, әкімшілік орган, әкімшілік әрекеті (әрекетсіздігі) дауланатын лауазымды адам, әкімшілік акті сотқа кері қайтарып алумен қатар жоғары тұрған әкімшілік орган басшысының, лауазымды адамның уәжді ұстанымын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z84" w:id="58"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z84" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қазақстан Республикасы халқының көші-қоны саласындағы мемлекеттік саясатты қалыптастыру мәселелері жөніндегі уәкілетті орган көрсетілетін қызметті берушілерге, Мемлекеттік корпорацияға және "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторына, оның ішінде бірыңғай байланыс орталығына Мемлекеттік қызмет көрсетуге қойылатын талаптарға енгізілген өзгерістер мен толықтырулар туралы үш жұмыс күні ішінде хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3846,68 +4160,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="59"/>
+    <w:bookmarkStart w:name="z87" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қандастарды қабылдаудың өңірлік квотасына енгізу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5110,50 +5424,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        ___________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Құжаттарды қабылдаған адамның тегі,аты, әкесінің аты (бар болса), лауазымы)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7659,88 +8089,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="60"/>
+    <w:bookmarkStart w:name="z146" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z147" w:id="61"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z147" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Заңының 20-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8235,50 +8665,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының ЭЦҚ</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8435,68 +8981,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="62"/>
+    <w:bookmarkStart w:name="z175" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешім  "___" _____ 20___ жылғы № _______ _____________________________________________________________________  (Жергілікті атқарушы орган)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы орган қандастарды қабылдау жөніндегі комиссияның ұсынымына сәйкес, "Халықтың көші-қоны туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9635,50 +10181,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының ЭЦҚ</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9835,86 +10497,86 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="63"/>
+    <w:bookmarkStart w:name="z186" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қандастарды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы шешім </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z187" w:id="64"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z187" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__ ж. "__" ________ № _____________ __________________________________________________________________  (Жергілікті атқарушы орган)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10437,70 +11099,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="65"/>
+    <w:bookmarkStart w:name="z190" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11196,50 +11858,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11396,68 +12174,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="66"/>
+    <w:bookmarkStart w:name="z197" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы  ӨТІНІШ ______________________________________________________________  (Көрсетілетін қызметті берушінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мені / мені және менің отбасы мүшелерімді қоныс аударушыларды қабылдаудың өңірлік квотасына қосуды сұраймын</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13164,68 +13942,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z221" w:id="67"/>
+    <w:bookmarkStart w:name="z221" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуге өтінішті қабылдау туралы  № ________ хабарлама____ _______ ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушының өтініші____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13868,106 +14646,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z252" w:id="68"/>
+    <w:bookmarkStart w:name="z252" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z253" w:id="69"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z253" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚОЛХАТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z254" w:id="70"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z254" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Заңының 20-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14462,50 +15240,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының ЭЦҚ</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14662,68 +15556,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z282" w:id="71"/>
+    <w:bookmarkStart w:name="z282" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы  ШЕШІМ  20___ жыл "___" _____ № _______ _____________________________________________________________________  (көрсетілетін қызметті берушінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссия "Халықтың көші-қоны туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15917,50 +16811,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басшының ЭЦҚ </w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16117,68 +17127,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z293" w:id="72"/>
+    <w:bookmarkStart w:name="z293" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы  ШЕШІМ  "___" ________20___ № _____________  20___ "__" ________№ _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17960,68 +18970,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 20 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z126" w:id="73"/>
+    <w:bookmarkStart w:name="z126" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша алып тасталды – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18065,55 +19075,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>