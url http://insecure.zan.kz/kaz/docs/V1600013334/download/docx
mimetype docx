--- v1 (2025-12-30)
+++ v2 (2026-03-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1aed100" w14:textId="1aed100">
+    <w:p w14:paraId="a496c60" w14:textId="a496c60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1374,2636 +1374,2602 @@
         <w:t xml:space="preserve">
       4) қандастарды қабылдаудың өңірлік квотасы-Қазақстан Республикасының Үкіметі айқындаған өңірлерге тұрақты тұру үшін келетін, Қазақстан Республикасының Әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысушыларға көзделген мемлекеттік қолдау шараларымен қамтамасыз етілетін қандастардың немесе қандастардың және олардың отбасы мүшелерінің шекті саны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қоныс аударушы – Қазақстан Республикасының Үкіметі айқындаған өңірлерге қоныс аударған ішкі көшіп-қонушы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) қоныс аударушыларды қабылдаудың өңірлік квотасы-Қазақстан Республикасының Үкіметі айқындаған өңірлерге тұрақты тұру үшін келетін, Қазақстан Республикасының Әлеуметтік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысушыларға көзделген мемлекеттік қолдау шараларымен қамтамасыз етілетін қоныс аударушылардың немесе қоныс аударушылардың және олардың отбасы мүшелерінің шекті саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мансап орталығы – аудандарда, облыстық және Республикалық маңызы бар қалаларда, астанада оның функцияларын орындауды жүзеге асыратын еңбек мобильділігі орталығының филиалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы орган – халықты әлеуметтік қорғау және жұмыспен қамту саласындағы бағыттарды айқындайтын облыстың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) "электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, барлық шоғырландырылған үкіметтік ақпаратқа және мемлекеттік көрсетілетін қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосылуға техникалық шарттар беру жөніндегі көрсетілетін қызметтерге және электрондық нысанда көрсетілетін квазимемлекеттік сектор субъектілерінің көрсетілетін қызметтеріне қол жеткізудің бірыңғай терезесі болып табылатын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) этникалық қазақ – ұлты қазақ шетелдік немесе азаматтығы жоқ адам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Қандастарды қабылдаудың өңірлік квотасына енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. "Қандастарды қабылдаудың өңірлік квотасына енгізу" мемлекеттік қызметін алу үшін бұрын өңірлік квотаға енгізілмеген және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2013 жылғы 22 шілдедегі № 329-Ө-М </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8624 болып тіркелген) бекітілген Қандас мәртебесін беру немесе ұзарту қағидаларының 9-тармағының 1) тармақшасында көзделген шарттарда қандас мәртебесін алған этникалық қазақтар, қандастарды қабылдаудың өңірлік квотасына енгізілгеннен кейін келген қандастардың жесірлері мен олардың ортақ балалары және (немесе) ата-анасы Қазақстан Республикасының азаматтығын алғанға дейін Қазақстан Республикасында туған балалары, сондай-ақ Қазақстан Республикасының аумағында тұратын қандас мәртебесін алған этникалық қазақтар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Migration.enbek.kz" порталы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) "электрондық үкіметтің" веб-порталы (бұдан әрі – веб-портал) арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында көрсетілген құжаттармен қоса, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...295 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мемлекеттік қызметті көрсету нәтижесі, сондай-ақ мемлекеттік қызметті көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесінде келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z43" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мемлекеттік корпорация тұрақты тұрғылықты жері бойынша тіркелгенін және қандаста және онымен тұрақты тұратын отбасы мүшелерінде "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден келетін елді мекенде меншік құқығында оларға тиесілі тұрғын үйдің бар-жоғын растайтын мәліметтерді алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z44" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік корпорация мемлекеттік қызметті көрсетуге қойылатын талаптар тізбесінің 8-тармағында көрсетілген өтініш пен өтініш берушінің құжаттары келіп түскен күні оларды көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z45" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтінішті қабылдаған мемлекеттік корпорацияның маманы қандастарды қабылдаудың өңірлік квотасына енгізу үшін өтініш берушіден қабылданатын құжаттар топтамасының толықтығын тексереді, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне сәйкес өтініш беруші ұсынған құжаттардың электрондық көшірмелерін қайта жаңғырту сапасын және олардың түпнұсқаларға сәйкестігін қамтамасыз етеді, өзінің ЭЦҚ арқылы куәландырады, одан кейін құжаттардың түпнұсқаларын өтініш берушіге қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z46" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік корпорация арқылы жүгінген кезде көрсетілетін қызметті алушы құжаттар топтамасын, сондай-ақ қолданылу мерзімі өткен құжаттарды толық ұсынбаған жағдайда, Мемлекеттік корпорацияның маманы өтінішті қабылдаудан бас тартады және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z47" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішті қабылдаған Мемлекеттік корпорация маманы өтініш берушіге құжаттардың қабылданғаны туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z48" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Веб-портал арқылы жүгінген кезде Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде көзделген құжаттардың толық топтамасы берілген жағдайда көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызмет көрсету үшін өтініштің қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z49" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Көрсетілетін қызметті алушы құжаттар топтамасын, сондай-ақ қолданылу мерзімі өткен құжаттарды толық ұсынбаған жағдайда, көрсетілетін қызметті беруші бір жұмыс күні ішінде "Қандастар қабылдаудың өңірлік квотасына енгізу" мемлекеттік көрсетілетін қызмет туралы өтінішті қабылдаудан бас тарту туралы көрсетілетін қызметті алушыны "Қандас"ААЖ ақпараттық жүйесі арқылы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z50" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. "Migration.enbek.kz" порталы арқылы берілген өтініш "Қандас" ААЖ-ға келіп түседі және өтініш түскен күні көрсетілетін қызметті беруші тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z51" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Әлеуметтік кодекстің 112-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған өңірлердің халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдары (бұдан әрі – Көрсетілетін қызметті беруші) қандастарды қабылдаудың өңірлік квотасына енгізу туралы өтініш білдірген қандастардың өтініштеріне қоса берілген өтініштер мен құжаттарды қалыптастырады және өтініштер келіп түскен күннен кейін алты жұмыс күні ішінде қандастарды қабылдау жөніндегі комиссияның қарауына қандастарды қабылдаудың өңірлік квотасына енгізу не бас тарту туралы ұсынымдар шығару үшін жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...285 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қандастарды қабылдау жөніндегі комиссия қандастардың, өтініш білдіруші қандастардың өтінішін алғаннан кейін бес жұмыс күні ішінде қандастарды қабылдаудың өңірлік квотасына енгізу не енгізуден бас тарту туралы ұсыныс шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Ұсынылған құжаттар бойынша дәлелді ескертулер болған жағдайда, көрсетілетін қызметті берушінің орындаушысы Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұсынымды алған күні көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешімі, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z55" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының қарсылығын алдын ала шешім бойынша көрсетілетін қызметті беруші оны алған күннен бастап екі жұмыс күнінен кешіктірмей қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z56" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша жергілікті атқарушы орган қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешім қабылдайды немесе мемлекеттік қызмет көрсетуден дәлелді бас тартуды қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Жергілікті атқарушы орган қандастарды қабылдау жөніндегі комиссия ұсыным шығарған күннен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешім не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қандастарды қабылдаудың өңірлік квотасына енгізу жөніндегі бас тарту туралы шешім қабылдайды және көрсетілетін қызметті алушыға өтініш беру тәсіліне байланысты мемлекеттік қызмет көрсету нәтижесін жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z58" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды Мемлекеттік корпорация арқылы берген кезде қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешімді көрсетілетін қызметті беруші мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей өтініш берушіге одан әрі беру үшін Мемлекеттік корпорацияға жібереді.Көрсетілетін қызметті алушы портал арқылы жүгінген кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушының "жеке кабинетіне" қандастарды қабылдаудың өңірлік квотасына енгізу туралы хабарлама не қандастарды қабылдаудың өңірлік квотасына енгізу жөніндегі бас тарту туралы шешім жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z59" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу үшін Қазақстан Республикасы Премьер-Министрінің орынбасары – Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 9 маусымдағы №214 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №32850 болып тіркелген) бекітілген Жұмыс іздеп жүрген адамдарды, жұмыссыздарды тіркеу және мансап орталықтары көрсететін еңбек делдалдығын жүзеге асыру қағидаларында көзделген тәртіппен тіркелген жұмыс іздеп жүрген адамдар және (немесе) жұмыссыздар қатарындағы, өтініш берген кезде Қазақстан Республикасы Премьер-Министрінің орынбасары – Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 22 маусымдағы №234 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №32880 болып тіркелген) бекітілген Жұмыс күшінің ұтқырлығын арттыру үшін адамдарды ерікті түрде қоныс аудару қағидаларының (бұдан әрі - Қағидалар) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген өңірдегі тұрғылықты жері бойынша кемінде бір жыл тұрақты тіркеуі бар, сондай-ақ қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасында көзделген мерзімде Қазақстан Республикасының азаматтары (бұдан әрі – көрсетілетін қызметті алушы) "Азаматтарға арналған үкімет" мемлекеттік корпорациясына (бұдан әрі – Мемлекеттік корпорация) не ақпараттандыру нысаны: "Migration.enbek.kz" порталы (бұдан әрі – Migration.enbek.kz порталы) немесе "электрондық үкімет" веб-порталы (бұдан әрі – веб-портал) арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында көрсетілген құжаттарды қоса бере отырып, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-қосымшаға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес нысан бойынша қоныс аударушыларды қабылдаудың өңірлік квотасына өтініш (бұдан әрі – өтініш) береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация Мемлекеттік қызметті көрсетуге қойылатын талаптар тізбесінің 8-тармағында көрсетілген өтініш пен өтініш берушінің құжаттары келіп түскен күні оларды көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтінішті қабылдаған Мемлекеттік корпорацияның маманы өтініш беруші осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне сәйкес ұсынған құжаттардың электрондық көшірмелерінің сапасын және олардың түпнұсқаларға сәйкестігін қамтамасыз етеді, өзінің ЭЦҚ-сы арқылы куәландырады, одан кейін құжаттардың түпнұсқаларын өтініш берушіге қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік корпорация арқылы жүгінген кезде, қызмет алушы толық құжаттар жиынтығын ұсынбаған жағдайда, сондай-ақ мерзімі өткен құжаттар ұсынса, Мемлекеттік корпорацияның маманы өтінішті қабылдаудан бас тартады және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы түбіртек береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтінішті қабылдаған Мемлекеттік корпорацияның маманы өтініш берушіге осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы өтінішті қабылдағаны туралы хабарлама табыс етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Веб-портал арқылы берген өтінішке қол қойылады немесе өтініш берушінің ЭЦҚ-мен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...183 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Migration.enbek.kz" порталы немесе веб-портал арқылы өтініш берген кезде көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z295" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мансап орталықтарына өтініштер "Еңбек нарығы" ААЖ арқылы келіп түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z296" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өңірлердің мансаптық орталықтары өтініш келіп түскен күннен бастап бір жұмыс күні ішінде үміткерлердің өтініштерін көрсетілетін қызметті берушіге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z297" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінде көзделген құжаттардың толық пакетін ұсынған кезде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуге өтініштің қабылданғаны туралы хабарламаны алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z298" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші екі жұмыс күні ішінде "Migration.enbek.kz" порталы не веб-порталы арқылы қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу үшін өтінішті қабылдаудан бас тарту туралы көрсетілетін қызметті алушыны хабардар етеді және көрсетілетін қызметті алушы ұсынған жағдайларда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z299" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында көрсетілген құжаттардың толық емес топтамасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z300" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) қолданылу мерзімі өткен құжаттарды және (немесе) қолданылу мерзімі қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешім қабылданған күні аяқталатын құжаттарды ұсынған жағдайда осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z301" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мigration.enbek.kz" порталы арқылы берілген өтінішті көрсетілетін қызметті беруші жүгінген күні тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      14-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 359</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...217 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Көрсетілетін қызметті алушының және оның отбасы мүшелерінің тұрақты тұрғылықты жері бойынша тіркелгенін растайтын мәліметтер (бар болса) тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      15-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 359</w:t>
+        <w:t xml:space="preserve">17. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...153 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Көрсетілетін қызметті алушының қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуге арналған өтініші және өтінішке қоса берілген құжаттар келіп түскен күннен бастап бес жұмыс күні ішінде қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы не бас тарту туралы ұсыным шығару үшін халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның (бұдан әрі – Жұмыспен қамту жөніндегі комиссия) қарауына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Жұмыспен қамту жөніндегі комиссия көрсетілетін қызметті алушылардың, өтініш білдіріп отырған қоныс аударушылардың өтініштері келіп түскен күннен кейін үш жұмыс күні ішінде себептерін дәлелді негіздей отырып, қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу не енгізуден бас тарту туралы ұсыным шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жұмыспен қамту жөніндегі комиссия қоныс аударушылардың өтініштері мен құжаттарын қарау кезінде олардың Әлеуметтік кодекстің 112-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармақтарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген талаптарға сәйкестігін тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">17. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...41 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Көрсетілетін қызметті алушының ұсынылған құжаттар бойынша дәлелді ескертулері болған жағдайда, көрсетілетін қызметті берушінің орындаушысы Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі - ҚР ӘРПК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұсынымды алған күні көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешімі, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының қарсылығын алдын ала шешім бойынша көрсетілетін қызметті беруші оны алған күннен бастап 2 (екі) жұмыс күні ішінде қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша жергілікті атқарушы орган қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешім қабылдайды немесе Мемлекеттік қызмет көрсетуден дәлелді бас тартуды қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Жергілікті атқарушы орган жұмыспен қамту жөніндегі комиссия ұсыным шығарған күннен кейін үш жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешім не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы шешім қабылдайды және көрсетілетін қызметті алушының "жеке кабинетіне" қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы хабарламаны не қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы шешімді жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды Мемлекеттік корпорация арқылы берген кезде қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешімді көрсетілетін қызметті беруші мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей өтініш берушіге одан әрі беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...121 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...281 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша шешімдерге, әрекеттерге (әрекетсіздікке) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z78" w:id="49"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Көрсетілетін қызметті алушы ҚР ӘРПК 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің, лауазымды адамның шешіміне, әрекетіне (әрекетсіздігіне) шағымданады. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына не Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z79" w:id="50"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Көрсетілетін қызметті берушінің атына келіп түскен өтініш берушінің шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z80" w:id="51"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен өтініш берушінің шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z81" w:id="52"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Көрсетілетін қызметті алушы ҚР ӘРПК 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету мәселелері жөніндегі жергілікті атқарушы органның, лауазымды адамның шешіміне, әрекетіне (әрекетсіздігіне) шағымданады. Мемлекеттік қызмет көрсету мәселелері бойынша жергілікті атқарушы органның шешіміне, әрекетіне (әрекетсіздігіне) шағым Қазақстан Республикасының заңнамасына сәйкес жергілікті атқарушы орган басшысының атына не мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z82" w:id="53"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Шағымды қарау мерзімі ұзартылған жағдайда шағымды қарау мерзімі ұзартылған сәттен бастап 3 (үш) жұмыс күні ішінде шағымды қарау өкілеттігі берілген лауазымды адам шағымды берген өтініш берушіге шағымды қарау мерзімі ұзартылғаны туралы жазбаша нысанда (шағымды қағаз жеткізгіште берген кезде) немесе электрондық нысанда (шағымды электрондық түрде берген кезде) хабарлайды ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылған жөнінде хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z83" w:id="54"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағымданғаннан кейін жол беріледі. Егер заңда жоғары тұрған органға шағымдану қажеттілігінсіз сотқа жүгіну мүмкіндігі көзделген жағдайда, әкімшілік орган, әкімшілік әрекеті (әрекетсіздігі) дауланатын лауазымды адам, әкімшілік акті сотқа кері қайтарып алумен қатар жоғары тұрған әкімшілік орган басшысының, лауазымды адамның уәжді ұстанымын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z84" w:id="55"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қазақстан Республикасы халқының көші-қоны саласындағы мемлекеттік саясатты қалыптастыру мәселелері жөніндегі уәкілетті орган көрсетілетін қызметті берушілерге, Мемлекеттік корпорацияға және "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторына, оның ішінде бірыңғай байланыс орталығына Мемлекеттік қызмет көрсетуге қойылатын талаптарға енгізілген өзгерістер мен толықтырулар туралы үш жұмыс күні ішінде хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4160,68 +4126,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="56"/>
+    <w:bookmarkStart w:name="z87" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қандастарды қабылдаудың өңірлік квотасына енгізу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5424,166 +5390,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        ___________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Құжаттарды қабылдаған адамның тегі,аты, әкесінің аты (бар болса), лауазымы)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5755,71 +5605,91 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 513</w:t>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5853,51 +5723,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу қағидалары" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетің қызметтің кіші түрінің атауы:</w:t>
+Мемлекеттік көрсетілетін қызметтің кіші түрінің атауы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Қандастарды қабылдаудың өңірлік квотасына енгізу</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6862,161 +6732,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) Мемлекеттік корпорацияда – Өтініштерді қабылдау және мемлекеттік қызметтердің дайын нәтижелерін беру мемлекеттік корпорация арқылы дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 18.00-ге дейін үзіліссіз жүзеге асырылады, мемлекеттік корпорацияның халыққа қызмет көрсету кезекші бөлімдерінде дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін, Қазақстан Республикасының Еңбек </w:t>
-[...9 lines deleted...]
-              <w:t>кодексіне</w:t>
+1) Мемлекеттік корпорацияда – Өтініштерді қабылдау және мемлекеттік қызметтердің дайын нәтижелерін беру мемлекеттік корпорация арқылы дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 18.00-ге дейін үзіліссіз жүзеге асырылады, мемлекеттік корпорацияның халыққа қызмет көрсету кезекші бөлімдерінде дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін, Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес мереке және демалыс күндерінен басқа.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Қазақстан Республикасының шет елдердегі мекемелерінде өтінішті қабылдау демалыс және мереке күндерінен басқа дүйсенбі, сейсенбі, бейсенбі және жұма күндері сағат</w:t>
-[...71 lines deleted...]
-3) веб-порталда – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы</w:t>
+2) веб-порталда – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7049,87 +6847,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтің көрсету үшін қажетті құжаттардың тізбесі</w:t>
+Мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қандастарды қабылдаудың өңірлік квотасына енгізу үшін:</w:t>
+Қандастарды қабылдаудың өңірлік квотасына енгізу үшін мынадай құжаттар қажет:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) өтініш берушінің және оның отбасы мүшелерінің (бар болса) жеке басын куәландыратын құжат (сәйкестендіру үшін) оның ішінде Цифрлық құжаттар сервисінен;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7139,87 +6937,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) неке немесе некені бұзу туралы куәліктің көшірмесі (бар болса);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) туу туралы куәлі (бар болса).</w:t>
+3) туу туралы куәлігі (бар болса).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті берушілер цифрлық құжаттарды іске асырылған интеграция арқылы цифрлық құжаттар сервисінен веб-порталда тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы бір реттік парольді беру арқылы немесе веб-порталдың хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы ұсынылған құжат иесінің келісімі болған жағдайда алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу үшін:</w:t>
+Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу үшін мынадай құжаттар қажет:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) қоныс аударушының және оның отбасы мүшелерінің жеке басын куәландыратын құжаттардың көшірмелері (бар болса), оның ішінде Цифрлық құжаттар сервисінен;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7303,87 +7101,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> көзделген Жұмыс іздеп жүрген адамдарды және (немесе) жұмыссыздарды тіркеу туралы құжат (Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 20 маусымда № 32850 болып тіркелді).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) отбасы мүшелерінің туу туралы куәлігі (болған кезде);</w:t>
+6) отбасы мүшелерінің туу туралы куәлігі (болған кезде).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті беруші цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы бір реттік парольді беру арқылы немесе "Электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен алады.</w:t>
-            </w:r>
-[...16 lines deleted...]
-7) "Мәңгілік ел жастары-индустрияға!" ("Серпін") және "Жарқын Болашақ" аталған жобаға қатысқандарын растайтын оқу орны бар анықтаманы ұсынады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7416,125 +7196,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңында белгіленген мемлекеттік қызметтің көрсетуден бас тарту үшін негіздер</w:t>
+Қазақстан Республикасының заңында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Қандастарды қабылдаудың өңірлік квотасына енгізуден бас тартудың негізі "Көші-қон туралы" Заңның </w:t>
+Қандастарды қабылдаудың өңірлік квотасына енгізуден бас тартудың негізі "Халықтың көші-қоны туралы" Заңының (бұдан әрі - Заңы) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20-бабында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> көзделген мынадай шарттар болып табылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) үміткерлердің "Көші-қон туралы" Заңның 1-бабының </w:t>
+1) үміткерлердің "Көші-қон туралы" Заңының 1-бабының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13) тармақшасында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> белгіленген шарттарға сәйкес келмеуі, атап айтқанда қандас – бұрын Қазақстан Республикасының азаматтығында болмаған, халықтың көші-қоны мәселелері жөніндегі уәкілетті орган белгілеген тәртіппен тиісті мәртебе алған этникалық қазақ және (немесе) оның ұлты қазақ отбасы мүшелері;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -7602,51 +7382,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес қолжетімділігі шектеулі дербес деректерге қол жеткізуге берілетін келісімінің болмауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) қандастарды аумақтық-әкімшілік бірлікте қабылдаудың өңірлік квотасының болмауы немесе этникалық қазақтың қоныстандыру үшін ұсынылған аумақтық-әкімшілік бірліктен бас тартуы.</w:t>
+5) қандастарды аумақтық-әкімшілік бірлікте қабылдаудың өңірлік квотасының болмауы немесе этникалық қазақты қоныстандыру үшін ұсынылған аумақтық-әкімшілік бірліктен бас тартуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу бойынша бас тарту үшін негіздер:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7694,91 +7474,127 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес шектеулі қолжетімділіктің дербес деректеріне қол жеткізуге ұсынылатын қоныс аударушының келісімінің болмауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) Қазақстан Республикасы Әлеуметтік кодексі 112-бабының </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген шарттарға үміткердің сәйкес келмеуі.</w:t>
+3) Қазақстан Республикасы Әлеуметтік кодексі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>112-бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 және 2-тармақтарымен бекітілген шарттарға үміткердің сәйкес келмеуі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) қоныс аударуды аумақтық-әкімшілік бірлікте қабылдаудың өңірлік квотасының болмауы немесе қоныс аударашуның қоныстандыру үшін ұсынылған аумақтық-әкімшілік бірліктен бас тартуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) Қазақстан Республикасы Премьер-Министрінің орынбасары – Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 22 маусымдағы № 234 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32880 болып тіркелген) Жұмыс күшінің ұтқырлығын арттыру үшін адамдарды ерікті түрде қоныс аудару қағидаларының 12-тармағында белгіленген санаттарға үміткерлердің сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7811,51 +7627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтің көрсету ерекшеліктерін ескере отырып, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсетілетін өзге де талаптар</w:t>
+Мемлекеттік қызметті көрсету ерекшеліктерін ескере отырып, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсетілетін өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8089,88 +7905,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="57"/>
+    <w:bookmarkStart w:name="z146" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z147" w:id="58"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z147" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Заңының 20-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8665,166 +8481,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының ЭЦҚ</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8981,84 +8681,178 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="59"/>
+    <w:bookmarkStart w:name="z175" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешім  "___" _____ 20___ жылғы № _______ _____________________________________________________________________  (Жергілікті атқарушы орган)</w:t>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Қандастарды қабылдаудың өңірлік квотасына енгізу туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ШЕШІМ "___"_____ 20___ жылғы № _______</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(Жергілікті атқарушы орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы орган қандастарды қабылдау жөніндегі комиссияның ұсынымына сәйкес, "Халықтың көші-қоны туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасының </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       Халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы орган қандастарды қабылдау жөніндегі комиссияның ұсынымына сәйкес, "Халықтың көші-қоны туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қандастарды қабылдаудың өңірлік квотасына енгізу жөнінде оң шешім қабылдады:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -9364,51 +9158,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Отбасы мүшелері (бар болса):</w:t>
+      Отбасы мүшелері (бар болса):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -9425,213 +9219,293 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖСН</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(бар болса)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туған күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Туған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жынысы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жынысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туыстық қатынас</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Туыстық қатынас</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10181,166 +10055,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының ЭЦҚ</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10497,86 +10255,162 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="60"/>
+    <w:bookmarkStart w:name="z186" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қандастарды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы шешім </w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Қандастарды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20__ ж. "__" ________ № _____________ __________________________________________________________________  (Жергілікті атқарушы орган)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
+        <w:t>ШЕШІМ 20__ ж. "__" ________ № _____________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(Жергілікті атқарушы орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11099,70 +10933,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы туралы мәліметтер:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
+       Көрсетілетін қызметті алушы туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -11781,241 +11613,193 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ___________________________________________ халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы орган қандастарды қабылдау жөніндегі комиссияның ұсынымы негізінде "Халықтың көші-қоны туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасының </w:t>
+       ___________________________________________ халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы орган қандастарды қабылдау жөніндегі комиссияның ұсынымы негізінде "Халықтың көші-қоны туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өңірлік квотаға енгізуден бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қандастарды қабылдаудың өңірлік квотасына енгізу бойынша бас тарту үшін мыналар негіз болып табылады: ____________________________________________________________</w:t>
-[...35 lines deleted...]
-      ____________________________________________________________________.</w:t>
+      Қандастарды қабылдаудың өңірлік квотасына енгізу бойынша бас тарту үшін мыналар негіз болып табылады: _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...17 lines deleted...]
-      </w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="1765300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="1765300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      Басшының ЭЦҚ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12174,84 +11958,166 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="63"/>
+    <w:bookmarkStart w:name="z197" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы  ӨТІНІШ ______________________________________________________________  (Көрсетілетін қызметті берушінің атауы)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="63"/>
+        <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӨТІНІШ ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Көрсетілетін қызметті берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 6-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мені / мені және менің отбасы мүшелерімді қоныс аударушыларды қабылдаудың өңірлік квотасына қосуды сұраймын</w:t>
+       Мені / мені және менің отбасы мүшелерімді қоныс аударушыларды қабылдаудың өңірлік квотасына қосуды сұраймын</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12265,51 +12131,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- ЖСН</w:t>
+ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12338,51 +12204,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ТАӘ (бар болса)</w:t>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12648,51 +12514,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыспен қамту санаты:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) ) жалдамалы жұмыскер, сондай-ақ өзге де ақылы жұмысы бар (сайланған, тағайындалған немесе бекітілген)адам;</w:t>
+1) жалдамалы жұмыскер, сондай-ақ өзге де ақылы жұмысы бар (сайланған, тағайындалған немесе бекітілген)адам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Жеке кәсіпкер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12738,51 +12604,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) шаруашылық серіктестіктердің құрылтайшылары (қатысушылары) және акционерлік қоғамдардың құрылтайшылары, акционерлері (қатысушылары), сондай-ақ өндірістік кооперативтердің мүшелері болып табылатын жеке тұлға;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) ) тәуелсіз жұмыскер;</w:t>
+6) тәуелсіз жұмыскер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлер мен әскери құралымдарда, Қазақстан Республикасының Құқық қорғау және арнаулы мемлекеттік органдарында қызмет өткеретін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13124,51 +12990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғылықты мекен-жайы</w:t>
+Тұрғылықты мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13684,88 +13550,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу" мемлекеттік қызметінің көрсету үшін қажетті менің дербес деректерімді жинауға және өңдеуге өз келісімімді беремін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      20 ___ "___" ___________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (өтініш берушінің қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      20 ___ "___" ___________                   _________________ </w:t>
-[...35 lines deleted...]
-      __________________________________________________________________ </w:t>
+       __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Құжаттарды қабылдаған адамның тегі, аты, әкесінің аты (бар болса) лауазымы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -13942,68 +13808,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z221" w:id="64"/>
+    <w:bookmarkStart w:name="z221" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуге өтінішті қабылдау туралы  № ________ хабарлама____ _______ ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушының өтініші____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14646,106 +14512,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z252" w:id="65"/>
+    <w:bookmarkStart w:name="z252" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z253" w:id="66"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z253" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚОЛХАТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z254" w:id="67"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z254" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Заңының 20-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15153,1621 +15019,50 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "___" _________ 20___ жыл </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1569 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4838700" cy="1130300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
@@ -16807,168 +15102,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>
-</w:t>
-[...97 lines deleted...]
-</w:t>
+      Басшының ЭЦҚ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17056,51 +15235,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>енгізу қағидалары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>10-қосымша</w:t>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -17127,1609 +15306,1312 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z293" w:id="69"/>
+    <w:bookmarkStart w:name="z282" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы  ШЕШІМ  "___" ________20___ № _____________  20___ "__" ________№ _____________</w:t>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ШЕШІМ 20___ жыл "___" _____ № _______ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (көрсетілетін қызметті берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      _____________________________________________________________________ </w:t>
+      Ескерту. 9-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (көрсетілетін қызметті берушінің атауы) </w:t>
-[...17 lines deleted...]
-      "Халықтың көші-қоны туралы" Қазақстан Республикасының </w:t>
+      Халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссия "Халықтың көші-қоны туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес</w:t>
+        <w:t xml:space="preserve"> сәйкес оң шешім қабылдады:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Туған күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Жынысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Тұрғылықты мекен-жайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушылар туралы мәліметтер:</w:t>
+      Отбасы мүшелері (бар болса):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ТАӘ</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жынысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туыстық дәрежесі</w:t>
+Туыстық қатынас</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4838700" cy="1130300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
@@ -18769,88 +16651,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      _________ (Қолы) / ___</w:t>
+        <w:t xml:space="preserve">
+      Басшының ЭЦҚ </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18886,152 +16732,2110 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Қандастар мен қоныс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Денсаулық сақтау және</w:t>
+              <w:t>аударушыларды қабылдаудың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әлеуметтік даму министрі</w:t>
+              <w:t xml:space="preserve">өңірлік квотасына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>міндетін атқарушының</w:t>
+              <w:t>енгізу қағидалары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2016 жылғы 15 қаңтардағы</w:t>
-[...25 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z126" w:id="70"/>
+    <w:bookmarkStart w:name="z293" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізуден бас тарту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ШЕШІМ "___" ________20___ № _____________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (көрсетілетін қызметті берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 10-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       "Халықтың көші-қоны туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәртебесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түрі қолдану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орындалу күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушылар туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туған күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жынысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туыстық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу бойынша бас тарту үшін негіз болып табылады:____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4838700" cy="1130300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4838700" cy="1130300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшының ЭЦҚ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________ (Қолы) / ___</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік даму министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін атқарушының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2016 жылғы 15 қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 20 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z126" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша алып тасталды – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19075,55 +18879,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -19445,35 +19249,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>