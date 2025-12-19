--- v0 (2025-10-17)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8cb0717" w14:textId="8cb0717">
+    <w:p w14:paraId="1ac72bf" w14:textId="1ac72bf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1067,272 +1067,272 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z240" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Оқуға қабылдау әскери білім беру мәселелеріне жетекшілік ететін ҚР ҚМ құрылымдық бөлімшесі (бұдан әрі – құрылымдық бөлімше) жасайтын, ҚР ҚМ бекіткен Қабылдау жоспарына сәйкес жоғары білімнің білім беру бағдарламаларын іске асыратын ҚР ҚМ ведомстволық бағынысты әскери оқу орындарына (бұдан әрі – әскери институт) даярлаудың ұқсас бағыттары бойынша қысқартылған оқу мерзімі бар білім беру бағдарламалары бойынша оқуға қабылдауды қоспағанда, 1 наурызға дейін жүзеге асырылады.</w:t>
+      2. Қабылдау жоғары білімнің білім беру бағдарламаларын іске асыратын (бұдан әрі – әскери институттар) ҚР ҚМ ведомстволық бағынысты әскери оқу орындарына даярлаудың ұқсас бағыттары бойынша қысқартылған оқу мерзімімен білім беру бағдарламалары бойынша қабылдауды қоспағанда, 1 наурызға дейін ҚР ҚМ-ның әскери білім беру мәселелеріне жетекшілік ететін құрылымдық бөлімшесі (бұдан әрі – құрылымдық бөлімше) жасайтын ҚР ҚМ бекіткен қабылдау жоспарына сәйкес жүзеге асырылады, онда қабылдау квотасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z410" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1. Әскери институттарға даярлаудың ұқсас бағыттары бойынша оқудың қысқартылған мерзімі бар білім беру бағдарламалары бойынша қабылдау әскери институттарда өткен жылы қабылданған білім алушылармен жасақталмауын ескере отырып, құрылымдық бөлімше жасайтын, ҚР ҚМ бекіткен Қабылдау жоспарына сәйкес қабылдау жылының 1 маусымына дейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-1-тармақпен толықтырылды – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z410" w:id="12"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z241" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қабылдау жылының 15 сәуіріне дейін ҚР ҚМ, Қазақстан Республикасы Қарулы Күштері Бас штабының (бұдан әрі – БШ) құрылымдық бөлімшелерінің бастықтары, Қазақстан Республикасы Қарулы Күштері (бұдан әрі – ҚР ҚК) түрлерінің бас қолбасшылары, ҚР ҚК тектерінің қолбасшылары, ҚР ҚК бас басқармалары мен басқармаларының бастықтары, сондай-ақ Заңның 39-1-бабына сәйкес олардың мүддесінде мамандар даярлау жүзеге асырылатын әскери қызметшілері мен қызметкерлері Қазақстан Республикасының Ұлттық қорғаныс университетіне түсуге құқығы бар мемлекеттік органдар (бұдан әрі – тапсырыс берушілер) және әскери оқу орындарының (бұдан әрі – ӘОО) бастықтары құрылымдық бөлімшеге қабылдау комиссияларының құрамына кандидаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылдау комиссияларының құрамы қабылдау жылының 1 маусымына дейін Қазақстан Республикасы Қорғаныс министрінің бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-1-тармақпен толықтырылды – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
-[...109 lines deleted...]
-        <w:t>№ 186</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4619,110 +4619,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z274" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      34. Әскери колледждерге қабылдауға конкурстық іріктеуді жүргізу кезінде көрсеткіштер бірдей болған жағдайда Заңның 39-бабының </w:t>
+      34. Әскери оқу орындарына қабылдауға конкурс өткізу кезінде конкурстық іріктеудің барлық кезеңінен сәтті өткен жағдайда Заңның 39-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген адамдардың басым құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің м.а. 21.07.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 469</w:t>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5100,91 +5100,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Жоғары білімнің білім беру бағдарламаларын іске асыратын әскери оқу орындарына қабылдау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z278" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      37. Әскери институттарға Заңның 39-бабы 1-тармағының 1), 2) және 3) тармақшаларына сәйкес азаматтар, сондай-ақ әскери колледж бітірушісі даярлықтың ұқсас бағыттары бойынша қысқартылған оқу мерзімі бар білім беру бағдарламасы бойынша оқуға түседі.</w:t>
+        <w:t xml:space="preserve">
+      37. Әскери институттарға Заңның 39-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1), 2) және 3) тармақшаларына сәйкес азаматтар, сондай-ақ әскери колледж түлектері қысқартылған оқу мерзімі бар білім беру бағдарламалары бойынша оқуға түседі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 667</w:t>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5666,51 +5686,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-тармағында көзделген негіз бойынша мемлекеттік қызметті көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Арнайы тексеруден өткен, денсаулық жағдайы бойынша оқуға жарамды, ҰБТ-ның 5 пәні бойынша кемінде 50 балл (оның ішінде бір бейінді пән бойынша кемінде 7 балл және қалған пәндердің әрқайсысы бойынша кемінде 3 балл) жинаған азаматтар қабылдау жылы 15 – 31 шілде кезеңін қоса алғанда, құжаттарды тапсыру үшін әскери институтқа келеді.</w:t>
+      Арнайы тексеруден өткен, денсаулық жағдайы бойынша оқуға жарамды, ҰБТ-ның 5 пәні бойынша кемінде 50 балл (оның ішінде бір бейінді пән бойынша кемінде 5 балл және қалған пәндердің әрқайсысы бойынша кемінде 3 балл) жинаған азаматтар қабылдау жылының 15 – 31 шілде кезеңін қоса алғанда, құжаттарды тапсыру үшін әскери институтқа келеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портал арқылы өтініш жасаған оқуға түсуші "жеке кабинетке" түскен хабарламаға сәйкес әскери институтқа келеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5763,50 +5783,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. қараңыз); өзгеріс енгізілді - ҚР Қорғаныс министрінің 02.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 351</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5844,51 +5884,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Әскери институтқа оқуға түсу үшін әскери қызметшілер қатарынан оқуға түсуші қабылдау жылының 10 мамырына дейін әскери бөлім командирінің атына тиісті баянатпен өтініш жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әскери бөлім командирі әскери институтқа оқуға түсуге ниет білдірген әскери қызметшіге қатысты ҚР ҰҚО туралы Заңға сәйкес арнайы тексеру жұмысын ұйымдастырады және әскери қызметшіні қызмет орны бойынша ҰБТ қабылдау пункттеріне жібереді. Арнайы тексеруден өткен, ҰБТ-ның 5 пәні бойынша кемінде 50 балл (оның ішінде бір бейінді пән бойынша кемінде 7 балл және қалған пәндердің әрқайсысы бойынша кемінде 3 балл) жинаған әскери қызметшіге әскери институтқа келу күнін қабылдау жылының 31 шілдесінен кешіктірмей көрсетіп, Қазақстан Республикасы Президентінің 2006 жылғы 25 мамырдағы № 124 Жарлығымен бекітілген Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында әскери қызмет өткеру қағидаларының </w:t>
+      Әскери бөлім командирі әскери институтқа оқуға түсуге ниет білдірген әскери қызметшіге қатысты ҚР ҰҚО туралы Заңға сәйкес арнайы тексеру жұмысын ұйымдастырады және әскери қызметшіні қызмет орны бойынша ҰБТ қабылдау пункттеріне жібереді. Арнайы тексеруден өткен, ҰБТ-ның 5 пәні бойынша кемінде 50 балл (оның ішінде бір бейінді пән бойынша кемінде 5 балл және қалған пәндердің әрқайсысы бойынша кемінде 3 балл) жинаған әскери қызметшіге әскери институтқа келу күнін қабылдау жылының 31 шілдесінен кешіктірмей көрсетіп, Қазақстан Республикасы Президентінің 2006 жылғы 25 мамырдағы № 124 Жарлығымен бекітілген Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында әскери қызмет өткеру қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>135-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес (бұдан әрі – Әскери қызмет өткеру қағидалары) оқу демалысы беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5986,51 +6026,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>. қараңыз) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">. қараңыз); өзгеріс енгізілді - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z392" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6438,51 +6498,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте кәсіби-психологиялық тестілеуді және дене шынықтыру дайындығы нормативтерін тапсыруды Мектеп және "Арыстан" мамандандырылған лицейі жанынан Қазақстан Республикасының Қорғаныс министрлігінде құрылған комиссия жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Арнайы тексеруден өткен, денсаулық жағдайы бойынша оқуға жарамды, кәсіби-психологиялық тестілеуді және дене шынықтыру дайындығы нормативтерін тапсырған, ҰБТ нәтижесі бойынша кемінде 50 балл (оның ішінде бір бейінді пән бойынша кемінде 7 балл және қалған пәндердің әрқайсысы бойынша кемінде 3 балл) жинаған Мектеп және "Арыстан" мамандандырылған лицейін бітіруші қабылдау жылының 31 шілдесінде түпкілікті медициналық куәландырудан өту үшін әскери институтқа келеді.</w:t>
+      Арнайы тексеруден өткен, денсаулық жағдайы бойынша оқуға жарамды, кәсіби-психологиялық тестілеуді және дене шынықтыру дайындығы нормативтерін тапсырған, ҰБТ нәтижесі бойынша кемінде 50 балл (оның ішінде бір бейінді пән бойынша кемінде 5 балл және қалған пәндердің әрқайсысы бойынша кемінде 3 балл) жинаған Мектеп және "Арыстан" мамандандырылған лицейін бітірушілер қабылдау жылының 31 шілдесінде түпкілікті медициналық куәландырудан өту үшін әскери институтқа келеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портал арқылы өтініш жасаған оқуға түсуші "жеке кабинетке" түскен хабарламаға сәйкес әскери институтқа келеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -6504,51 +6564,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 42-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z393" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7007,100 +7087,120 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z394" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43-1. Әскери колледж түлектері әскери институтқа қорытынды аттестаттаудан өту нәтижесі негізінде аралас мамандық бойынша оқуға түседі.</w:t>
+      43-1. Әскери колледждерді бітірушілер қорытынды аттестаттауды тапсыру нәтижесі негізінде әскери институттарға түседі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тарау 43-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 31.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z290" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7381,110 +7481,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Әскери институттарға рейтингіде бірінші нөмірден бастап қабылдау жоспары бойынша бөлінген орындар санына сәйкес келетін нөмірге дейін тұрған оқуға түсушілер қабылданады. Қабылдау жоспарын жалпы саннан 10 %-ға дейін асыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z297" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      50. Әскери институттарға қабылдауға конкурс өткізу кезінде көрсеткіштер бірдей болған жағдайда Заңның 39-бабының </w:t>
+      50. Әскери институттарға қабылдау конкурсын өткізу кезінде конкурстық іріктеудің барлық кезеңінен сәтті өткен жағдайда Заңның 39-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген адамдардың басым құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің м.а. 21.07.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 469</w:t>
+        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -8081,70 +8181,152 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери интернатураға түсу үшін рейтингтегі бірінші нөмірден квота саны бойынша бөлінген орын санына сәйкес келетін нөмір бойынша медициналық ЖОО бітірушілері іріктеледі. Квотаның жалпы санынан 10%-ға дейін арттыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Әскери институттарға қабылдау конкурсын өткізу кезінде көрсеткіштер бірдей болған жағдайда Заңның 39-бабының 1-тармағында көрсетілген адамдардың басым құқығы болады.</w:t>
+        <w:t xml:space="preserve">
+      Әскери институттарға қабылдау конкурсын өткізу кезінде конкурстық іріктеудің барлық кезеңінен сәтті өткен жағдайда Заңның 39-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген адамдардың басым құқығы болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БӘМБ комиссиясының хатшысы олардың шешімін әскери интернатураға түсу үшін құжаттар тапсырған медициналық ЖОО-ның әрбір бітірушісіне электрондық хабарлама арқылы жеткізеді, БӘМБ комиссиясының хаттамасы Қазақстан Республикасы Қорғаныс министрлігінің интернет-ресурсына орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 53-6-тармаққа өзгеріс енгізілді – ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z420" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53-7. БӘМБ комиссиясының хаттамасы және әскери интернатураға іріктелген медициналық ЖОО бітірушілерінің жеке істері Әскери қызмет өткеру қағидаларына сәйкес "запастағы медицина қызметінің лейтенанты" офицер құрамының алғашқы әскери атағын беру үшін кадр жұмысы мәселесіне жетекшілік ететін ҚР ҚМ құрылымдық бөлімшесіне жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8333,536 +8515,552 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z307" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      55. ҚР ҚМ, Бас штабы құрылымдық бөлімшелерінің, ҚР ҚК бас басқармаларының бастықтары, ҚР ҚК әскер түрлерінің бас қолбасшылары, өңірлік қолбасшылықтар әскерлерінің, әскер тектерінің қолбасшылары, әскери бөлім командирлері (мекеме бастықтары) кандидаттарды алдын ала іріктейді, оларды кәсіптік-психологиялық тестілеуден өткізеді және аттестаттау комиссиясының отырысында қарайды.</w:t>
+      55. ҚР ҚМ, БШ құрылымдық бөлімшелерінің бастықтары, ҚР ҚК түрлерінің бас қолбасшылары, ҚР ҚК тектерінің қолбасшылары, ҚР ҚК бас басқармалары мен басқармаларының бастықтары кандидаттарды алдын ала іріктеуді, оларды кәсіби-психологиялық тестілеуді және аттестаттау комиссияларының отырыстарында қарауды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Іріктелген кандидаттар тізімі оқуға қабылдау жылының 1 сәуіріне дейін кадр жұмысы мәселелеріне жетекшілік ететін ҚР ҚМ құрылымдық бөлімшесіне жіберіледі.</w:t>
-[...17 lines deleted...]
-      Әскери істегі талдау жұмысы" мамандығы бойынша ҰҚУ "Әскери дипломатиялық академия" факультетіне алдын ала іріктеуді және қабылдауды 14776 әскери бөлімі жүзеге асырады.</w:t>
+      Іріктелген кандидаттардың тізімдері қабылдау жылының 1 сәуіріне дейін ҚР ҚМ-ның кадр жұмысы мәселелеріне жетекшілік ететін құрылымдық бөлімшесіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Әскери істегі талдау жұмысы" мамандығы бойынша ҰҚУ "Әскери дипломатия академиясы" факультетіне алдын ала іріктеуді және қабылдауды 14776 әскери бөлімі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органдардың әскери қызметшілер мен қызметкерлері қатарынан кандидаттарды алдын ала іріктеуді тиісті мемлекеттік органдар жүзеге асырады, бұл ретте мемлекеттік органдардың жұмылдыру бөлімшелері қызметкерлерінің қатарынан кандидаттарды іріктеуді жұмылдыру дайындығы саласындағы уәкілетті орган жүзеге асырады. Іріктелген кандидаттардың тізімдері қабылдау жылының 20 мамырына дейін ҚР ҚМ-ға жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 55-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 31.01.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 55-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z308" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. ҰҚУ жедел-тактикалық деңгейдегі магистратурасына және докторантурасына оқуға түсетін ҚР ҚК кандидаттарының тізімдерін ҚМ-ның кадр жұмысы мәселелеріне жетекшілік ететін құрылымдық бөлімшесі қалыптастырады және Қабылдау жоспары негізінде қабылдау жылының 1 мамырына дейінгі мерзімде Қорғаныс министрінің бірінші орынбасары – ҚР ҚК Бас штабының бастығы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бекітілгеннен кейін жедел-тактикалық деңгейдегі магистратураға және докторантураға тізімдер түсу емтихандарын өткізу үшін ҰҚУ-ға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҰҚУ жедел-стратегиялық және стратегиялық деңгейдегі магистратурасына оқуға түсетін ҚР ҚК кандидаттарының тізімдерін бағыттары бойынша ҚР ҚМ орынбасарларынан түсетін өтінімдер негізінде ҚМ-ның кадр жұмысы мәселелеріне жетекшілік ететін құрылымдық бөлімшесі қабылдау жылдың 25 мамырына дейін қалыптастырады және 30 маусымға дейін Жоғары аттестаттау комиссиясына (бұдан әрі – ЖАК) конкурстық іріктеу және әңгімелесу өткізу үшін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органдардан кандидаттардың тізімдерін құрылымдық бөлімше жинақтайды және қабылдау жылының 1 маусымына дейін ҰҚУ-ға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 56-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z395" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56-1. Басқарудың жедел-стратегиялық және стратегиялық деңгейі магистратурасына оқуға түсетін адамдарды конкурстық іріктеуді ЖАК жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖАК комиссиясы оқуға қабылдау жылының 10 маусымына дейін кандидаттар тізімін қарайды және кандидаттармен әңгімелесу күнін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әңгімелесу оқуға түсуші түрде келіп, офлайн режимінде, бірақ 25 маусымнан кешіктірмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өткізілген әңгімелесу нәтижесі бойынша комиссия дауыс беру арқылы конкурстық іріктеуден өткен және оқуға қабылдауға ұсыным жасалған адамдарды айқындайды. Конкурстық комиссияның шешімі ЖАКоғары аттестаттау комиссиясы отырысының хаттамасымен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дауыстар саны тең болған кезде ЖАК төрағасының дауысы шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тарау 56-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 31.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 667</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z309" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Жедел-тактикалық басқару деңгейі бойынша бейінді магистратураға оқуға түсушілерге қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоғары білімінің болуы және батальон командирінің орынбасары, оған тең және одан жоғары лауазымдарда кемінде 2 жыл қызмет өткеруі, мемлекеттік органдардың жұмылдыру қызметкерлері үшін – мемлекеттік органдардың жұмылдыру бөлімшелерінде кемінде 2 жыл жұмыс өтілінің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке мамандықтарға жоғары білім туралы үздік дипломының болуы және кемінде 1 жыл қызмет өткеруі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
-[...379 lines deleted...]
-        <w:t>№ 353</w:t>
+        <w:t xml:space="preserve">      Ескерту. 57-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -9059,54 +9257,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Барлық басқару деңгейлері бойынша ғылыми және педагогикалық магистратураға алдын ала іріктеуді жоғары білімі, кемінде 2 ғылыми жариялымы немесе бір оқу, оқу-әдістемелік, әдістемелік оқу құралы бар оқуға түсушілер арасынан құрылымдық бөлімше жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z316" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      60. Докторантураға жоғары оқу орнынан кейінгі білімі, кемінде 3 ғылыми жариялымы немесе 2 оқу құралы бар оқуға түсушілер қабылданады.</w:t>
+      60. Докторантураға жоғары оқу орнынан кейінгі білімі, кемінде 3 ғылыми жарияланымы немесе 2 оқу құралы бар, оның ішінде мемлекеттік органдардың жұмылдыру қызметкерлері үшін – мемлекеттік органдардың жұмылдыру бөлімшелерінде кемінде 5 жыл жұмыс өтілі бар оқуға түсушілер қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 60-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z317" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. ҰҚУ бейіні бойынша оқуға түсу емтихандарына шығарылатын пәндер бойынша сұрақтардың үлгілік тізбесін әзірлейді және қабылдау жылының 20 наурызына дейін тапсырыс берушілермен келісуді жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9356,51 +9616,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бейіні бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      дене шынықтыру дайындығы бойынша;</w:t>
+      дене дайындығы бойынша (азаматтық персонал үшін – шет тілі бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тіл бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) докторантураға:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9428,107 +9706,215 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шет тілі бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) резидентура бағдарламасы бойынша оқу үшін – резидентура мамандығының бейіні бойынша.</w:t>
-[...17 lines deleted...]
-      Резидентура бағдарламасы бойынша оқу үшін оқуға түсу емтихандарын қабылдау үшін тапсырыс беруші денсаулық сақтау саласындағы жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымының, резидентура базасы ретінде аккредиттелген университеттік аурухананың, сондай-ақ ұлттық және (немесе) ғылыми орталықтың, ғылыми-зерттеу институтының өкілдерін тартуға құқылы.</w:t>
+      мемлекеттік тіл бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) резидентура бағдарламалары бойынша оқу үшін – резидентура мамандығының бейіні бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қашықтан оқыту бағдарламалары бойынша оқу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бейіні бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шет тілі бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тіл бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚАЗТЕСТ қазақ тілін меңгеру деңгейін бағалау жүйесі бойынша кемінде В2 деңгейімен қолданыстағы сертификат болған кезде оқуға түсуші мемлекеттік тіл бойынша оқуға түсу емтиханын тапсырудан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Резидентура бағдарламалары бойынша оқу үшін оқуға түсу емтихандарын қабылдау үшін тапсырыс беруші денсаулық сақтау саласындағы жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымының, университеттік ауруханалардың, сондай-ақ резидентура базасы ретінде аккредиттелген ұлттық және (немесе) ғылыми орталықтардың, ғылыми-зерттеу институттарының өкілдерін тартуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 64-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 667</w:t>
+        <w:t xml:space="preserve">      Ескерту. 64-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -9773,266 +10159,226 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z324" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      68. Бейіні бойынша емтихан бағдарламалары сұрақтар тізбесін қамтиды және емтиханды өткізу тәртібі мен оқуға түсушілерді бағалау өлшемшарттарын айқындайды.</w:t>
+      68. Бейін бойынша емтихан бағдарламалары Сұрақтар тізбесін қамтиды және емтихан өткізу тәртібін және оқуға түсушілерді бағалау өлшемшарттарын айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...108 lines deleted...]
-      Қабылдау және емтихан комиссиясының жұмысын ұйымдастыру үшін ҰҚУ Қазақстан Республикасының Ұлттық қорғаныс университетінде қабылдау емтиханын өткізу тәртібі туралы ережені әзірлейді.</w:t>
+        <w:t>
+      Емтихан билеттерін бейіні бойынша емтихан комиссиялары қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылдау жылының 1 мамырына дейін тапсырыс берушілер ҰҚУ-ға емтихан комиссияларының құрамын бекіту туралы бұйрықтың жобасына енгізу үшін кандидаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кемінде үш адамнан тұратын емтихан комиссияларының құрамы қабылдау жылының 10 маусымына дейінгі мерзімде Қорғаныс министрінің бірінші орынбасары – ҚР ҚК Бас штабы бастығының бұйрығымен бекітіледі және:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) магистратураға, резидентураға – тапсырыс берушілер өкілдерінің қатарынан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) докторантураға – жоғары оқу орнынан кейінгі білімі бар әскери қызметшілер (қызметшілер) қатарынан, мемлекеттік органдардың жұмылдыру қызметкерлері үшін – жұмылдыру дайындығы саласындағы уәкілетті орган ұсынған жоғары оқу орнынан кейінгі білімі бар адамдар қатарынан қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Емтихан комиссияларының хатшылары ҰҚУ профессор-оқытушы құрамынан тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылдау және емтихан комиссияларының жұмысын ұйымдастыру үшін ҰҚУ Қазақстан Республикасының Ұлттық қорғаныс университетінде түсу емтихандарын өткізу тәртібі туралы ережені әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 68-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 07.04.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 68-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 186</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z325" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11744,64 +12090,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Тиісті деңгейдегі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағдарламаларын іске асырып</w:t>
-[...12 lines deleted...]
-              <w:t>жатқан</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -11855,732 +12188,712 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z341" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әскери колледжге және жоғары білімнің білім беру бағдарламаларын іске асыратын әскери оқу орнына оқуға түсу үшін құжаттар тізбесі</w:t>
+        <w:t xml:space="preserve"> Әскери колледжге және жоғары білімнің білім беру бағдарламаларын іске асыратын әскери оқу орындарына оқуға түсу үшін құжаттар тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Қорғаныс министрінің 02.04.2025 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 351</w:t>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z431" w:id="128"/>
+    <w:bookmarkStart w:name="z465" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Еркін нысандағы оқуға қабылдау туралы өтініш немесе оқуға түсетін адамның тегі, аты мен әкесінің аты (бар болса), туған күні, тұрғылықты мекенжайы, заңды өкілдерінің байланыс деректері көрсетілген баянат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z432" w:id="129"/>
+    <w:bookmarkStart w:name="z466" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жеке куәлік (салыстырып тексеру үшін түпнұсқа) не цифрлық құжаттар сервисінен электрондық құжат. Оқуға түсетін адам 16 (он алты) жасқа толғанға дейін туу туралы куәліктің көшірмесі (салыстырып тексеру үшін түпнұсқа) ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z433" w:id="130"/>
+    <w:bookmarkStart w:name="z467" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әскери билет көшірмесі (тек әскери қызметшілер, оның ішінде запастағы, түпнұсқа).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z434" w:id="131"/>
+    <w:bookmarkStart w:name="z468" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Орта (толық) білім туралы аттестат не техникалық және кәсіптік білім алу туралы диплом, негізгі орта білім беру базасындағы Әскери колледж үшін – негізгі орта білімі туралы куәлік (түпнұсқа және көшірме).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z435" w:id="132"/>
-[...15 lines deleted...]
-      5. ҰБТ сертификаты (Әскери колледжге оқуға түсетін және конкурстық іріктеуден өткен мерзімді әскери қызмет өткерген (өткеретін) адамдарды қоспағанда) ҰБТ-ның 5 пәні бойынша нәтижесі кемінде 50 балл (оның ішінде бір бейінді пән бойынша кемінде 7 балл және қалған пәндердің әрқайсысы бойынша кемінде 3 балл).</w:t>
+    <w:bookmarkStart w:name="z469" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. ҰБТ сертификаты (Әскери колледжге оқуға түсетін және конкурстық іріктеуден өткен мерзімді әскери қызмет өткерген (өткеретін) адамдарды қоспағанда) ҰБТ-ның 5 пәні бойынша нәтижесі кемінде 50 балл (оның ішінде бір бейінді пән бойынша кемінде 5 балл және қалған пәндердің әрқайсысы бойынша кемінде 3 балл).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z436" w:id="133"/>
+    <w:bookmarkStart w:name="z470" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген 075/у нысаны бойынша берілген медициналық анықтама (бұдан әрі – 075/у нысаны) және ӘОО-ға келгенге дейін күнтізбелік 30 (отыз) күннен ерте емес жүргізілген медициналық зерттеу нәтижесі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z437" w:id="134"/>
+    <w:bookmarkStart w:name="z471" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалпы қан талдауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z438" w:id="135"/>
+    <w:bookmarkStart w:name="z472" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мерезге микропреципитация реакциясы (микрореакция);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z439" w:id="136"/>
+    <w:bookmarkStart w:name="z473" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалпы зәр талдауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z440" w:id="137"/>
+    <w:bookmarkStart w:name="z474" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұрынның қосалқы қуысының рентгенографиясы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z441" w:id="138"/>
+    <w:bookmarkStart w:name="z475" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12 (он екі) бөліктегі электрокардиография тыныштықта (жүктемеден кейін – көрсеткіш бойынша);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z442" w:id="139"/>
+    <w:bookmarkStart w:name="z476" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кеуде қуысы ағзасын флюорографиялық (рентгенологиялық) зерттеу медициналық куәландыру күніне 3 (үш) айдан кешіктірілмей жүргізіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z443" w:id="140"/>
+    <w:bookmarkStart w:name="z477" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бруцеллезге қан талдауы (мал шаруашылығында жұмыс істейтін және (немесе) жеке шаруашылықта малы бар);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z444" w:id="141"/>
+    <w:bookmarkStart w:name="z478" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       амбулаториялық пациенттің медициналық картасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z445" w:id="142"/>
+    <w:bookmarkStart w:name="z479" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       профилактикалық екпе картасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z446" w:id="143"/>
+    <w:bookmarkStart w:name="z480" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Авиациялық персоналды даярлайтын әскери оқу орнының ұшқыш мамандығына оқуға түсетін кандидаттар медициналық куәландыру басталғанға дейін күнтізбелік 30 (отыз) күннен ерте емес жүргізілген медициналық зерттеу нәтижесін қосымша ұсынады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z447" w:id="144"/>
+    <w:bookmarkStart w:name="z481" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       физикалық жүктемеден кейінгі 12 (он екі) бөліктегі электрокардиография;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z448" w:id="145"/>
+    <w:bookmarkStart w:name="z482" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалқанша безінің, жүрегінің, несеп-жыныс жүйесінің ультрадыбыстық зерттеуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z449" w:id="146"/>
+    <w:bookmarkStart w:name="z483" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қандағы қант деңгейін және В және С гепатитінің маркерін зерттеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z450" w:id="147"/>
+    <w:bookmarkStart w:name="z484" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дыбыстық аудиометрия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z451" w:id="148"/>
+    <w:bookmarkStart w:name="z485" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электроэнцефалография.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z452" w:id="149"/>
+    <w:bookmarkStart w:name="z486" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Спорттық разрядты, республикалық не халықаралық жарыста, ағымдағы жылы орындаушылар конкурсында, ағымдағы жылы жалпы білім беретін пәндер бойынша халықаралық олимпиадада, сондай-ақ Президенттік не республикалық жалпы білім беретін пәндер бойынша олимпиадада (конкурстық іріктеуден өткен мерзімді әскери қызмет өткерген адамдарды қоспағанда) қол жеткізген жүлделі орынды растайтын құжат (бар болса).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z453" w:id="150"/>
+    <w:bookmarkStart w:name="z487" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өлшемі 3х4 фотосурет – 4 дана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z454" w:id="151"/>
+    <w:bookmarkStart w:name="z488" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ата-ана құқығының шектелуіне немесе одан айырылуына, ата-анасы хабарсыз кеткен деп танылуына, олар қайтыс болған деп жариялануына, әрекетке қабілетсіз (әрекет қабілеті шектеулі) деп танылуына байланысты жалғыз ата-анасының немесе екеуінің де қамқорлығынсыз қалған жетім балалар мен балалар, сондай-ақ ата-анасының қамқорлығынсыз қалған басқа да жағдайда ата-анасының қамқорлығынсыз қалу фактісін растайтын мынадай құжаттардың біреуінің көшірмесін (салыстырып тексеру үшін түпнұсқа) қосымша ұсынады (конкурстық іріктеуден өткен мерзімді әскери қызмет өткерген адамдарды қоспағанда):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z455" w:id="152"/>
+    <w:bookmarkStart w:name="z489" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ата-анасының қайтыс болуы туралы куәлік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z456" w:id="153"/>
+    <w:bookmarkStart w:name="z490" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ата-анасының ата-ана құқығын шектеу немесе одан айыру туралы сот шешімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z457" w:id="154"/>
+    <w:bookmarkStart w:name="z491" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ата-анасы хабарсыз кеткен деп тану, оларды қайтыс болған деп тану немесе әрекетке қабілетсіз (әрекет қабілеті шектеулі) деп тану туралы сот шешімі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z458" w:id="155"/>
+    <w:bookmarkStart w:name="z492" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әскери қызмет міндеттерін орындау кезiнде қаза тапқан немесе мүгедек болған, қызмет өткеру уақытында хабарсыз кеткен әскери қызметшiлердiң балалары тұрғылықты жерi бойынша жергiлiктi әскери басқару органынан анықтама (конкурстық iрiктеуден өткен әскери қызмет өткерген адамдарды қоспағанда) ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z459" w:id="156"/>
+    <w:bookmarkStart w:name="z493" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Арнайы тексеруден өткені туралы анықтама (негізгі орта білім базасындағы Әскери колледжге оқуға түсетін адамдарды қоспағанда).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z460" w:id="157"/>
-[...15 lines deleted...]
-      12. Мерзімді әскери қызмет өткерген адамдар қабылдау комиссиясына қосымша:</w:t>
+    <w:bookmarkStart w:name="z494" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мерзімді әскери қызмет өткерген адамдар қабылдау комиссиясына қосымша әскерде конкурстық іріктеуден өткені туралы сертификат береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z461" w:id="158"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="158"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12711,68 +13024,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қабылдау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z379" w:id="159"/>
+    <w:bookmarkStart w:name="z379" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мектепке және Негізгі орта білім беру базасындағы Әскери колледжге оқуға түсу үшін дене шынықтыру дайындығы бойынша нормативтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-1-қосымшаның тақырыбы жаңа редакцияда – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14387,129 +14700,116 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Тиісті деңгейдегі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағдарламаларын іске асырып</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жатқан</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Қорғаныс министрлігіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қорғаныс министрлігіне</w:t>
+              <w:t>ведомстволық бағынысты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ведомстволық бағынысты</w:t>
+              <w:t>әскери оқу орындарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әскери оқу орындарына оқуға</w:t>
-[...12 lines deleted...]
-              <w:t>қабылдау қағидаларына</w:t>
+              <w:t>оқуға қабылдау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -14535,61 +14835,61 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-2-қосымшамен толықтырылды – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Қорғаныс министрінің 02.04.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 351</w:t>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -14614,153 +14914,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Мемлекеттік көрсетілетін қызмет атауы</w:t>
+Мемлекеттік көрсетілетін қызмет атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>"ҚР ҚМ әскери оқу орнына оқуға түсу үшін кандидатқа қабылдау"</w:t>
+"ҚР ҚМ әскери оқу орнына оқуға түсу үшін кандидатқа қабылдау"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14905,52 +15175,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік көрсетілетін қызметті ұсыну тәсілі </w:t>
+              <w:t>
+Мемлекеттік көрсетілетін қызметті ұсыну тәсілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15072,52 +15342,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-күнтізбелік 200 күннен аспайды (1 қаңтар – 20 шілде) </w:t>
+              <w:t>
+күнтізбелік 200 күннен аспайды (1 қаңтар – 20 шілде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15524,52 +15794,72 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1. Көрсетілетін қызметті берушіде – Қазақстан Республикасының Еңбек кодексіне (бұдан әрі – Кодекс) сәйкес демалыс және мереке күнін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден бастап жұмаға дейін сағат 9.00-ден 18.00-ге дейін, түскі асқа үзіліс сағат 13.00-ден 14.00-ге дейін.</w:t>
+              <w:t xml:space="preserve">
+1. Көрсетілетін қызметті берушіде – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күнін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден бастап жұмаға дейін сағат 9.00-ден 18.00-ге дейін, түскі асқа үзіліс сағат 13.00-ден 14.00-ге дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Порталда – жөндеу жұмысын жүргізуге байланысты техникалық үзілісті қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Кодекске сәйкес демалыс және мереке күні өтініш жасаған кезде баянатты қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15745,52 +16035,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азамат психоневрологиялық, наркологиялық, туберкулезге қарсы және тері-венерологиялық бейіндегі медициналық ұйымда есепте тұрған, сондай-ақ соңғы он екі ай ішінде созылмалы ауыруы бойынша және инфекциялық және паразитарлық ауыруға шалдығуы бойынша диспансерлік есепте тұрған жағдайда ӘОО-ға оқуға түсуге жарамсыз деп саналады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Авиациялық персоналды даярлайтын әскери оқу орнының ұшу мамандығына оқуға түсетін кандидаттар медициналық куәландыру басталғанға дейін күнтізбелік отыз күннен ерте емес жүргізілген медициналық зерттеу нәтижесін қосымша ұсынады: </w:t>
+              <w:t>
+Авиациялық персоналды даярлайтын әскери оқу орнының ұшу мамандығына оқуға түсетін кандидаттар медициналық куәландыру басталғанға дейін күнтізбелік отыз күннен ерте емес жүргізілген медициналық зерттеу нәтижесін қосымша ұсынады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 физикалық жүктемеден кейінгі 12 (он екі) бөліктегі электрокардиография;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16015,52 +16305,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Көрсетілетін қызметті беруші арқылы өтініш жасаған жағдайда:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1) еркін нысанда жазылған оқуға түсетін адамның тегі, аты мен әкесінің аты (болса), туған күні, тұрғылықты мекенжайы, ата-анасының немесе заңды өкілдерінің байланыс деректері көрсетілген қабылдау туралы өтініш немесе баянат; </w:t>
+              <w:t>
+1) еркін нысанда жазылған оқуға түсетін адамның тегі, аты мен әкесінің аты (болса), туған күні, тұрғылықты мекенжайы, ата-анасының немесе заңды өкілдерінің байланыс деректері көрсетілген қабылдау туралы өтініш немесе баянат;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) көрсетілетін қызметті алушы жеке басын растайтын құжат, оқуға түсуші он алты жасқа толмаса, туу туралы куәлік көшірмесі (салыстырып тексеру үшін түпнұсқа) беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16088,87 +16378,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) білімі туралы құжаттар, ал негізгі орта білім базасындағы Әскери колледж үшін негізгі орта білімі туралы куәлік (түпнұсқа және көшірме);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) ҰБТ сертификаты (Әскери колледжге оқуға түсетін және конкурстық іріктеуден өткен мерзімді әскери қызмет өткерген адамдарды қоспағанда), ҰБТ-ның 5 пәні бойынша нәтиже – кемінде 50 балл (оның ішінде бір бейінді пән бойынша – кемінде 7 балл және қалған әрбір пән бойынша – кемінде 3 балл).</w:t>
+5) ҰБТ сертификаты (Әскери колледжге оқуға түсетін және конкурстық іріктеуден өткен мерзімді әскери қызмет өткерген адамдарды қоспағанда), ҰБТ-ның 5 пәні бойынша нәтиже – кемінде 50 балл (оның ішінде бір бейінді пән бойынша – кемінде 5 балл және қалған әрбір пән бойынша – кемінде 3 балл).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Әскери оқу орнына оқуға түсетін азаматтың 075/у-нысаны және әскери оқу орнына келгенге дейін күнтізбелік 30 (отыз) күннен ерте емес жүргізілген медициналық зерттеу нәтижесі (жалпы қан талдауы, мерезге микропреципитация реакциясы (микрореакция), жалпы зәр талдауы; мұрынның қосалқы қуысының рентгенографиясы, он екі бөліктегі электрокардиография тыныштықта (жүктемеден кейін – көрсеткіш бойынша), кеуде қуысы органын флюорографиялық (рентгенологиялық) зерттеу медициналық куәландыру күніне 3 (үш) айдан кеш емес жүргізіледі, бруцеллезге қан талдауы (мал шаруашылығында жұмыс істейтін және (немесе) жеке шаруашылықта малы бар), амбулаториялық пациенттің медициналық картасы, профилактикалық екпе картасы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Авиациялық персоналды даярлайтын әскери оқу орнының ұшу мамандығына оқуға түсетін кандидаттар медициналық куәландыру басталғанға дейін күнтізбелік 30 (отыз) күннен ерте емес жүргізілген медициналық зерттеу нәтижесін қосымша ұсынады: </w:t>
+              <w:t>
+Авиациялық персоналды даярлайтын әскери оқу орнының ұшу мамандығына оқуға түсетін кандидаттар медициналық куәландыру басталғанға дейін күнтізбелік 30 (отыз) күннен ерте емес жүргізілген медициналық зерттеу нәтижесін қосымша ұсынады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 физикалық жүктемеден кейінгі 12 (он екі) бөліктегі электрокардиография;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16394,69 +16684,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12) арнайы тексеруден өткені туралы анықтама (негізгі орта білім базасындағы Әскери колледжге оқуға түсетін адамдарды қоспағанда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13) мерзімді әскери қызмет өткерген адамдар қабылдау комиссиясына қосымша:</w:t>
-[...17 lines deleted...]
- әскерде конкурстық іріктеуден өткені туралы сертификат береді.</w:t>
+13) мерзімді әскери қызмет өткерген адамдар қабылдау комиссиясына қосымша әскерде конкурстық іріктеуден өткені туралы сертификат береді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16489,87 +16761,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіз</w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігін анықтау;</w:t>
+1. Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігін анықтау.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2. "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -16599,51 +16871,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдың, объектілердің, деректер мен мәліметтердің осы бұйрықта белгіленген талаптарға сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Уәкілетті мемлекеттік органның арнайы тексеруден "өтпегені" туралы сұрау салуға теріс жауабы.</w:t>
+4. Уәкілетті мемлекеттік органның арнайы тексеруден өткені туралы сұрау салуға теріс жауабы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16928,68 +17236,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қабылдау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z353" w:id="160"/>
+    <w:bookmarkStart w:name="z353" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әскери колледж қабылдау комиссиясы шешімінің хаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда – ҚР Қорғаныс министрінің 30.04.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18893,82 +19201,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ата-анасы хабарсыз кеткен деп тану, оларды қайтыс болған деп тану немесе әрекетке қабілетсіз (әрекет қабілеті шектеулі) деп тану туралы сот шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери қызмет міндеттерін орындау кезiнде қаза тапқан немесе мүгедек болған, қызмет өткеру уақытында хабарсыз кеткен әскери қызметшiлердiң балалары тұрғылықты жерi бойынша жергiлiктi әскери басқару органынан анықтама ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...30 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19067,324 +19343,318 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ведомстволық бағынысты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әскери оқу орындарына оқуға</w:t>
+              <w:t>әскери оқу орындарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қабылдау қағидаларына</w:t>
+              <w:t>оқуға қабылдау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z354" w:id="161"/>
+    <w:bookmarkStart w:name="z354" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҰҚУ-ға оқуға түсу үшін құжаттар тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z495" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қазақстан Республикасы азаматы жеке куәлігінің көшірмесі (салыстырып тексеру үшін түпнұсқа).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:p>
-[...54 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z496" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Офицер жеке куәлігінің көшірмесі (бар болса) (салыстырып тексеру үшін түпнұсқа).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z497" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Әскери-дәрігерлік сараптама жүргізу қағидасына сәйкес ресімделген оқуға жарамдылығы туралы әскери-дәрігерлік комиссияның қорытындысы бар медициналық куәландыру туралы анықтама.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z498" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Н-45 нысанындағы анықтама (әскери оқу орнына оқуға түсетіндер үшін анықтама "Қызмет бабында пайдалану үшін" шектеу белгісінсіз жасалады және артқы бетінде бөлім командирінің қолтаңбасымен және елтаңбалы мөрмен расталады, құпия емес іс жүргізуде тіркеледі және тіркеу журналына қолын қойғызып беріледі).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z499" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жоғарғы бастық (командир) куәландырған кәсіби-психологиялық іріктеуден өткенін растайтын құжат.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z500" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жоғары медициналық білімінің болуы туралы құжат (резидентураға түсетіндер үшін) (салыстырып тексеру үшін түпнұсқа).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z501" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Интернатураны аяқтағаны туралы куәлік және интернатура бойынша GPA көрсетіп, бір тілде (қазақша/орысша) жазылған транскрипт көшірмесі (транскрипте GPA көрсетілген болмаса, талапкер білім алған ұйымның қолтаңбасы мен мөрі қойылған интернатура бойынша есептелген GPA қоса беріледі) және интернатураның қорытынды мемлекеттік аттестаттауы (ҚМА) нәтижесі (резидентураға түсетіндер үшін) (салыстырып тексеру үшін түпнұсқа).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z502" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Денсаулық сақтау саласындағы маман сертификатының көшірмесі (резидентураға түсетіндер үшін) (салыстырып тексеру үшін түпнұсқа).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...40 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z503" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. ҚАЗТЕСТ қазақ тілін меңгеру деңгейін бағалау жүйесі бойынша кемінде В2 деңгейімен қолданыстағы сертификат (бар болса).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19528,79 +19798,79 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ҰҚУ-ға оқуға түсу емтихандарына шығарылатын пәндер тізбесі</w:t>
+        <w:t xml:space="preserve"> ҰҚУ-ға оқуға түсу емтихандарын өткізу нысандары</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда – ҚР Қорғаныс министрінің 28.07.2020 </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 353</w:t>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -19661,129 +19931,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пәндер атауы</w:t>
+Емтихан атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өткізу нысаны</w:t>
-            </w:r>
-[...40 lines deleted...]
-Магистратура жедел-тактикалық басқару деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19929,206 +20157,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дене шынықтыру дайындығы бойынша емтихан</w:t>
+Мемлекеттік тілі бойынша емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-практикалық</w:t>
-[...41 lines deleted...]
-Магистратура стратегиялық және жедел-стратегиялық басқару деңгейлері</w:t>
+ауызша-жазбаша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бейіні бойынша емтихан</w:t>
+Шет тілі бойынша емтихан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20161,51 +20347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20234,318 +20420,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 практикалық</w:t>
-            </w:r>
-[...266 lines deleted...]
-ауызша-жазбаша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20597,211 +20515,198 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Тиісті деңгейдегі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағдарламаларын іске асырып</w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жатқан Қазақстан</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республикасының Қорғаныс</w:t>
+              <w:t>Қорғаныс министрлігіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министрлігіне ведомстволық</w:t>
+              <w:t>ведомстволық бағынысты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағынысты әскери оқу</w:t>
+              <w:t>әскери оқу орындарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>орындарына оқуға қабылдау</w:t>
-[...12 lines deleted...]
-              <w:t>қағидаларына</w:t>
+              <w:t>оқуға қабылдау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z409" w:id="162"/>
+    <w:bookmarkStart w:name="z409" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жоғары білім беру бағдарламаларын іске асыратын әскери оқу орындарына оқуға түсу үшін бейінді пәндер тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымшамен толықтырылды – ҚР Қорғаныс министрінің 28.07.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 353</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Қорғаныс министрінің 26.06.2024 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 667</w:t>
+        <w:t>№ 1593</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -20910,154 +20815,285 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейінді пән атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрлық әскерлерінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери институты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Математика және/ немесе физика және/ немесе география және/ немесе дүниежүзі тарихы және/ немесе құқық негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құрлық әскерлерінің Әскери институты</w:t>
+Әуе қорғанысы күштерінің әскери институты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Математика және/ немесе физика және/ немесе география</w:t>
+Математика және/ немесе физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -21080,166 +21116,297 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Математика, география, биология</w:t>
+Биология, химия (әскери-медициналық мамандық үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радиоэлектроника және байланыс әскери-инженерлік институты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Математика және/ немесе физика және/ немесе информатика</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шетел тілі (аударма ісі үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әуе қорғанысы күштерінің әскери институты</w:t>
+Шетел ӘОО-ы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Математика және/ немесе физика</w:t>
+Биология, химия (әскери-медициналық мамандық үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -21262,279 +21429,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Биология, химия (әскери-медициналық мамандық үшін)</w:t>
-[...227 lines deleted...]
-Биология, химия (әскери-медициналық мамандық үшін)</w:t>
+Шығармашылық емтихан (музыкалық мамандық үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -21557,118 +21496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-шығармашылық емтихан (музыкалық мамандық үшін)</w:t>
-[...66 lines deleted...]
-шет тілі (аударма ісі үшін)</w:t>
+Шетел тілі (аударма ісі үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -23223,282 +23095,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 35 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="163"/>
+    <w:bookmarkStart w:name="z228" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Қорғаныс министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z229" w:id="164"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z229" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Жоғары білімнің кәсіптік оқу бағдарламаларын іске асыратын Қазақстан Республикасы Қорғаныс министрлігінің әскери оқу орындарына қабылдау қағидаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2015 жылғы 11 маусымдағы № 327 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11617 болып тіркелген, 2015 жылғы 23 шілдеде "Әділет" ақпараттық-құқықтық жүйесінде, 2015 жылғы 23 шілдеде № 138 (28616) "Егемен Қазақстан", 2015 жылғы 23 шілдеде № 138 (28014) "Казахстанская правда" газеттерінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z230" w:id="165"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z230" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Жоғары оқу орнынан кейінгі білімнің кәсіптік оқу бағдарламаларын іске асыратын Қазақстан Республикасы Қорғаныс министрлігінің әскери оқу орындарына қабылдау қағидаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2015 жылғы 11 маусымдағы № 328 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11609 болып тіркелген, 2015 жылғы 23 шілдеде "Әділет" ақпараттық-құқықтық жүйесінде, 2015 жылы 23 шілдеде № 138 (28616) "Егемен Қазақстан", 2015 жылы 23 шілдеде № 138 (28014) "Казахстанская правда" газеттерінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z231" w:id="166"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z231" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Әскери даярлық бойынша қосымша бағдарламалармен жалпы орта білімнің жалпы білім беру оқу бағдарламаларын іске асыратын Қазақстан Республикасы Қорғаныс министрлігінің әскери оқу орындарына қабылдау қағидаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2015 жылғы 11 маусымдағы № 330 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11614 болып тіркелген, 2015 жылғы 23 шілдеде "Әділет" ақпараттық-құқықтық жүйесінде, 2015 жылғы 23 шілдеде № 138 (28616) "Егемен Қазақстан", 2015 жылғы 23 шілдеде № 138 (28014) "Казахстанская правда" газеттерінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z232" w:id="167"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z232" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Техникалық және кәсіптік білімнің кәсіптік оқу бағдарламаларын іске асыратын Қазақстан Республикасы Қорғаныс министрлігінің әскери оқу орындарына қабылдау қағидаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2015 жылғы 11 маусымдағы № 331 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11616 болып тіркелген, 2015 жылғы 23 шілдеде "Әділет" ақпараттық-құқықтық жүйесінде, 2015 жылғы 23 шілдеде № 138 (28616) "Егемен Қазақстан", 2015 жылғы 23 шілдеде № 138 (28014) "Казахстанская правда" газеттерінде жарияланған). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>