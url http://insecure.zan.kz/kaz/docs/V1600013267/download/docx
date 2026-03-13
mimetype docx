--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="343d568" w14:textId="343d568">
+    <w:p w14:paraId="7c0020a" w14:textId="7c0020a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -934,121 +934,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кәсіптік практика – болашақ кәсіптік қызметпен байланысты белгілі бір жұмыс түрлерін орындау процесінде теориялық білімдерді, дағдыларды бекітуге, практикалық машықтар мен құзыреттерді иемденуге және дамытуға бағытталған оқу қызметінің түрі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) тағылымдама – тиісті командалық, штабтық, инженерлік және ӘОО-ларда даярлық бейіндеріне және оқыту бағдарламаларына сәйкес мамандығы бойынша басқа да лауазымдарда білім алушылардың әскерлердегі қызметтік міндеттерін орындау дағдылары мен машықтарын иемденуге бағытталған оқу процесінің құрамдас бөлігі; </w:t>
+        <w:t>
+      2) тағылымдама – тиісті командалық, штабтық, инженерлік және ӘОО-ларда даярлық бейініне және оқыту бағдарламаларына сәйкес мамандығы бойынша басқа да лауазымдарда білім алушылардың әскердегі (әскери басқару органдарындағы, мекемелердегі, мемлекеттік органдардағы) қызметтік міндеттерін орындаудағы машықтары мен дағдыларын меңгеруіне бағытталған оқу процесінің құрамдас бөлігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) білім алушылар – әскери оқу орнында техникалық және кәсіптік, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламалары бойынша білім алушылар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Қорғаныс министрінің 26.01.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді - ҚР Қорғаныс министрінің 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1159,90 +1179,108 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Практика көлемі мен еңбек сыйымдылығы БМЖС талаптарына сәйкес есептеледі, практика саны мен ұзақтығын әскери, арнайы оқу орны жұмыс оқу жоспарларына сәйкес дербес белгілейді.</w:t>
+      4. Практика көлемі мен еңбек сыйымдылығы БМЖС талаптарына сәйкес есептеледі, практика саны мен ұзақтығын әскери оқу орны жұмыс оқу жоспарларына сәйкес дербес белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік органдар жұмылдыру бөлімшелерінің қызметкерлері қатарынан білім алушылар үшін практика саны мен ұзақтығы жұмылдыру дайындығы саласындағы уәкілетті органмен келісу бойынша белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 26.01.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 49</w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1258,91 +1296,109 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Қазақстан Республикасының Қорғаныс министрлігіне ведомстволық бағынысты әскери оқу орындарында білім алушылардың кәсіптік практикасын және тағылымдамасын ұйымдастыру және өткізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. Әскери білім мәселелеріне жетекшілік ететін құрылымдық бөлімше әскери оқу орындарының өтінімдері бойынша жыл сайын күнтізбелік жыл алдындағы жылдың 1 қыркүйегінде кәсіптік практика мен тағылымдамадан өту кестесін әзірлейді. Кестеде тізімдік құрам, кәсіптік практика мен тағылымдаманың мерзімдері мен өтетін орны көрсетіледі.</w:t>
+        <w:t xml:space="preserve">
+      5. Қазақстан Республикасы Қорғаныс министрлігінің әскери білім беру мәселелеріне жетекшілік ететін құрылымдық бөлімшесі әскери оқу орындарының өтінімдері бойынша кәсіптік практика мен әскери тағылымдама (тағылымдама) басталғанға дейін бір айдан кешіктірмей кәсіптік практика мен әскери тағылымдамадан (тағылымдамадан) өту графигін әзірлейді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Графикте мамандық (біліктілік) бойынша білім алушылар саны, кәсіптік практика мен әскери тағылымдаманың (тағылымдаманың) мерзімі мен одан өту орны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 30.04.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 272</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1399,130 +1455,192 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Кәсіптік практикадан өту үшін ӘОО-ның білім алушысына жеке тапсырма мен практика күнделігі беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Келгеннен кейін білім алушылар олар практика өтетін әскери бөлімдер мен мекемелер басшысының бұйрығымен лауазымға тағайындалады.</w:t>
+      8. Білім алушылар келгеннен кейін олар практика өтетін әскери бөлімдер мен мекемелер (мемлекеттік органдар) басшысының бұйрығымен лауазымға тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сырқаты және басқа да дәлелді себептермен курспен бір уақытта кәсіптік практикадан өтпеген білім алушылар үшін ӘОО бастығының шешімімен қосымша ӘОО оқу процесін қамтамасыз ету бөлімшелерінде ұзақтығы 15-20 күнтізбелік күн одан өту ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Білім алушылар әскери тәртіпті, күн тәртібін өрескел бұзуға жол берген жағдайда практика жетекшілері ӘОО бастығымен келісу бойынша білім алушылардың кәсіптік практикадан өтуін тоқтатады және оларды ӘОО-ға "F", "FX" (қанағаттанарлықсыз) бағасын қоюмен жолдайды.</w:t>
+      10. Білім алушылар әскери тәртіпті (еңбек тәртібін), күн тәртібін (қызмет уақыты регламентін) өрескел бұзуға жол берген жағдайда практика жетекшілері ӘОО бастығымен келісу бойынша білім алушылардың кәсіптік практикадан өтуін тоқтатады және оларды "F", "FX" (қанағаттанарлықсыз) бағасын қоюмен ӘОО-ға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Қорғаныс министрінің 26.01.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 49</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1541,74 +1659,198 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Кәсіптік практика аяқталғаннан кейін әрбір білім алушыға оның тікелей жетекшісі кәсіптік практикадан өткені және жеке тапсырманы орындағаны туралы жазбаша пікір жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Пікір ӘОО-дан кәсіптік практиканың жетекшісімен келісіледі, әскери бөлімнің немесе білім алушы кәсіптік практикадан өткен мекеменің командирі бекітеді.</w:t>
+      12. Пікір ӘОО-дан кәсіптік практиканың жетекшісімен келісіледі, білім алушы кәсіптік практикадан өткен әскери бөлім немесе мекеме командирі (мемлекеттік органның, мемлекеттік орган құрылымдық бөлімшесінің басшысы) бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Практиканың тікелей жетекшісі күн сайын жеке жоспардың орындалуына бақылауды жүзеге асырады, білім алушыға кәсіптік практикадан өту бойынша әдістемелік және практикалық көмек көрсетеді, білім алушының жұмысын ұдайы есепке алу мен бағалауды, олардың тиісті құжаттаманы жүргізуіне, тәртіп пен ішкі тәртіпті сақтауына бақылауды жүзеге асырады, кәсіптік практика аяқталғаннан кейін кемінде 3 күн бұрын білім алушыға мінездеме жасайды және оны әскери бөлімнің немесе мекеменің командиріне бекітуге ұсынады.</w:t>
+      13. Практиканың тікелей жетекшісі күн сайын жеке жоспардың орындалуын бақылауды жүзеге асырады, білім алушыға кәсіптік практикадан өту бойынша әдістемелік және практикалық көмек көрсетеді, білім алушының жұмысын ұдайы есепке алу мен бағалауды, олардың тиісті құжаттаманы жүргізуін, тәртіп пен ішкі тәртіпті сақтауын бақылауды жүзеге асырады, білім алушының жеке және іскерлік қасиеттерін зерделейді, кәсіптік практика аяқталғанға дейін кемінде 3 жұмыс күні бұрын білім алушыға мінездеме жасайды және оны әскери бөлім немесе мекеме (мемлекеттік орган, мемлекеттік орган құрылымдық бөлімшесінің басшысына) командиріне бекітуге ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Білім алушыға мінездемеде жеке жоспарды орындау сапасы, білім алушының лауазымдық міндеттерді орындауға даярлық дәрежесі, нормативтік құқықтық құжаттарды білуі және оларды күнделікті қызметте қолдана білуі, моральдық-жігерлік қасиеттері, тәртіптілігі, жалпы мәдени даму деңгейі, білім алушыны қызметте пайдалану жөніндегі ұсынымдар көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1617,70 +1859,132 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Практиканың тікелей жетекшісі мінездемеде практика үшін баға қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      Кәсіптік практикадан өтуді, практика қорытындыларын шығаруды бақылауды, практика нәтижелерін қорытындылау мен талдауды, оны жетілдіру жөніндегі ұсынымдарды Қазақстан Республикасының Қорғаныс министрлігінің Білім және ғылым департаменті жүзеге асырады. </w:t>
+        <w:t>
+      Әскери бөлімнің немесе мекеменің командирі (мемлекеттік органның, мемлекеттік орган құрылымдық бөлімшесінің басшысы) білім алушыларға жасалған және қол қойылған құжаттардың дұрыс болуын және білім алушыға қойылған бағаның объективтілігін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіптік практикадан өтуді, практика қорытындыларын шығаруды бақылауды, практика нәтижелерін қорытындылау мен талдауды, оны жетілдіру жөніндегі ұсынымдарды Қазақстан Республикасының Қорғаныс министрлігінің Білім және ғылым департаменті жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармаққа өзгеріс енгізілді - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Кәсіптік практиканың қорытындыларын шығару</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1755,181 +2059,221 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15-1. Қашықтан оқыту нысанында білім алумен қатар жұмыс істейтін адамдар, егер олардың көрсетілген ұйымдарда жүзеге асыратын кәсіптік қызметі практиканың мазмұны мен жоспарланатын нәтижесінің талаптарына сәйкес келетін болса, педагогикалық (зерттеу) практикасын және тағылымдаманы жұмыс істейтін орны бойынша ұйымдарда өтеді. Бұл ретте практиканы өту орнын дербес таңдауға жол беріледі. Практикадан өту мерзімін Университет жұмыс оқу жоспарына және академиялық күнтізбеге сәйкес белгілейді.</w:t>
+      15-1. Қашықтан оқыту форматында білім алумен қатар жұмыс істейтін адамдар, егер олар жүзеге асыратын кәсіби қызмет практиканың мазмұнына қойылатын талаптарға және жоспарланатын нәтижесіне сәйкес келетін болса, педагогикалық (зерттеу) практиканы және тағылымдаманы жұмыс істейтін орны бойынша өтеді. Бұл ретте практикадан өту орнын дербес таңдауға жол беріледі. Практикадан өту мерзімін Университет жұмыс оқу жоспарына және академиялық күнтізбеге сәйкес белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағида 15-1-тармақпен толықтырылды – ҚР Қорғаныс министрінің 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15-2. Жұмыс орны бойынша өтетін практикаға жетекшілік ету үшін университеттің бітіретін кафедрасының профессор-оқытушы құрамына жататын адамдар қатарынан практика жетекшісі және практика өтетін ұйымның қызметкерлері қатарынан практика жетекшісі тағайындалады.</w:t>
+      15-2. Жұмыс орны бойынша өтетін практикаға жетекшілік ету үшін университеттің бітіретін кафедрасының профессор-оқытушы құрамына жататын адамдар қатарынан практика жетекшісі және практика өтетін орынның жетекшісі тағайындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағида 15-2-тармақпен толықтырылды – ҚР Қорғаныс министрінің 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2001,90 +2345,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15-4. Білім алушы кәсіптік практиканы аяқтағаннан кейін ұйымның практика жетекшісі жасаған және университеттен жетекшімен келісілген практикадан өту туралы пікір ұсынады.</w:t>
+      15-4. Білім алушы кәсіптік практиканы аяқтағаннан кейін жұмыс орны бойынша практика жетекшісі жасаған және университет жетекшісімен келісілген практикадан өту туралы пікір ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағида 15-4-тармақпен толықтырылды – ҚР Қорғаныс министрінің 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 49</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Қорғаныс министрінің 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3376,55 +3740,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3750,31 +4114,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>