--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8814f45" w14:textId="8814f45">
+    <w:p w14:paraId="f4cb784" w14:textId="f4cb784">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -730,68 +730,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Қорғаныс министрлігіне ведомстволық бағынысты әскери оқу орындарына ауыстыру және қайта қабылдау қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      Ескерту. Тақырыпқа орыс тілінде өзгеріс енгізіледі, қазақ тіліндегі мәтін өзгермейді - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Қорғаныс министрінің 26.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 667</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z359" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z300" w:id="8"/>
     <w:p>
@@ -1011,604 +1049,702 @@
         <w:t>
       Академиялық айырмашылықты тапсыру кезінде пәннен қанағаттанарлықсыз баға алған кезде қайта тапсыруға жол берілмейді, ал білім алушы академиялық үлгермеушілігіне байланысты ӘОО-дан оқудан шығарылуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z311" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Білім алушыны шетел білім беру ұйымынан ауыстыру немесе қайта қабылдау кезінде академиялық анықтама немесе транскрипт беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z312" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Шетелде жалпы орта немесе техникалық және кәсіптік білім алған білім алушы шетел білім беру ұйымынан ауыстырылған немесе қайта қабылданған кезде Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі № 230 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларында (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33219 болып тіркелген) белгіленген тәртіппен Қазақстан Республикасында тану немесе нострификациялау рәсімінен өткен білімін аяқтағаны туралы құжат беріледі.</w:t>
+      Шетелде жалпы орта немесе техникалық және кәсіптік білім алған білім алушы шетел білім беру ұйымынан ауыстыру немесе қайта қабылдау кезінде Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі № 230 бұйрығымен бекітілген Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33219 болып тіркелген) белгіленген тәртіппен Қазақстан Республикасында тану рәсімінен өткен білімін аяқтағаны туралы құжат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шетелде жоғары немесе жоғары оқу орындарынан кейінгі білім алған білім алушы шетел білім беру ұйымынан ауыстыру немесе қайта қабылдау кезінде Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 12 маусымдағы № 268 бұйрығымен бекітілген Білімі туралы құжаттарды тану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32800 болып тіркелді) белгіленген тәртіппен Қазақстан Республикасында тану рәсімінен өткен білімін аяқтағаны туралы құжат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1593</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z313" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. ӘОО-ға ауыстыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z313" w:id="21"/>
+    <w:bookmarkStart w:name="z314" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Білім алушыны ӘОО-ға сол ӘОО ішінде бір мамандықтан басқасына, бір ӘОО-дан басқасына, басқа білім беру ұйымынан (бұдан әрі – оқу орны) ауыстыру жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z315" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Білім алушыны бір оқу орнынан басқасына ауыстыру мынадай тәртіппен жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z316" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім алушы оқып жатқан оқу орны немесе ӘОО басшысының атына ауысу себебі түсіндірілген құжаттарды қоса беріп, ауысу туралы баянат (өтініш) береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z317" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оқу орнының немесе ӘОО-ның басшысынан ауысуға жазбаша келісім алған кезде баянат академиялық анықтамамен немесе транскриптпен және мінездемемен бірге әскери білім беру мәселелеріне жетекшілік ететін құрылымдық бөлімшеге жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z318" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әскери білім беру мәселелеріне жетекшілік ететін құрылымдық бөлімше 10 (он) жұмыс күні ішінде ұсынылған құжаттар негізінде білім алушыны ӘОО-ға ауыстыру немесе ауыстырудан бас тарту туралы шешім қабылдайды, оң шешім қабылданған кезде құжаттар 3 (үш) жұмыс күні ішінде білім алушы ауысатын ӘОО-ға жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z319" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бұрын білім алушы оқыған оқу орнының немесе ӘОО-ның басшысы әскери білім беру мәселелеріне жетекшілік ететін құрылымдық бөлімшеден оң шешім алғаннан кейін 7 (жеті) жұмыс күні ішінде "ауысуына байланысты оқудан шығарылды" деген тұжырым бар білім алушыны оқудан шығару туралы бұйрық шығарады және оқудан шығару туралы бұйрық шыққан күннен бастап 3 (үш) жұмыс күні ішінде білім алушыны нұсқамамен жібереді, білім алушының жеке ісін қабылдайтын ӘОО-ға жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z320" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қабылдайтын ӘОО-ның басшысы білім алушы келісімен оқуға қабылдау туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z321" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. ӘОО-ға ауыстыру тәртібі</w:t>
-[...139 lines deleted...]
-      5) қабылдайтын ӘОО-ның басшысы білім алушы келісімен оқуға қабылдау туралы бұйрық шығарады.</w:t>
+        <w:t xml:space="preserve"> 3-тарау. ӘОО-ға қайта қабылдау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z321" w:id="29"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. ӘОО-ға қайта қабылдау тәртібі</w:t>
+    <w:bookmarkStart w:name="z322" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Білім алушыны ӘОО-ға қайта қабылдау, егер ол бұрын кемінде бір семестрді табысты аяқтаса, тиісті білім беру деңгейі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z322" w:id="30"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z323" w:id="31"/>
+    <w:bookmarkStart w:name="z323" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Азаматты оқуға қайта қабылдау мынадай тәртіппен жүзеге асырылады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) азамат әскери білім беру мәселелеріне жетекшілік ететін құрылымдық бөлімше басшысының атына немесе "электрондық үкімет" www.egov.kz веб-порталына (бұдан әрі – портал) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасы қойылған не ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі тіркелген және порталдың есептік жазбасына қосылған жағдайда бір реттік парольмен куәландырылған өзі таңдаған ӘОО-ға қайта қабылдау туралы еркін нысанда өтініш береді. Қайта қабылдау туралы өтінішке транскрипт қоса беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z325" w:id="32"/>
+    <w:bookmarkStart w:name="z325" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әскери білім беру мәселесіне жетекшілік ететін құрылымдық бөлімше 10 (он) жұмыс күні ішінде ұсынылған құжаттар негізінде жоғары әскери оқу орнына қайта қабылдау немесе одан бас тарту туралы шешім қабылдайды, оң шешім қабылданған кезде 3 (үш) жұмыс күні ішінде азамат таңдаған құжаттарды әскери жоғары оқу орнына жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z326" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілетін қызметті берушінің құжаттамалық қамтамасыз ету бөлімі көрсетілетін қызметті алушының өтінішін ол өтініш жасаған күні тіркейді. Тіркегеннен кейін өтініштің көшірмесін мөртаңба қойып, кіріс нөмірі мен тіркелген күнін көрсетіп көрсетілетін қызметті алушыға береді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z326" w:id="33"/>
-[...15 lines deleted...]
-      3) көрсетілетін қызметті берушінің құжаттамалық қамтамасыз ету бөлімі көрсетілетін қызметті алушының өтінішін ол өтініш жасаған күні тіркейді. Тіркегеннен кейін өтініштің көшірмесін мөртаңба қойып, кіріс нөмірі мен тіркелген күнін көрсетіп көрсетілетін қызметті алушыға береді.</w:t>
+    <w:bookmarkStart w:name="z327" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы өтініш жасаған кезде көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік қызметті көрсетуге өтініштің қабылданғаны туралы ақпарат жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z327" w:id="34"/>
-[...15 lines deleted...]
-      Портал арқылы өтініш жасаған кезде көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік қызметті көрсетуге өтініштің қабылданғаны туралы ақпарат жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z328" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы құжат топтамасын толық ұсынбаған және/немесе қолдану мерзімі өткен құжаттарды ұсынған жағдайда көрсетілетін қызметті беруші көрсетілетін қызметті алушы жүгінген күні оның өтінішін қабылдаудан бас тартады, ал портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" бас тарту туралы ақпарат жіберіледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z328" w:id="35"/>
-[...15 lines deleted...]
-      Көрсетілетін қызметті алушы құжат топтамасын толық ұсынбаған және/немесе қолдану мерзімі өткен құжаттарды ұсынған жағдайда көрсетілетін қызметті беруші көрсетілетін қызметті алушы жүгінген күні оның өтінішін қабылдаудан бас тартады, ал портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" бас тарту туралы ақпарат жіберіледі;</w:t>
+    <w:bookmarkStart w:name="z329" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) көрсетілетін қызметті берушінің құжаттамалық қамтамасыз ету бөлімшесі көрсетілетін қызметті алушының өтінішін тіркеген күні қоса берілген құжаттарымен бірге уәкілетті органның басшысына береді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z329" w:id="36"/>
-[...15 lines deleted...]
-      4) көрсетілетін қызметті берушінің құжаттамалық қамтамасыз ету бөлімшесі көрсетілетін қызметті алушының өтінішін тіркеген күні қоса берілген құжаттарымен бірге уәкілетті органның басшысына береді;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ӘОО әскери білім беру мәселесіне жетекшілік ететін құрылымдық бөлімшеден шешімді алғаннан кейін 3 (үш) жұмыс күні ішінде академиялық айырмашылықты, мамандықты және оқу курсын айқындайды, әскери білім беру мәселесіне жетекшілік ететін құрылымдық бөлімшені академиялық айырмашылықтың болуы туралы хабардар етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z330" w:id="37"/>
-[...15 lines deleted...]
-      5) ӘОО әскери білім беру мәселесіне жетекшілік ететін құрылымдық бөлімшеден шешімді алғаннан кейін 3 (үш) жұмыс күні ішінде академиялық айырмашылықты, мамандықты және оқу курсын айқындайды, әскери білім беру мәселесіне жетекшілік ететін құрылымдық бөлімшені академиялық айырмашылықтың болуы туралы хабардар етеді;</w:t>
+    <w:bookmarkStart w:name="z331" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уәкілетті органның басшысы 1 (бір) жұмыс күні ішінде өтінішті жауапты орындаушыға орындауға жібереді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z331" w:id="38"/>
-[...15 lines deleted...]
-      6) уәкілетті органның басшысы 1 (бір) жұмыс күні ішінде өтінішті жауапты орындаушыға орындауға жібереді;</w:t>
+    <w:bookmarkStart w:name="z332" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) орындаушы өтінішті қабылдағаннан кейін әскери оқу орнына қалпына келтіру үшін академиялық айырмашылықтың, мамандық пен оқу курсының мақсатқа сәйкестігі және оларды айқындау туралы сұрау салуды жібереді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z332" w:id="39"/>
-[...15 lines deleted...]
-      7) орындаушы өтінішті қабылдағаннан кейін әскери оқу орнына қалпына келтіру үшін академиялық айырмашылықтың, мамандық пен оқу курсының мақсатқа сәйкестігі және оларды айқындау туралы сұрау салуды жібереді;</w:t>
+    <w:bookmarkStart w:name="z333" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) әскери білім беру мәселесіне жетекшілік ететін құрылымдық бөлімше 10 (он) жұмыс күні ішінде әскери жоғары оқу орнын және азаматты қайта қабылдау мүмкіндігі туралы хабардар етеді, азамат жеке куәлігінің, академиялық анықтама немесе транскрипт түпнұсқасымен бірге әскери жоғары оқу орнына оған белгіленген мерзімде келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z333" w:id="40"/>
-[...15 lines deleted...]
-      8) әскери білім беру мәселесіне жетекшілік ететін құрылымдық бөлімше 10 (он) жұмыс күні ішінде әскери жоғары оқу орнын және азаматты қайта қабылдау мүмкіндігі туралы хабардар етеді, азамат жеке куәлігінің, академиялық анықтама немесе транскрипт түпнұсқасымен бірге әскери жоғары оқу орнына оған белгіленген мерзімде келеді.</w:t>
+    <w:bookmarkStart w:name="z334" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ӘОО басшысы құжаттардың түпнұсқасын тексергеннен кейін оқуға қайта қабылдау туралы бұйрық шығарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z334" w:id="41"/>
-[...15 lines deleted...]
-      9) ӘОО басшысы құжаттардың түпнұсқасын тексергеннен кейін оқуға қайта қабылдау туралы бұйрық шығарады.</w:t>
+    <w:bookmarkStart w:name="z335" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметті көрсету нәтижесі қағаз түрінде көрсетілетін қызметті берушінің құжаттамалық қамтамасыз ету бөлімшесі арқылы беріледі, ал электрондық түрде көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасы қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z335" w:id="42"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z336" w:id="43"/>
+    <w:bookmarkStart w:name="z336" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы құжат топтамасын толық ұсынбаған жағдайда және (немесе) қолдану мерзімі өткен құжатты ұсынғанда көрсетілетін қызметті беруші осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушы жүгінген күні оның өтінішін қабылдаудан бас тартады, ал портал арқылы жүгінгенде көрсетілетін қызметті алушының "жеке кабинетіне" бас тарту туралы ақпарат жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік қызметті көрсету нәтижесі қағаз түрінде көрсетілетін қызметті берушінің құжаттамалық қамтамасыз ету бөлімшесі арқылы беріледі, ал электрондық түрде көрсетілетін қызметті беруші уәкілетті адамының электрондық цифрлық қолтаңбасы қойылған осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1665,151 +1801,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z338" w:id="44"/>
+    <w:bookmarkStart w:name="z338" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі. Тыңдау нәтижесі бойынша көрсетілетін қызметті беруші әскери оқу орнына қайта қабылдау мүмкіндігі немесе қайта қабылдаудан бас тарту туралы шешім қабылдайды. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсетуден бас тарту себептерін жойған жағдайда көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін қайта өтініш жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z339" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z339" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшелігін ескеріп, мәліметтер (бұдан әрі – Тізбе) Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z340" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Көрсетілетін қызметті алушы өтініш жасаған кезде мемлекеттік қызметті көрсету үшін қажетті құжаттар тізбесі Тізбенің 8-тармағында айқындалған.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z340" w:id="46"/>
-[...15 lines deleted...]
-      15. Көрсетілетін қызметті алушы өтініш жасаған кезде мемлекеттік қызметті көрсету үшін қажетті құжаттар тізбесі Тізбенің 8-тармағында айқындалған.</w:t>
+    <w:bookmarkStart w:name="z341" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мемлекеттік қызмет көрсету нәтижесі Тізбенің 5-тармағында айқындалған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z341" w:id="47"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z342" w:id="48"/>
+    <w:bookmarkStart w:name="z342" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1824,71 +1960,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметті көрсету сатысы туралы деректер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Көлік және коммуникациялар министрінің міндетін атқарушының 2013 жылғы 14 маусымдағы № 452 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8555 болып тіркелген) сәйкес көрсетілетін қызметті беруші мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызмет көрсетуді мониторингтеудің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z343" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидаларға өзгерістер мен (немесе) толықтырулар енгізілген кезде әскери білім беру мәселесіне жетекшілік ететін құрылымдық бөлімше тиісті нормативтік құқықтық актіні әділет органында мемлекеттік тіркегеннен кейін 3 (үш) жұмыс күні ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторына, көрсетілетін қызметті берушінің Бірыңғай байланыс орталығына осындай өзгерістер мен (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z343" w:id="49"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4939,55 +5075,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>