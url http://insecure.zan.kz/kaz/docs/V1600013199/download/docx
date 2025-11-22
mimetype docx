--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="88f736d" w14:textId="88f736d">
+    <w:p w14:paraId="0336f3b" w14:textId="0336f3b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3629,180 +3629,198 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z57" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. Әскери оқу орындарының оқитындар құрамына қабылдауға конкурс өткізу кезінде көрсеткіштері бірдей болған жағдайда:</w:t>
+      29. Әскери оқу орындарына қабылдауға конкурс өткізу кезінде тиісті деңгейдегі білім беру бағдарламаларын іске асыратын әскери оқу орындарына оқуға қабылдау қағидаларына сәйкес конкурстық іріктеудің барлық кезеңдерінен сәтті өткен жағдайда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жетім балалар және ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+      жетім балалар мен ата-анасының қамқорлығынсыз қалған балалардың;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      әскери даярлық бойынша қосымша бағдарламалары бар білім беру ұйымдарының түлектері;</w:t>
+      кемінде екі жыл кезең ішінде жас сарбаз, жас айбын ретінде әскерге дейінгі даярлықтан өткен азаматтар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қызмет өткеру уақытында қаза болған, хабарсыз кеткен немесе әскери қызмет өткеру кезеңінде мүгедектік алған әскери қызметшілердің балалары;</w:t>
+      теріс себептер бойынша қызметтен босатылған әскери қызметшілерді қоспағанда, қызмет өтілі кемінде он бес жыл әскери қызметшілердің, сондай-ақ, жиырма және одан да көп жыл қызмет өтілімен әскери қызметтен босатылған әскери қызметшілердің балаларының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Алтын белгі" белгісімен марапатталған адамдар;</w:t>
+      әскери қызмет өткеру кезінде қаза болған, хабарсыз кеткен немесе әскери қызмет өткеру кезеңінде мүгедектік алған әскери қызметшілердің балаларының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тізбесін білім беру саласындағы уəкілетті орган айқындайтын, соңғы үш жылда жалпы білім беретін пəндер бойынша халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылардың республикалық жəне халықаралық конкурстарының жəне спорттық жарыстардың бірінші - үшінші дəрежелі дипломдармен наградталған жеңімпаздарының, өздері таңдаған мамандық олимпиаданың немесе конкурстың пəніне сəйкес келген жағдайда, ағымдағы жылы жалпы білім беретін пəндер бойынша президенттік, республикалық олимпиадалар мен ғылыми жобалар конкурстарының бірінші - үшінші дəрежелі дипломдармен наградтталған жеңімпаздарының басым құқығы бар.</w:t>
+      "Алтын белгі" белгісімен марапатталған адамдардың;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тізбесін білім беру саласындағы уəкілетті орган айқындайтын, соңғы үш жылда жалпы білім беретін пəндер бойынша халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылардың республикалық жəне халықаралық конкурстарының жəне спорттық жарыстардың бірінші - үшінші дəрежелі дипломдармен наградталған жеңімпаздарының, өздері таңдаған мамандық олимпиаданың немесе конкурстың пəніне сəйкес келген жағдайда, ағымдағы жылы жалпы білім беретін пəндер бойынша президенттік, республикалық олимпиадалар мен ғылыми жобалар конкурстарының бірінші - үшінші дəрежелі дипломдарымен наградталған жеңімпаздарының басым құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 15.12.2017 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 845</w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 761</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -13784,176 +13802,203 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жоғары білім берудің білім беру</w:t>
+              <w:t>Жоғары білім берудің білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағдарламаларын іске асырып жатқан</w:t>
+              <w:t>беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы Ішкі істер</w:t>
+              <w:t>асырып жатқан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министрлігінің әскери, арнаулы оқу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Ішкі істер министрлігінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әскери, арнаулы оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>орындарына оқуға қабылдау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>қағидаларына 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z140" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ІІМ әскери оқу орындарына кандидаттарға арналған дене</w:t>
-[...23 lines deleted...]
-        <w:t>бағалау</w:t>
+        <w:t xml:space="preserve"> ІІМ әскери оқу орындарына кандидаттарға арналған дене шынықтыру даярлығы бойынша нормативтер және балл есептеуді бағалау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Ішкі істер министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 761</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -14418,50 +14463,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Өте жақсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -14492,95 +14555,112 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Өте жақсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12-ден кем әрбір 0.1 сек үшін 2 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14603,51 +14683,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.30. мин кем әрбір 3 сек үшін 1 балл қосылады</w:t>
+11.30. мин кем әрбір 3 сек үшін 1 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -14784,130 +14864,150 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.30</w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -15087,87 +15187,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79</w:t>
+99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.33</w:t>
+10.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -15347,87 +15447,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78</w:t>
+98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.36</w:t>
+10.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -15607,87 +15707,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77</w:t>
+97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.39</w:t>
+10.39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -15867,87 +15967,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76</w:t>
+96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.42</w:t>
+10.42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -16127,87 +16227,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76</w:t>
+95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.45</w:t>
+10.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -16387,87 +16487,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.00</w:t>
+10.48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -16647,87 +16747,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74</w:t>
+93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.03</w:t>
+10.51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -16907,87 +17007,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73</w:t>
+92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.06</w:t>
+10.54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -17167,87 +17267,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72</w:t>
+91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.09</w:t>
+10.57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -17427,87 +17527,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71</w:t>
+90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.12</w:t>
+11.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -17687,631 +17787,631 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
+89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.15</w:t>
+11.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...107 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...65 lines deleted...]
-13.2</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69</w:t>
+76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.18</w:t>
+13.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жақсы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...65 lines deleted...]
-10</w:t>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74</w:t>
+87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.3</w:t>
-[...84 lines deleted...]
-11.21</w:t>
+11.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -18491,129 +18591,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67</w:t>
+86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.24</w:t>
+11.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қанағаттанарлық</w:t>
+қанағаттанарлық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18775,87 +18875,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
+85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.27</w:t>
+11.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
@@ -19035,151 +19135,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65</w:t>
+84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.30</w:t>
+11.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
-            <w:tcBorders>
-[...51 lines deleted...]
-          <w:p/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -19267,468 +19377,323 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64</w:t>
+83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.33</w:t>
+11.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63</w:t>
+64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.36</w:t>
+13.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -19767,8806 +19732,8436 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.39</w:t>
+13.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...69 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.42</w:t>
+14.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...24 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-60</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жақсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.45</w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...164 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.48</w:t>
+14.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-50</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қанағаттанарлық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.2</w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58</w:t>
+77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.51</w:t>
+11.39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...164 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57</w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.54</w:t>
+14.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.57</w:t>
+14.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.00</w:t>
+14.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.03</w:t>
+14.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
-[...67 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53</w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.06</w:t>
+14.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...55 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            </w:r>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.8</w:t>
-[...14 lines deleted...]
-          <w:p/>
+72</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
-[...35 lines deleted...]
-12.09</w:t>
+11.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...112 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
+71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.12</w:t>
+11.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...112 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.15</w:t>
+11.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
-[...125 lines deleted...]
-12.18</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.21</w:t>
+11.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...112 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47</w:t>
+67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.24</w:t>
+11.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...112 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
+66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.27</w:t>
+11.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...112 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
+65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.30</w:t>
+11.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
+64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.33</w:t>
+11.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
+63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.36</w:t>
+11.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
+62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.39</w:t>
+11.39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.42</w:t>
+11.42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.45</w:t>
+11.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
-[...125 lines deleted...]
-12.48</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
+58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.51</w:t>
+11.51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
+57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.54</w:t>
+11.54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
+56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.56</w:t>
+11.57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.58</w:t>
+12.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
+54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.00</w:t>
+12.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
+53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.02</w:t>
+12.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
+52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.04</w:t>
+12.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
+51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.06</w:t>
+12.12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...88 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.08</w:t>
+12.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
-[...12 lines deleted...]
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жақсы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
+49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.12</w:t>
+12.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.14</w:t>
+12.21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.16</w:t>
+12.24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
+46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.18</w:t>
+12.27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.20</w:t>
+12.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.22</w:t>
+12.33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.24</w:t>
+12.36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.26</w:t>
+12.39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...69 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.28</w:t>
+12.42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қанағаттанарлық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -35693,55 +35288,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>