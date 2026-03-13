--- v0 (2025-10-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9317e50" w14:textId="9317e50">
+    <w:p w14:paraId="ab4c820" w14:textId="ab4c820">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4782,250 +4782,202 @@
       47. ҰҚК Шекара академиясына түсуге арналған конкурсты өткізу кезінде осы Қағидаларға сәйкес конкурстық іріктеудің барлық кезеңдерін сәтті өту шартымен мыналар басым құқыққа ие болады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жетім-балалар мен ата-анасының қамқорлығынсыз қалған балалар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жас сарбаз, жас айбын ретінде кемінде екі жыл мерзім ішінде әскерге шақыру алдындағы даярлықтан өткен азаматтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызмет өткеру уақытында қаза тапқан, хабар-ошарсыз кеткен немесе əскери қызмет өткерген кезеңде мүгедек болып қалған əскери қызметшілердің балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      теріс себептермен жұмыстан шығарылғандарды қоспағанда, кемінде он бес жыл еңбек сіңірген әскери қызметшілердің, сондай-ақ жиырма және одан да көп жыл еңбек сіңірген әскери қызметтен босатылған адамдардың балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Алтын белгі" белгісімен марапатталған адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тізбесін білім беру саласындағы уəкілетті орган айқындайтын, соңғы үш жылда жалпы білім беретін пəндер бойынша халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың), орындаушылардың республикалық жəне халықаралық конкурстарының жəне спорттық жарыстардың бірінші – үшінші дəрежелі дипломдармен наградталған жеңімпаздары, өздері таңдаған мамандық олимпиаданың немесе конкурстың пəніне сəйкес келген жағдайда, ағымдағы жылы жалпы білім беретін пəндер бойынша президенттік, республикалық олимпиадалар мен ғылыми жобалар конкурстарының бірінші – үшінші дəрежелі дипломдармен наградталған жеңімпаздары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 47-тармақпен толықтырылды - ҚР Ұлттық қауіпсіздік комитеті Төрағасының 12.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74/қе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      47-тармақтың үшінші абзацы 01.01.2026 қолданысқа енгізіледі - ҚР Ұлттық қауіпсіздік комитеті Төрағасының 12.08.2025 </w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 74/қе</w:t>
-[...143 lines deleted...]
-        <w:t xml:space="preserve"> (19.09.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -22977,55 +22929,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>