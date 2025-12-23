--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="146c377" w14:textId="146c377">
+    <w:p w14:paraId="8cfa2a2" w14:textId="8cfa2a2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,10407 +85,11586 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Солтүстік Қазақстан облысы Қызылжар ауданының аумағында сайлау учаскелерін құру туралы" Солтүстік Қазақстан облысы Қызылжар ауданы әкімінің 2014 жылғы 03 сәуірдегі № 07 шешіміне өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Солтүстік Қазақстан облысы Қызылжар аудандық әкімінің 2015 жылғы 26 ақпандағы № 02 шешімі. Солтүстік Қазақстан облысының Әділет департаментінде 2015 жылғы 2 наурызда N 3125 болып тіркелді</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы Қызылжар аудандық әкімінің 2015 жылғы 26 ақпандағы № 02 шешімі. Солтүстік Қазақстан облысының Әділет департаментінде 2015 жылғы 2 наурызда N 3125 болып тіркелді. Күші жойылды - Солтүстік Қазақстан облысы Қызылжар ауданы әкімінің 2025 жылғы 30 қыркүйектегі № 13 шешімімен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "Нормативтік құқықтық актілер туралы" Қазақстан Республикасының 1998 жылғы 24 наурыздағы Заңының </w:t>
+        <w:t xml:space="preserve">
+      "Нормативтік құқықтық актілер туралы" Қазақстан Республикасының 1998 жылғы 24 наурыздағы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21 бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Солтүстік Қазақстан облысы Қызылжар ауданының әкімі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ШЕШТІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      1. "Солтүстік Қазақстан облысы Қызылжар ауданының аумағында сайлау учаскелерін құру туралы" Солтүстік Қазақстан облысы Қызылжар ауданы әкімінің 2014 жылғы 03 сәуірдегі №07 </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. "Солтүстік Қазақстан облысы Қызылжар ауданының аумағында сайлау учаскелерін құру туралы" Солтүстік Қазақстан облысы Қызылжар ауданы әкімінің 2014 жылғы 03 сәуірдегі №07 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2014 жылғы 30 сәуірдегі №2695 нормативтік құқықтық актілерін мемлекеттік тіркеу Тізілімінде тіркелген, 2014 жылғы 30 мамырдағы №22 (5473) "Маяк" газетінде, 2014 жылғы 30 мамырдағы № 22 (569) "Қызылжар" газетінде жарияланған) келесі өзгерістер енгізілсін:</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      аталған шешімнің </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аталған шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> осы шешімнің </w:t>
+        <w:t xml:space="preserve"> осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
-      <w:r>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Осы шешімнің орындалуын бақылау Солтүстік Қазақстан облысы Қызылжар ауданы әкімінің аппарат басшысы Ж.Х. Ақылбековаға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Осы шешім алғашқы ресми жарияланған күннен он күнтізбелік күн өткеннен кейін қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7791"/>
-        <w:gridCol w:w="4209"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z9" w:id="1"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Солтүстік Қазақстан облысы</w:t>
-[...13 lines deleted...]
-      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қызылжар ауданының әкімі</w:t>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="1"/>
-[...17 lines deleted...]
-          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Б. Жұмабеков</w:t>
+              <w:t>Қызылжар ауданының әкімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z10" w:id="2"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      КЕЛІСІЛДІ</w:t>
-[...2 lines deleted...]
-              <w:br/>
+              <w:t>Б. Жұмабеков</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-      </w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...13 lines deleted...]
-      </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Солтүстік Қазақстан облысы</w:t>
-[...71 lines deleted...]
-              <w:t>2015 жылғы 26 ақпан</w:t>
+              <w:t>КЕЛІСІЛДІ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="2"/>
-[...17 lines deleted...]
-          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Н.Қ. Сұлтанғазин</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...40 lines deleted...]
-          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызылжар аудандық сайлау</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комиссиясының төрағасы</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 26 ақпан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
-[...48 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Н.Қ. Сұлтанғазин</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z12" w:id="4"/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Солтүстік Қазақстан облысы Қызылжар ауданы әкімінің 2014 жылғы 03 сәуірдегі № 07 шешіміне қосымша</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы Қызылжар ауданы әкімінің 2015 жылғы 26 ақпандағы № 02 шешіміне қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы Қызылжар ауданы әкімінің 2014 жылғы 03 сәуірдегі № 07 шешіміне қосымша</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Сайлау учаскелері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) № 286 сайлау учаскесі</w:t>
       </w:r>
-      <w:r>
-[...9489 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Архангельск ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Архангелка орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учаскенің шекарасы: Архангельск ауылы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) № 287 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Новокаменка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Новокаменка орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Новокаменка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) № 288 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Асаново ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Асаново орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Асаново ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) № 289 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Толмачевка ауылы, медициналық пункт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Толмачевка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) № 290 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Михайловка ауылы, бұрынғы мектеп ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Михайловка ауылы, Малое Белое ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) № 291 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Плоское ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Плоское бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Плоское ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) № 292 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Большая Малышка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Большая Малышка орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Большая Малышка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) № 293 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Барневка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Барневка бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Барневка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) № 294 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Гончаровка ауылы, фельдшерлік пункт ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Гончаровка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10) № 295 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Ташкентка ауылы, "СБИ-Агро" жауапкершілігі шектеулі серіктестігінің кеңсе ғимараты (келісім бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Ташкентка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) № 296 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Бескөл ауылы, Октябрь көшесі, 17, "Бескөл құс фабрикасы" жауапкершілігі шектеулі серіктестігінің кеңсе ғимараты (келісім бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мир көшесі- 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Октябрь көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16,19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пирогов көшесі-1, 3, 5, 7, 9, 11, 13, 15, 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лесная көшесі-1, 1а, 3, 5, 7, 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Райавтодор көшесі-1, 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Луговая көшесі-1, 2, 2а, 3,5, 6, 7, 8, 9, 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жұмабаев көшесі– 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бескөл көшесі– 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Садовая көшесі-5, 7, 12, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Полевая көшесі-2, 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Южный көшесі-2, 15, 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қызылжар көшесі-2, 3, 4, 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан көшесі-1, 2, 5, 8, 16, 18, 22, 24, 32, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Құрманғазы көшесі– 1, 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Труд көшесі-1, 5, 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солнечный көшесі-1, 5, 6, 7, 9, 10, 11, 12, 13, 14,15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фабричный көшесі-2, 3, 3а, 4, 7, 13, 14, 22, 24, 25, 26, 30, 32, 48, 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кәрім Сүтішев көшесі-1, 2, 3, 5,10, 13, 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Есенин көшесі- 4, 9, 10, 11, 20, 25, 31, 39, 40, 42, 43, 44, 46, 48, 50;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пушкин көшесі–8, 9, 10, 11, 12, 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Первомай көшесі-22, 24, 26, 34, 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сенатская көшесі– 5, 7, 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Степная көшесі-2, 3, 4, 11, 14, 15, 16, 17, 18, 19, 20, 23, 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Энтузиастар көшесі - 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әбілқайыр көшесі-3, 8, 12, 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дағыстан көшесі-1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ш.Уәлиханов, Ғ.Мүсірепов, С.Сейфуллин, Қ.Сәтпаев, М.Мәметова, Кенесары, Төле би, Қазыбек би, Райымбек батыр, Цветочная, Взлетная, Циолковский, Некрасов, Қонаев, Зеленая, Восточная, Магистральная, Конституция, М.Әуезов, Дня Республики, 60 лет Победы, Юбилейная, Авиаторная көшелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12) № 297 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Бескөл ауылы, Гагарин көшесі, 10, "Қазақстан Республикасы мәдениет және ақпарат министрлігі Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің Қызылжар аудандық мәдениет Үйі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комаров көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39, 41, 43, 45, 47, 49;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Калинин көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Озерная көшесі– 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24,26, 28, 30, 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Молодежная көшесі-1, 2, 3, 4, 5, 6, 7,9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Театральная көшесі–1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 37, 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пионерская көшесі-2, 2а, 4, 6, 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ленин көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Целинная көшесі-4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ульянов көшесі–1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дорожная көшесі-1, 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Строительная көшесі-1, 2, 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) № 298 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Бескөл ауылы, Новая көшесі, 20, ауыл шаруашылығы Министрлігінің аумақтық инспекция ғимараты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комаров көшесі – 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 72, 73;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Рабочая көшесі -1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Куйбышев көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30 ,31, 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Целинная көшесі-36, 38, 44, 56, 58, 60, 62;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Калинин көшесі-35, 35а, 36, 36а, 37, 38, 39, 40, 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Энергетиктер көшесі-1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53 ,54, 55, 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ломоносов көшесі–1, 2, 3, 4, 5, 6, 7, 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Амангелді көшесі– 1, 2, 3, 4, 5, 6, 7, 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Абай көшесі– 1, 2, 3, 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Интернациональная көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ипподромная көшесі– 1, 2, 3, 4, 5, 6, 7,8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Чайковский көшесі– 1, 2, 3, 4, 5, 6, 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Новосельская көшесі– 1, 2, 3, 4, 5, 6, 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аққайың көшесі– 1, 2, 3, 4, 5;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комсомольская көшесі– 1, 2,3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дзержинский көшесі– 1, 2, 3, 4, 5, 6, 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Северная көшесі-1 - 7, 7а, 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дачная көшесі– 1 - 10, 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жамбыл көшесі-4, 6, 8, 10, 12, 14, 16, 18, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сенная көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9 ,10, 11, 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Новая көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Монтажниктер көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Степан Разин көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сәбит Мұқанов көшесі–1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>70 лет Октября көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26,27, 28, 29, 30, 31, 32, 33,34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Добровольский көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14) № 299 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Бескөл ауылы, Институт көшесі, 5, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "№2 Бескөл орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Береговая көшесі-1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Киров көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30 ,31, 32, 33, 34, 35, 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Советская көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Почтовая көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фурманов көшесі-1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13,15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Спортивная көшесі-1, 3, 5, 7, 9, 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Горький көшесі-1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ыбраев көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15) № 300 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Бескөл ауылы, Институт көшесі, 1, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Парасат" мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Береговая көшесі-23, 25, 27, 29, 31, 33, 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Киров көшесі– 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 96;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Горький көшесі– 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70 ,71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Советская көшесі– 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фурманов көшесі-14, 16, 18, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49,51,53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Спортивная көшесі– 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28,28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стройдвор көшесі-1, 2, 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Почтовая көшесі– 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Институтская, Школьная көшелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) № 301 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Подгорное ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Подгорное негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Подгорное ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17) № 302 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Приишимка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Приишимка негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Приишимка ауылы, Карлуга ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18) № 303 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Чапаево ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Чапаево негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Чапаево ауылы, Трудовая Нива ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19) № 304 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Бәйтерек ауылы, "Элита Север" жауапкершілігі шектеулі серіктестігінің ғимараты (келісім бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Бәйтерек ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20) № 305 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Бугровое ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Бугровое орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Бугровое ауылы, Николаевка ауылы, Новогеоргиевка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21) № 306 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Сосновка ауылы, орман шаруашылығы ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Сосновка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) № 307 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Красноперовка ауылы, фельдшерлік пункт ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Красноперовка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23) № 308 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Вагулино ауылы, Вагулино ауылдық клубының ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Вагулино ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24) № 309 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Кустовое ауылы, Кустовое ауылдық клубының ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Кустовое ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25) № 310 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Желяково ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Желяково негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Желяково ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26) № 311 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Красноярка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Красноярка негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Красноярка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27) № 312 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Сивково ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Сивково орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Сивково ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) № 313 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Сумное ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Сумное бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Сумное ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29) № 314 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Исаковка ауылы, бұрынғы мектеп ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Исаковка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>30) № 315 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Долматово ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Долматово негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Долматово ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31) № 316 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, 2-ші Красный Яр ауылы, фельдшерлік пункт ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: 2-ші Красный Яр ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32) № 317 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Боголюбово ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Боголюбово орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Боголюбово ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>33) № 318 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Боголюбово ауылы, "Қызылжар аграрлық-техникалық колледжі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Боголюбово ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34) № 319 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Боголюбово ауылы, орталық мекен "Орталық" дәмхана ғимараты (келісім бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Боголюбово ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>35) № 320 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Надежка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Надежка негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Надежка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36) № 321 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Вознесенка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Вознесенка негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Вознесенка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37) № 322 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Пресновка ауылы, Пресновка ауылдық клубының ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Пресновка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>38) № 323 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Глубокое ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Глубокое негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Глубокое ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39) № 324 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Налобино ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Налобино орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Налобино ауылы, Николаевка ауылы, Лебедки ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>40) № 325 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Дубровное ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Дубровное негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Дубровное ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41) № 326 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Гайдуково ауылы, фельдшерлік пункт ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Гайдуково ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42) № 327 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Новоникольск ауылы, Новникольск ауылдық мәдениет үйінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Новоникольск ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43) № 328 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Новоалександровка ауылы, Новоалександровка ауылдық клубының ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Новоалександровка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>44) № 329 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Трудовое ауылы, Трудовое ауылдық клубының ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Трудовое ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>45) № 330 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Петерфельд ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Петерфельд орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Петерфельд ауылы, Измайловка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>46) № 331 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Петерфельд ауылы, Нефтянниктер кенті, "Ақ Бота" балабақша ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Петерфельд ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>47) № 332 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Кондратовка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Кондратовка орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Кондратовка ауылы, Боровское ауылы, 2603 шақырым платформасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48) № 333 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Затон станциясы, медициналық пункт ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Затон ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49) № 334 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Прибрежное ауылы, орта мектеп ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Прибрежное ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>50) № 335 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Тепличное ауылы, медициналық пункт ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Тепличное ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>51) № 336 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Шаховское ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Шаховское орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Шаховское ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52) № 337 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Рассвет ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Рассвет орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Рассвет ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53) № 338 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Семипалатное ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Семипалатное бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Семипалатное ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54) № 339 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Красная Горка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Красногорка негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Красная Горка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>55) № 340 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Водопроводное ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Водопроводное орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Водопроводное ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>56) № 341 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Пеньково ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Пеньково орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Пеньково ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>57) № 342 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Березовка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Березовка негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Березовка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>58) № 343 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Белое ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Белое орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Белое ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>59) № 344 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Знаменское ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Совхозное орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Знаменское ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>60) № 345 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Байсал ауылы, фельдшерлік пункт ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Байсал ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>61) № 346 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Метлишино ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Метлишино бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Метлишино ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>62) № 347 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Новоникольск ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Новоникольск бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Новоникольск ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>63) № 348 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Соколовка ауылы, "Соколовка ауылдық округі әкімінің аппараты" мемлекеттік мекемесінің ғимараты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40 лет Победы көшесі-2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Береговая көшесі– 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шухов көшесі–7, 8, 9, 10, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44,-45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Абай көшесі–3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комсомол көшесі-1, 3, 5, 6, 7, 9, 10, 11, 13, 15, 17, 20, 22, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 43,45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Октябрь көшесі - 2,4, 5, 6, 9, 11, 12, 13, 16, 17, 18, 19, 20, 23, 31, 32, 35, 36, 37, 38, 39, 40, 42, 44, 45, 46, 47, 49, 50, 52, 54, 55, 58, 59, 60, 61;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Целинная көшесі – 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 22, 23, 25, 27, 29, 33, 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовая көшесі-3, 4, 5, 6, 7,9, 10, 11,13, 14, 16, 17, 18, 20, 23, 25, 26, 27, 28, 29, 30, 31, 32, 34, 35, 37, 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Интернациональная көшесі– 3, 4, 5, 6, 7, 8, 9, 10, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Полевая көшесі-2, 4, 6, 8, 10, 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мир көшесі– 1, 2, 4, 5, 6, 7, 8, 9, 10, 11, 12,14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Автодор көшесі-1, 3, 5, 7, 9, 11, 13, 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заречная көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10,12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пришимская көшесі– 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 28, 30, 34, 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Киров көшесі– 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 20, 22, 25, 28, 29, 30, 32, 33, 34, 35,37, 38, 39, 40, 41, 42, 43, 45, 47, 48, 49, 50, 52, 53, 54, 56, 57, 58, 59, 60, 63, 64, 65,67, 69, 70, 72, 74, 76, 78, 80, 82, 84, 86, 90, 92, 94, 96, 98, 100, 102, 106, 104;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Степная көшесі-1, 2, 4, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19,20,22,23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Первомайская көшесі– 4, 6, 11, 12, 13, 14, 15, 19, 20, 21, 22, 23, 24, 25, 27, 30, 32, 34, 38, 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Строительная көшесі-2, 4, 6, 8, 10, 12, 14, 18, 20, 22, 23, 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Молодежная көшесі– 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 16, 17, 18, 19, 20, 21, 23, 25, 27, 28, 29, 29а, 30, 31, 32, 34, 35, 36, 37, 41, 43; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>64) № 349 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Соколовка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Соколовка орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Соколовка ауылы, Абай көшесі – 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198,199,200;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Береговая көшесі-6465, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184,185;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шухов көшесі – 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гайдар көшесі – 2, 3, 4, 5, 6, 7, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 25, 26, 28, 29, 30, 31, 33, 35, 37, 39, 41, 41а, 43, 44, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 95, 105, 106, 107, 108, 109, 110;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лесная көшесі – 3, 4, 5, 6, 7, 8, 9,10,12,14, 15, 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пионерская көшесі-1, 4, 7, 11, 12, 13, 16, 17,19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33, 34, 35, 36, 38, 41, 42, 43,45, 46, 47,49,51,53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 68, 70, 72, 74, 76, 78, 82;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сибирская көшесі – 1, 2, 3, 4, 5, 6, 7, 8, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Школьная көшесі-1, 3, 4, 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Березовая көшесі–1, 2, 3, 4, 5, 6, 7, 8, 9, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бостандық көшесі-1, 3, 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Озерная көшесі– 11, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>65) № 350 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Якорь ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Якорь орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Якорь ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>66) № 351 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Ольшанка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Ольшанка бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Ольшанка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>67) № 352 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Вознесенка ауылы, бұрынғы бастауыш мектеп ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Вознесенка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>68) № 353 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Вишневка ауылы, "Солтүстік Қазақстан облысы Қызылжар ауданы әкімдігінің "Қызылжар аудандық білім бөлімі" мемлекеттік мекемесінің "Вишневка бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учаскенің шекарасы: Вишневка ауылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>69) № 354 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау учаскесінің орналасқан жері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы, Қызылжар ауданы, Бескөл ауылы, Ипподром көшесі, 1, "Құлагер" кешенінің ғимараты (келісім бойынша):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Целинная, Энергетикшілер, Ломоносов, Интернациональная, 70 лет Октября, Добровольский, Амангелді, Чайковский, Аққайың, Новосельская көшелері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10813,35 +11994,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>