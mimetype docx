--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0eb70e2" w14:textId="0eb70e2">
+    <w:p w14:paraId="9fd3857" w14:textId="9fd3857">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1444,50 +1444,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 17.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 145</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -1600,51 +1620,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орналасқан жері (аудан, ауылдық округ, елді мекен)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z26" w:id="8"/>
+          <w:bookmarkStart w:name="z24" w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су қорғау</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1684,51 +1704,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (метр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="9"/>
+          <w:bookmarkStart w:name="z26" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су қорғау белдеуінің ені</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2933,51 +2953,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z29" w:id="10"/>
+          <w:bookmarkStart w:name="z27" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53°31’46.09”</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3833,51 +3853,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="11"/>
+          <w:bookmarkStart w:name="z33" w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Дәуіт-1" кен орнының тау-кен телімі географиялық координат тұстамасындағы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4223,51 +4243,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="12"/>
+          <w:bookmarkStart w:name="z34" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52°55’27.00”</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4568,51 +4588,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="13"/>
+          <w:bookmarkStart w:name="z40" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52°56’54.00”</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5283,51 +5303,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="14"/>
+          <w:bookmarkStart w:name="z46" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53°21’4.57” солтүстік ендіктен,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8237,267 +8257,267 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Жамбыл ауданы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаркөл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спасов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-50</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жамбыл ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8530,123 +8550,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Питное</w:t>
-[...71 lines deleted...]
-300</w:t>
+Екатериновское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казанка, Екатериновка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8715,87 +8735,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Курганское</w:t>
-[...35 lines deleted...]
-Казанка, Усердное</w:t>
+Питное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Преснов (Железнин)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8900,87 +8920,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кабань</w:t>
-[...35 lines deleted...]
-Первомай, Кабань</w:t>
+Курганское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казанка, Усердное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9085,87 +9105,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Суаткөл</w:t>
-[...35 lines deleted...]
-Жамбыл</w:t>
+Кабань</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первомай, Кабань</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9270,87 +9290,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұжық</w:t>
-[...35 lines deleted...]
-Озерный</w:t>
+Суаткөл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жамбыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9455,87 +9475,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалтырша</w:t>
-[...35 lines deleted...]
-Майбалық</w:t>
+Мұжық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Озерный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9640,87 +9660,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Далагүл</w:t>
-[...35 lines deleted...]
-Благовещенка, Майбалық</w:t>
+Жалтырша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майбалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9825,123 +9845,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Питное</w:t>
-[...71 lines deleted...]
-500</w:t>
+Далагүл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благовещенка, Майбалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10010,123 +10030,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жекекөл</w:t>
-[...71 lines deleted...]
-300</w:t>
+Питное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Преснов, Островка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10195,51 +10215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарағаш</w:t>
+Жекекөл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10380,87 +10400,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лапушки</w:t>
-[...35 lines deleted...]
-Преснов (Железнин)</w:t>
+Жарағаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благовещенка, Благовещенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10565,51 +10585,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Купальное</w:t>
+Лапушки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10750,87 +10770,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лагерное</w:t>
-[...35 lines deleted...]
-Преснов, Пресновка</w:t>
+Купальное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Преснов (Железнин)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10935,87 +10955,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шырықмай</w:t>
-[...35 lines deleted...]
-Майбалық</w:t>
+Лагерное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Преснов, Пресновка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11120,87 +11140,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ақбалық</w:t>
-[...35 lines deleted...]
-Озерный</w:t>
+Шырықмай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Майбалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11305,159 +11325,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Горькое</w:t>
-[...107 lines deleted...]
-50-55</w:t>
+Ақбалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Озерный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11475,421 +11495,421 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="15"/>
-[...142 lines deleted...]
-35</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Горькое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казанка, Мирный, Екатериновка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50-55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Қызылжар ауданы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54°38'43.38" солтүстік ендіктен, 67°7'7.87" шығыс бойлықтан 54°38'43.03" солтүстік ендікке, 67°7'31.54" шығыс бойлыққа</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дейінгі географиялық координат тұстамасындағы Плеханов көлінің учаскесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Преснов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-50</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызылжар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11922,87 +11942,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сергин</w:t>
-[...35 lines deleted...]
-Налобин, Виноградов</w:t>
+Логунов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соколов, Соколовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12107,87 +12127,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дубровное</w:t>
-[...35 lines deleted...]
-Налобин, Дубровное</w:t>
+Сергин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налобин, Виноградов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12292,87 +12312,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Гайдуков</w:t>
-[...35 lines deleted...]
-Налобин, Гайдуков</w:t>
+Дубровное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налобин, Дубровное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12477,87 +12497,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалтыр</w:t>
-[...35 lines deleted...]
-Рассвет, Рассвет</w:t>
+Гайдуков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налобин, Гайдуков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12662,123 +12682,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лебеденок</w:t>
-[...71 lines deleted...]
-500</w:t>
+Жалтыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рассвет, Рассвет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12847,51 +12867,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сиверга</w:t>
+Лебеденок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13032,87 +13052,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соленое</w:t>
-[...35 lines deleted...]
-Лесной, Якорь</w:t>
+Сиверга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налобин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13140,51 +13160,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50-75</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13217,159 +13237,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пестрое</w:t>
-[...107 lines deleted...]
-35-50</w:t>
+Соленое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лесной, Якорь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50-75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13402,159 +13422,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лебяжье</w:t>
-[...107 lines deleted...]
-50</w:t>
+Пестрое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Петропавл қаласы, Прибрежный, Тепличное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13587,123 +13607,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бугровое</w:t>
-[...71 lines deleted...]
-300</w:t>
+Лебяжье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вагулин, Вагулин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13772,51 +13792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Земляное</w:t>
+Бугровое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13880,51 +13900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50-55</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13957,87 +13977,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Курейное</w:t>
-[...35 lines deleted...]
-Налобин, Гайдуков</w:t>
+Земляное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бугровое, Бугровое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14065,278 +14085,278 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+50-55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Мамлют ауданы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курейное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налобин, Гайдуков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-100</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамлют ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14369,159 +14389,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Щучье</w:t>
-[...107 lines deleted...]
-50</w:t>
+Белое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое, Белое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14554,87 +14574,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Студеное</w:t>
-[...35 lines deleted...]
-Белое</w:t>
+Щучье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое, Щучье</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14739,51 +14759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Степное</w:t>
+Студеное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14924,87 +14944,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Казачье</w:t>
-[...35 lines deleted...]
-Дубровин, Михайловка</w:t>
+Степное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15109,87 +15129,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пруд</w:t>
-[...35 lines deleted...]
-Краснознамен, Беловка</w:t>
+Казачье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дубровин, Михайловка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15294,87 +15314,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кривые</w:t>
-[...35 lines deleted...]
-Дубровин, Дубровное</w:t>
+Пруд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Краснознамен, Беловка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15479,159 +15499,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каменное</w:t>
-[...107 lines deleted...]
-100</w:t>
+Кривые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дубровин, Дубровное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15664,159 +15684,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чистое</w:t>
-[...107 lines deleted...]
-50</w:t>
+Каменное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое, Белое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15849,159 +15869,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меңгесер</w:t>
-[...107 lines deleted...]
-100</w:t>
+Чистое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое, Чистое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16034,159 +16054,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бесқамыс</w:t>
-[...107 lines deleted...]
-50</w:t>
+Меңгесер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызыләскер, Новомихайловка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16219,87 +16239,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Федосейкин</w:t>
-[...35 lines deleted...]
-Воскресенов, Воскресеновка</w:t>
+Бесқамыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Краснознамен, Калугин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16327,51 +16347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50-55</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16404,87 +16424,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жаргин</w:t>
-[...35 lines deleted...]
-Белое, Белое</w:t>
+Федосейкин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Воскресенов, Воскресеновка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16512,51 +16532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+50-55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16589,87 +16609,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Каменное</w:t>
-[...35 lines deleted...]
-Белое, Мамлютка</w:t>
+Жаргин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое, Белое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16774,87 +16794,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таловое (Талое)</w:t>
-[...35 lines deleted...]
-Пригород, Покровка</w:t>
+Каменное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое, Мамлютка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16959,87 +16979,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Беленок</w:t>
-[...35 lines deleted...]
-Белое, Белое</w:t>
+Таловое (Талое)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пригород, Покровка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17144,87 +17164,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уделов</w:t>
-[...35 lines deleted...]
-Белое</w:t>
+Беленок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое, Белое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17329,51 +17349,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уделенок</w:t>
+Уделов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17514,87 +17534,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Краснознамен</w:t>
-[...35 lines deleted...]
-Краснознамен, Краснознаменское</w:t>
+Уделенок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17699,87 +17719,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прудок</w:t>
-[...35 lines deleted...]
-Краснознамен, Калугин</w:t>
+Краснознамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Краснознамен, Краснознаменское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17884,87 +17904,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тетеркин</w:t>
-[...35 lines deleted...]
-Белое</w:t>
+Прудок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Краснознамен, Калугин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18069,51 +18089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куропаткин</w:t>
+Тетеркин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18254,87 +18274,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Большой Черок</w:t>
-[...35 lines deleted...]
-Дубровин, Михайловка</w:t>
+Куропаткин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18439,87 +18459,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Желтое</w:t>
-[...35 lines deleted...]
-Воскресенов, Становое</w:t>
+Большой Черок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дубровин, Михайловка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18547,51 +18567,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50-75</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18624,434 +18644,434 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Становое</w:t>
-[...155 lines deleted...]
-35</w:t>
+Желтое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Воскресенов, Становое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50-75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Ғабит Мүсірепов атындағы аудан</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Становое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z48" w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Воскресенов,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Новомихайлов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Леденев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-50</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғабит Мүсірепов атындағы аудан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19084,87 +19104,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шарық су қоймасы</w:t>
-[...35 lines deleted...]
-Андреевка, Көкалажар, Андреевка</w:t>
+Ұлыкөл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірлік, Рузаевка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19192,278 +19212,278 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Мағжан Жұмабаев ауданы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шарық су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Андреевка, Көкалажар, Андреевка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-50</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мағжан Жұмабаев ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19496,51 +19516,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Екінші</w:t>
+Бірінші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19681,87 +19701,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зарослое</w:t>
-[...35 lines deleted...]
-Аққайың (Гаврин), Зарослое</w:t>
+Екінші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лебяжье, Лебяжье</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19866,123 +19886,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Рявкин</w:t>
-[...71 lines deleted...]
-500</w:t>
+Зарослое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аққайың (Гаврин), Зарослое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20051,87 +20071,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Питное</w:t>
-[...35 lines deleted...]
-Полудин, Полудин</w:t>
+Рявкин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бәйтерек (Фурманов), Рявкин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20170,267 +20190,267 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Тайынша ауданы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Питное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полудин, Полудин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-35-75</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тайынша ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20463,51 +20483,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кішкенесор</w:t>
+Жамантұз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20648,51 +20668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сарыбай</w:t>
+Кішкенесор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20756,51 +20776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35-100</w:t>
+35-75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20833,107 +20853,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қалибек (Үшсай көлін ескере отырып)</w:t>
-[...55 lines deleted...]
-Чкалов, Яснополян</w:t>
+Сарыбай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рощин</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20961,278 +20961,298 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+35-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Тимирязев ауданы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалибек (Үшсай көлін ескере отырып)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z50" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тихоокеан, Зеленогай,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чкалов, Яснополян</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-50</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тимирязев ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21265,87 +21285,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарқын</w:t>
-[...35 lines deleted...]
-Дмитриев, Дмитриевка</w:t>
+Ақсуат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дзержинск, Москворецк, Москворецкое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21450,51 +21470,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дмитриевка</w:t>
+Жарқын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21522,242 +21542,385 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Уәліханов ауданы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дмитриевка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дмитриев, Дмитриевка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101</w:t>
-[...71 lines deleted...]
-Қайрат</w:t>
+102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құмдыкөл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целинный, Хмельницкий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21785,92 +21948,504 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102</w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлпаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тимирязев, Комсомол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уәлиханов ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жамантұз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайрат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21898,51 +22473,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бидайық, Ақтүйесай, Тельжан, Амангелді</w:t>
+Бидайық, Ақтүйесай, Телжан, Амангелді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21971,50 +22546,277 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шал ақын ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалтыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аютас, Семипол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -22604,55 +23406,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22978,31 +23780,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>