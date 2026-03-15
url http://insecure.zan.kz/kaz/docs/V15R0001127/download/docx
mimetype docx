--- v0 (2025-11-10)
+++ v1 (2026-03-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8511468" w14:textId="8511468">
+    <w:p w14:paraId="33f1065" w14:textId="33f1065">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,918 +85,1092 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алматы қаласы бiлiм беру ұйымдарының iшкi тәртiбiнiң үлгi қағидасын бекiту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Алматы қаласы әкімдігінің 2015 жылғы 30 қаңтардағы № 1/51 қаулысы. Алматы қаласының Әділет департаментінде 2015 жылғы 20 ақпанда № 1127 болып тіркелді</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы қаласы әкімдігінің 2015 жылғы 30 қаңтардағы № 1/51 қаулысы. Алматы қаласының Әділет департаментінде 2015 жылғы 20 ақпанда № 1127 болып тіркелді. Күші жойылды - Алматы қаласы әкімдігінің 2026 жылғы 9 қаңтардағы № 1/16 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:t>24-2) тармақшасына</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Алматы қаласы әкімдігінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1/16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілді) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының 2007 жылғы 27 шiлдедегi "Бiлiм туралы" Заңының 6 бабының 3 тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24-2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Алматы қаласының әкiмдiгi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДI:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса берiлiп отырған Алматы қаласы бiлiм беру ұйымдарының iшкi тәртiбiнiң үлгi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекiтiлсiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Алматы қаласы Бiлiм басқармасы осы қаулының әдiлет органдарында мемлекеттiк тiркелуін, оны бұқаралық ақпарат құралдарында ресми жариялануын және интернет-ресурста орналастырылуын қамтамасыз етсiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы қаулының орындалуын бақылау Алматы қаласы әкiмiнiң орынбасары З. Аманжоловаға жүктелсiн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы қаулы әдiлет органдарында мемлекеттiк тiркелген күннен бастап күшiне енедi және ол алғаш ресми жарияланғаннан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...134 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7794"/>
-        <w:gridCol w:w="4206"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7794" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z8" w:id="1"/>
+          <w:bookmarkStart w:name="z8" w:id="5"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>      Алматы қаласының әкiмi</w:t>
+Алматы қаласының әкiмi</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="1"/>
+          <w:bookmarkEnd w:id="5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4206" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А. Есiмов</w:t>
+              <w:t>
+А. Есiмов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z9" w:id="2"/>
-[...46 lines deleted...]
-          <w:bookmarkEnd w:id="2"/>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none"/>
+                <w:left w:val="none"/>
+                <w:bottom w:val="none"/>
+                <w:right w:val="none"/>
+                <w:insideH w:val="none"/>
+                <w:insideV w:val="none"/>
+              </w:tblBorders>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7780"/>
+              <w:gridCol w:w="4600"/>
+            </w:tblGrid>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Алматы қаласы әкімдігінің</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>2015 жылғы 30 қаңтардағы</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcBorders/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:ind w:left="0"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>№ 1/51 қаулысымен бекітілді</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Алматы қаласы білiм беру ұйымдарының iшкi тәртiбiнiң үлгi қағидасы</w:t>
+        <w:t xml:space="preserve"> Алматы қаласы білiм беру ұйымдарының iшкi тәртiбiнiң үлгi қағидасы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-[...30 lines deleted...]
-        <w:t>24-2) тармақшасына</w:t>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Алматы қаласы бiлiм беру ұйымдарының iшкi тәртiбiнiң үлгi қағидасы (бұдан әрi - Үлгi қағида) Қазақстан Республикасының 2007 жылғы 27 шiлдедегi "Бiлiм туралы" Заңының 6бабының 3 тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24-2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзiрлендi және бiлiм беру ұйымдарының iшкi тәртiбiнiң қағидасын әзiрлеу және бекiту үшiн негiз болып табылады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Үлгi қағида бiлiм беру ұйымдарының iшкi тәртiбінің ережесiн әзiрлеу және бекiту кезiнде бiрыңғай тәсiлдi қамтамасыз ету мақсатында әзiрленген.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бiлiм беру ұйымдарының қызмет режимiн ескере отырып (бiлiм алушылар мен тәрбиеленушiлердiң тәулiк бойы болуы, олардың белгiлi бiр уақытта ғана болуы, оқу сабақтарының ауысымдылығы және бiлiм беру ұйымының өзге де жұмыс ерекшелiгiне қарай) бiлiм беру ұйымының әкiмшiлiгi педагог және өзге де қызметкерлердiң жұмыс және демалыс уақытының режимiн белгiлейдi.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Iшкi тәртiптi қамтамасыз ету мақсатында бiлiм беру ұйымының әкiмшiлiгi бiлiм беру ұйымының кызметкерлерiнiң, сонымен қатар бiлiм алушылар мен тәрбиеленушiлердiң бiлiм беру саласындағы Қазақстан Республикасы заңнамасымен және бiлiм беру ұйымының iшкi тәртiп ережесiмен жүктелген мiндеттердi сақтауын қамтамасыз етедi.</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="6"/>
+        <w:t xml:space="preserve"> 2. Бiлiм беру ұйымының iшкi тәртiбi</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бiлiм беру ұйымының iшкi тәртiп ережесiнде:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бiлiм беру ұйымының әкiмшiлiгi және педагогтерiнiң бiлiм алушылармен және тәрбиеленушiлермен өзара қарым-қатынасы;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оқу-тәрбие процесiне қатысушылардың тәртiбi;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бiлiм алушылар мен тәрбиеленушiлердiң бiлiм алуы және өмiрi мен денсаулығын сақтау, балалардың құқықтарын қорғау үшiн жағдайлар жасау;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұйым қызметкерлерiнiң кәсiби бiлiктiлiгiн арттыруды ұйымдастыру;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бiлiм беру ұйымы жұмысының басталу және аяқталу уақыты, олардың арасындағы үзiлiстер;</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бiлiм алушылар мен тәрбиеленушiлердiң оқу сабақтарының ұзақтығы қамтылуы тиiс.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бiлiм беру ұйымының әкiмшiлiгi қызметкерлердiң, бiлiм алушылар мен тәрбиеленушiлердiң, сонымен қатар олардың ата-аналарының немесе заңды өкiлдерiнiң бiлiм беру ұйымының iшкi тәртiбiне қолжетiмдiлiгiн және таныстыруды қамтамасыз етеді.</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1316,35 +1492,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>