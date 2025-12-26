--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fa9d16a" w14:textId="fa9d16a">
+    <w:p w14:paraId="f04a959" w14:textId="f04a959">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,297 +85,414 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қызылорда облысының Жаңақорған және Жалағаш аудандары аумағындағы Сырдария өзенінің су қорғау аймақтарын, белдеулерін және оларды шаруашылықта пайдалану режимін белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қызылорда облысы әкімдігінің 2015 жылғы 29 желтоқсандағы № 285 қаулысы. Қызылорда облысының Әділет департаментінде 2016 жылғы 03 ақпанда № 5331 болып тіркелді</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қызылорда облысы әкімдігінің 2015 жылғы 29 желтоқсандағы № 285 қаулысы. Қызылорда облысының Әділет департаментінде 2016 жылғы 03 ақпанда № 5331 болып тіркелді. Күші жойылді - Қызылорда облысы әкімдігінің 22.10.2025 № 201 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...54 lines deleted...]
-      </w:r>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - Қызылорда облысы әкімдігінің 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1. Бекітілген жобалық құжаттама негізінде Қызылорда облысының Арал, Қазалы және Қармақшы аудандарының аумақтары шекарасында Сырдария өзенінің су қорғау аймақтары мен белдеулері;</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">"Қазақстан Республикасының Жер кодексі" Қазақстан Республикасының 2003 жылғы 20 маусымдағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Қазақстан Республикасының Су кодексі" Қазақстан Республикасының 2003 жылғы 9 шілдедегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қызылорда облысының әкімдігі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қызылорда облысының Жаңақорған және Жалағаш аудандарының аумақтары шекарасында Сырдария өзенінің су қорғау аймақтары мен белдеулерінің шаруашылықта пайдалану режимі осы қаулының </w:t>
-[...23 lines deleted...]
-      </w:r>
+        <w:t>1. Бекітілген жобалық құжаттама негізінде Қызылорда облысының Арал, Қазалы және Қармақшы аудандарының аумақтары шекарасында Сырдария өзенінің су қорғау аймақтары мен белдеулері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2. Қызылорда облысының Жаңақорған және Жалағаш аудандарының әкімдері және "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Су ресурстары комитетінің Су ресурстарын пайдалануды реттеу және қорғау жөніндегі Арал-Сырдария бассейіндік инспекциясы" республикалық мемлекеттік мекемесі (келісім бойынша) осы қаулыдан туындайтын шараларды қабылдасын.</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Қызылорда облысының Жаңақорған және Жалағаш аудандарының аумақтары шекарасында Сырдария өзенінің су қорғау аймақтары мен белдеулерінің шаруашылықта пайдалану режимі осы қаулының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес белгіленсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3. Осы қаулының орындалуын бақылау Қызылорда облысы әкімінің орынбасары С.С. Қожаниязовқа жүктелсін.</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>2. Қызылорда облысының Жаңақорған және Жалағаш аудандарының әкімдері және "Қазақстан Республикасы Ауыл шаруашылығы министрлігі Су ресурстары комитетінің Су ресурстарын пайдалануды реттеу және қорғау жөніндегі Арал-Сырдария бассейіндік инспекциясы" республикалық мемлекеттік мекемесі (келісім бойынша) осы қаулыдан туындайтын шараларды қабылдасын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>3. Осы қаулының орындалуын бақылау Қызылорда облысы әкімінің орынбасары С.С. Қожаниязовқа жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>4. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7820"/>
-        <w:gridCol w:w="4180"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -391,51 +510,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қызылорда облысының әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4180" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -448,51 +567,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қ. Көшербаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -515,51 +634,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>КЕЛІСІЛДІ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -582,51 +701,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -649,51 +768,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ауыл шаруашылығы министрлігі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -716,51 +835,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Су ресурстары комитетінің</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -783,51 +902,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Су ресурстарын пайдалануды</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -850,51 +969,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реттеу және қорғау жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -917,51 +1036,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал-Сырдария бассейіндік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -984,51 +1103,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инспекциясы" республикалық</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1051,51 +1170,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік мекемесінің басшысы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1118,51 +1237,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>________________Ә. Қарлыханов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7820" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1307,532 +1426,622 @@
               </w:rPr>
               <w:t>№ 285 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z23" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қызылорда облысының Жаңақорған және Жалағаш аудандарының аумақтары шекарасында Сырдария өзенінің су қорғау аймақтары мен белдеулерінің шаруашылықта пайдалану режимі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z24" w:id="2"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z24" w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Су қорғау аймақтарының шегінде:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) су объектілерін және олардың су қорғау аймақтары мен белдеулерінің ластануы мен қоқыстануын болғызбайтын құрылыстармен және құрылғылармен қамтамасыз етілмеген жаңа және реконструкцияланған объектілерді пайдалануға беруге;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) ғимараттарға, құрылыстарға, коммуникацияларға және басқа да объектілерге реконструкция жүргізуге, сондай-ақ құрылыс, су түбін тереңдету және жарылыс жұмыстарын жүргізуге, пайдалы қазбалар өндіруге, кәбіл, құбыр және басқа да коммуникацияларды төсеуге, белгіленген тәртіппен жергілікті атқарушы органдармен, уәкілетті органмен, қоршаған ортаны қорғау саласындағы уәкілетті мемлекеттік органмен, жер ресурстарын басқару жөніндегі орталық уәкілетті органмен, энергиямен жабдықтау және халықтың санитарлық-эпидемиологиялық салауаттылығы саласындағы уәкілетті органдармен және басқа да мүдделі органдармен келісілген жобасы жоқ бұрғылау, жер қазу және өзге де жұмыстар жүргізуге;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тыңайтқыштар, пестицидтер, улы химикаттар мен мұнай өнімдерін сақтайтын қоймаларды, көлік құралдары мен ауыл шаруашылығы техникасына техникалық қызмет көрсету, оларды жуу пункттерін, механикалық шеберханаларды, тұрмыстық және өнеркәсіп қалдықтарын төгетін құрылғыны, аппаратураларды пестицидтермен және улы химикаттармен толтыратын алаңдарды, авиациялық-химиялық жұмыстар жүргізуге арналған ұшу-қону жолақтарын орналастыруға және салуға, сондай-ақ судың сапасына кері әсер ететін басқа да объектілерді орналастыруға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) мал шаруашылығы фермалары мен кешендерін, сарқынды су жинағыштарды, сарқынды сумен суарылатын егістіктерді, зираттарды, мал қорымдарын (биотермиялық шұңқырларды), сондай-ақ жерүсті және жерасты суларының микробпен ластану қаупіне себепші болатын басқа да объектілерді орналастыруға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) жүктелім нормасынан асырып мал жаюға, су тоғандарының режимін нашарлататын мал тоғыту мен санитариялық өңдеуге және шаруашылық қызметінің басқа да түрлеріне;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) су көздеріндегі су кемерінен екі мың метрге жетпейтін қашықтықта орналасқан ауыл шаруашылығы дақылдары мен орман екпелерін улы химикаттармен авиациялық өңдеу және авиация арқылы минералдық тыңайтқыштармен қоректендіру тәсілін қолдануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) концентрациясының жол берілетін шегі белгіленбеген пестицидтерді қолдануға, қардың үстіне тыңайтқыш себуге, сондай-ақ залалсыздандырылмаған көң қосылған сарқынды суды және тұрақты хлорорганикалық улы химикаттарды тыңайтқыш ретінде пайдалануға тыйым салынады.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Су қорғау аймағында мәжбүрлі санитариялық өңдеу жүргізу қажет болған жағдайда уыттылығы әлсіз және орташа тұрақсыз пестицидтерді қолдануға жол беріледі.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2. Су қорғау белдеулерінің шегінде:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) су объектілерінің сапалық және гидрологиялық жай-күйін нашарлататын (ластану, қоқыстану, сарқылу) шаруашылық қызметіне немесе өзге де қызметке;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) су шаруашылығы және су жинайтын құрылыстар мен олардың коммуникацияларын, көпірлерді, көпір құрылыстарын, айлақтарды, порттарды, пирстерді және су көлігі қызметіне байланысты өзге де көлік инфрақұрылымдары объектілерін, жаңартылатын энергия көздерін (гидродинамикалық су энергиясын) пайдалану объектілерін, сондай-ақ су объектісіндегі рекреациялық аймақтарды қоспағанда, ғимараттар мен құрылыстарды салуға және пайдалануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) бау - бақша егуге және саяжай салуға жер учаскелерін беруге;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) су объектілерінің және олардың су қорғау аймақтары мен белдеулерінің ластануын болғызбайтын құрылыстармен және құрылғылармен қамтамасыз етілмеген қазіргі бар объектілерді пайдалануға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) жекелеген учаскелерді шалғындандыруға, егін егуге және ағаш отырғызуға арналған жерлерді өңдеуді қоспағанда, топырақ және өсімдік қабатын бұзатын жұмыстарды жүргізуге (оның ішінде жер жыртуға, мал жаюға, пайдалы қазбаларды өндіруге);</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) шатыр қалашықтарын, көлік құралдары үшін тұрақты тұрақтарды, малдың жазғы жайылым қостарын орналастыруға;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7) тыңайтқыштардың барлық түрлерін қолдануға тыйым салынады.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3. Қазақстан Республикасының заңнамасында белгіленген тәртіппен келісілген және салалық сараптамалардың түйіндерін қамтитын, құрылыс жобаларына (техникалық-экономикалық негіздемелерге, жобалау-сметалық құжаттамаға) ведомстводан тыс кешенді сараптаманың оң қорытындысы алынған жобалар болмаса, су қорғау аймақтары мен белдеулерінде кәсіпорындар, ғимараттар, құрылыстар мен коммуникациялар салуға (реконструкциялауға, күрделі жөндеуге) тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2154,35 +2363,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>