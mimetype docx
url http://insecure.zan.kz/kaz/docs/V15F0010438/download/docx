--- v0 (2025-10-16)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cd3e38c" w14:textId="cd3e38c">
+    <w:p w14:paraId="68dea66" w14:textId="68dea66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,813 +93,944 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ұзақ мерзімді орман пайдалану кезінде орман пайдаланушылар әзірлейтін өртке қарсы іс-шаралар жоспарларына қойылатын талаптарды бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 18-02/58 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 16 наурызда № 10438 тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 18-02/58 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 16 наурызда № 10438 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...21 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>489) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Ұзақ мерзімді орман пайдалану кезінде орман пайдаланушылар әзірлейтін өртке қарсы іс-шаралар жоспарларына қойылатын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялануға жіберілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықтың Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛГЕН"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ішкі істер министрі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _____________ Қ. Қасымов   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2015 жылғы 13 ақпан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауыл шаруашылығы министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 30 қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 18-02/58 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...305 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ұзақ мерзімді орман пайдалану кезінде орман пайдаланушылар әзірлейтін өртке қарсы іс-шаралар жоспарларына қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Орман қоры учаскелері ұзақ мерзімді орман пайдалануға берілген орман пайдаланушылар жыл сайын өртке қарсы іс-шаралар жоспарларын (бұдан әрі - Жоспар) әзірлейді және оны іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өртке қарсы алдын алу іс-шараларын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орман өрттерін сөндіру іс-шараларын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өртке қарсы алдын алу іс-шараларында шекарасында орман пайдалануға берілген орман қоры учаскесі (учаскелері) орналасқан мемлекеттік орман иеленушінің орман орналастыру материалдарына және ормандарды өртке қарсы жайластыру жоспарларына негізделген жұмыстардың нақты көлемдері мен оларды өткізу орындары көзделеді. Жоспарланатын іс-шаралар іс-әрекеттің дәйектілігін, бұдан бұрын орындалған жұмыстардың жалғастырылуын көздейді және орман иеленушілер мен орман пайдаланушылардың орман қорының көршілес учаскелерде атқарып жатқан жұмыстарымен байланыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өртке қарсы алдын алу іс-шараларына сондай-ақ бұрыннан бар өртке қарсы жыралар мен жолақтарға күтім жасау, өрт қадағалау мұнаралары мен өртке қарсы құрал-жабдықтар мен техниканы, жолдарды жөндеу, уақытша өрт күзетшілерін жалдау жөніндегі жұмыстар енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ө ртке қарсы алдын алу іс-шаралары бойынша барлық жұмыстар үшін күнтізбелік орындау мерзімдері және орындауға жауапты тұлғалар, сондай-ақ осы жұмыстардың көлемі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы    </w:t>
-[...17 lines deleted...]
-      </w:r>
+      3. Орман өрттерін сөндіру іс-шаралары өрттерді өз күштерімен де, бұл өрттерді қандай да бір себептермен өз күштерімен және құралдарымен құрықтау мүмкін емес жағдайларда өрттерді сөндіруді ұйымдастыру жөніндегі жұмыстарды көздейді. Соңғы жағдайда мемлекеттік орман иеленушімен келісе отырып орман өртін сөндіруге жіберілетін күштер мен техникалық құралдар, сондай-ақ орман қорының тиісті учаскесінде орналасқан аудандағы елді мекендерде орналасқан өзге де ұйымдардың күштері мен техникалық құралдары айқындалады. Орман өрттерін сөндіру іс-шаралары орман өрттерін сөндіру үшін ерікті қоғамдық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрамалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (командалар) құру, орман өрттерін сөндірумен айналысып жатқан адамдарды тамақтандыру мен медициналық көмекті, байланысты ұйымдастыру, сондай-ақ орман пайдаланушының есебінен өрт қауіпі бар маусымға жанар-жағар май материалдарының қорын жасау көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-2015 жылғы 30 қаңтардағы  </w:t>
-[...287 lines deleted...]
-      4. Орман қоры учаскелері ұзақ мерзімді орман пайдалануға берілген орман пайдаланушылардың жоспары ағымдағы жылдың 15 ақпанынан кешіктірілмей келісімдеу үшін мемлекеттік орман иеленушілерге беріледі. Орман кодексiнің </w:t>
+      4. Орман қоры учаскелері ұзақ мерзімді орман пайдалануға берілген орман пайдаланушылардың жоспары ағымдағы жылдың 15 ақпанынан кешіктірілмей келісімдеу үшін мемлекеттік орман иеленушілерге беріледі. Орман кодексiнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6) тармақшасына сәйкес орман пайдаланушының жоспары мемлекеттік орман иеленушімен келісіледі және оны орман пайдаланушының өзі бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>