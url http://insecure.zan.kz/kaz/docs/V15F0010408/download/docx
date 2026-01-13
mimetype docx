--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e068d13" w14:textId="e068d13">
+    <w:p w14:paraId="080a693" w14:textId="080a693">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,2227 +94,2636 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мемлекеттік орман иеленушінің орман өрт сөндіру станциясы туралы ережені бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 18-02/54 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 10 наурызда № 10408 тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 18-02/54 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 10 наурызда № 10408 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қазақстан Республикасының 2003 жылғы 8 шілдедегі Орман кодексінің 13-бабының 1-тармағының </w:t>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>18-36) тармақшасына</w:t>
+        <w:t>199) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес </w:t>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған Мемлекеттік орман иеленушінің орман өрт сөндіру станциясы туралы </w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Мемлекеттік орман иеленушінің орман өрт сөндіру станциясы туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялануға жіберілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықтың Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрық оның алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛГЕН"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ішкі істер министрлігі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Төтенше жағдайлар жөніндегі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      комитетінің төрағасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В. Петров ________________   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2015 жылғы 3 ақпан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауыл шаруашылығы министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 30 қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 18-02/54</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік орман иеленушінің орман өрт</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сөндіру станциясы туралы ереже</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Мемлекеттік орман иеленушінің орман өрт сөндіру станциясы туралы ереже (бұдан әрі – Ереже) Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>199) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t>№ 346-Ө</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...14 lines deleted...]
-      3) осы бұйрықтың Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Министр                                    А. Мамытбеков</w:t>
+        <w:t>
+      2. Орман өрт сөндіру станциясы – орман өрттерінің алдын алу және оларды уақтылы жою жөніндегі шаралардың жүргізілуін қамтамасыз ететін өртке қарсы қызмет пен техниканы орналастыруға арналған мемлекеттік орман иеленушінің объектісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Орман орналастыру жобасына және (немесе) ормандарды өртке қарсы орналастыру жобасына сәйкес мемлекеттік орман қоры аумағында және одан тыс жерлерде мемлекеттік орман иеленушілермен мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірінші үлгі – мемлекеттік орман иеленушінің орманшылығы орман қорының аумағында шыққан орман өрттерін жоюды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...11 lines deleted...]
-          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...129 lines deleted...]
-        <w:t>      2015 жылғы 3 ақпан</w:t>
+      2) екінші үлгі – мемлекеттік орман иеленушінің орман қорының бүкіл аумағында орман өрттерін жоюды қамтамасыз ету мақсаттарын орындау үшін орман өрт сөндіру станциясы құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы </w:t>
-[...249 lines deleted...]
-      4. Орман өрт сөндіру станциясында өртке қарсы мемлекеттік қызмет тиісті бөлімшесінің келісімі бойынша мемлекеттік орман иеленушінің басшысымен бекітілетін осы Ереженің </w:t>
+      4. Орман өрт сөндіру станциясында өртке қарсы мемлекеттік қызмет тиісті бөлімшесінің келісімі бойынша мемлекеттік орман иеленушінің басшысымен бекітілетін осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша орман өрт сөндіру станциясының паспорты жасалады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Орман өрт сөндіру станциясында өртке қарсы қызмет орналастырылады, оның құрамына тұрақты жұмысқа қабылданатын орман өрт сөндіру станциясының бастығы, өрт сөндіру машинасының жүргізушісі, тракторист-машинист, радиооператор, өрт сөндіру машиналарын, жабдықтар мен аппаратура жөндеу жөніндегі слесарь, орман өрт сөндірушісі кіреді.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...11 lines deleted...]
-      6. Өрт бақылау мұнарасының (бекетінің) бақылаушысы Қазақстан Республикасының еңбек </w:t>
+        <w:t xml:space="preserve">
+      6. Өрт бақылау мұнарасының (бекетінің) бақылаушысы Қазақстан Республикасының еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңнамасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес маусымдық жұмысқа қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-2. Орман өрт сөндіру станциясының өртке қарсы қызметінің негізгі функциялары</w:t>
+        <w:t xml:space="preserve"> 2. Орман өрт сөндіру станциясының өртке қарсы қызметінің негізгі функциялары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Орман өрт сөндіру станциясы бастығының негізгі функциялары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өрт қаупі бар маусым басталар алдында және оның өн бойында еңбекті қорғау және қауіпсіздік техникасы бойынша жүйелі нұсқаулықтар, сондай-ақ орман өрт сөндіру станциясының өртке қарсы қызметі қызметкерлерінің орман өрттерін сөндіру бойынша жаттығуларын ұйымдастыру және өткізу;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орман өрт сөндіру станциясының өртке қарсы қызметінің қызметкерлеріне өрт сөндіру техникасы мен жабдықтарын, байланыс құралдарын бөліп беру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауа райы жағдайлары бойынша ормандағы өрт қаупі сыныбын анықтау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өрт бақылау мұнарасынан (бекетінен), авиациямен қарауылдау тікұшағынан (ұшағынан), орман өрт сөндіру станциясы қызмет көрсететін аумақта өрт шыққаны туралы басқа да ақпарат көздерінен хабар алған кезде орман өрт сөндіру станциясының өртке қарсы қызметі қызметкерлерінің орман өрті болып жатқан жерге аттануын қамтамасыз ету;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) орман өртін сөндіру кезінде орман өрт сөндіру станциясының өртке қарсы қызметінің қызметкерлеріне басшылық жасау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) орман өрт сөндіру станциясының өрт сөндіру техникасы мен жабдықтарын жөндеуді ұйымдастыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) өрт сөндірудің от өшіретін химиялық құралдарын сақтауды және тиімді қолдануды қамтамасыз ету болып таблады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өрт сөндіру машинасын жүргізушінің және тракторшы-машинистің негізгі функциялары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өрт сөндіру техникасы мен жабдықтарын орман өрттерін сөндіру жұмыстарында пайдалану;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бекітіп берілген техникамен өрт болып жатқан жерге аттану және орман өртін сөндіру жөніндегі жұмыстар басшысының нұсқауларын орындау болып табылады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Радиооператордың негізгі функциялары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орман өрттері шыққан кезде хабардар ету схемасы бойынша телефон және радио байланысын ұйымдастыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) радиостанцияларға техникалық-пайдалану қызметін көрсету болып табылады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Өрт сөндіру машиналарын, жабдықтар мен аппаратура жөндеу жөніндегі слесарьдің негізгі функциялары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) техниканы, жабдықтар мен аппаратураны жөндеу, олардың орман өрті болып жатқан жерге аттанып кетуге ұдайы әзір жағдайда болуын қамтамасыз ету;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өрт болып жатқан жерге аттану және орман өртін сөндіру жөніндегі жұмыстар басшысының нұсқауларын орындау болып табылады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Орман өрт сөндіру станциясы орман өртін сөндірушісінің негізгі функциялары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өрт болып жатқан жерге аттану және орман өртін сөндіру жөніндегі жұмыстар басшысының нұсқауларын орындау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өрт сөндіру техникасын, жабдықтарды, өрт сөндіру құрал-саймандарын, сондай-ақ өрт сөндірудің химиялық құралдарын пайдаланып, орман өрттерін сөндіруді жүзеге асыру;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өзіне бекітіп берілген өрт сөндіру жабдықтарын, аппаратураны, аспаптар мен саймандарды ақаусыз күйде күтіп ұстау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өрт сөндірудің от өшіретін химиялық құралдарының ерітінділерін әзірлеу жұмыстарын жүргізу болып табылады.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Өрт бақылау мұнарасы (бекеті) бақылаушысының негізгі функциялары:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орман шымылдығы астында орман өртінің шығу белгілерінің пайда болуын қадағалау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) азимуттық шеңберлерді пайдаланып тіркеу әдісімен орман өрті болып жатқан жерді анықтау;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) байқалған орман өрттері туралы ақпаратты орман өрт сөндіру станциясына және мемлекеттік орман иеленушінің кеңсесіне беру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z21" w:id="7"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-3. Орман өрт сөндіру станциясының өртке қарсы қызметі жұмысының тәртібі</w:t>
+        <w:t xml:space="preserve"> 3. Орман өрт сөндіру станциясының өртке қарсы қызметі жұмысының тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z22" w:id="8"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Ауа райы жағдайлары бойынша ормандардағы өрт қаупінің бірінші және екінші сыныптары күндері орман өрт сөндіру станциясының өртке қарсы қызметінің қызметкерлері орман өрттерін сөндірумен айналысып жатпаса, олар кезекшілік атқару орындарында болып, техника мен жабдықтарды орман өртіне шығуға дайындаумен шұғылданады.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ауа райы жағдайлары бойынша ормандардағы өрт қаупінің үшінші сыныбы күндері орман өрт сөндіру станциясының өртке қарсы қызметінің қызметкерлері орман өрттерін сөндірумен айналысып жатпаса, олар орман өртіне дереу аттанып кетуге толық әзірлік жағдайында кезекшілік атқару орындарында болады. Өрт сөндіру техникасы мен жабдықтар пайдалануға толық әзірлік жағдайында тұрады.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Ауа райы жағдайлары бойынша ормандардағы өрт қаупінің төртінші және бесінші сыныптары күндері орман өрт сөндіру станциясының өртке қарсы қызметінің қызметкерлері өздеріне белгіленген жиналу орындарында болады, орман өртін сөндіру тактикасын және өрт-техникалық жарақтандырудың техникалық сипаттамасын зерделеумен айналысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Авиациялық орман күзеті қызмет көрсететін мемлекеттік орман қорының аумағында орман өрт сөндіру станциясының өртке қарсы қызметінің жұмысы тиісті авиабөлімшелердің жұмысымен байланыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Өрт тұрғысынан алғанда қауіпсіз ұзақ мерзімді кезеңдерде орман өрт сөндіру станциясының өртке қарсы қызметінің қызметкерлері мемлекеттік орман иеленуші басшысының тапсырмасы бойынша орман өрт сөндіру станциясы қызмет көрсететін орман қоры аумағында өртке қарсы алдын алу іс-шараларын орындауға жұмылдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Орман өртін сөндіру кезінде жергілікті жердің ерекшеліктері мен ауа райы жағдайлары, өрттің түрі, өрт сөндіру күштері мен құралдарының бар-жоғы ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Орман өрт сөндіру станциясының өртке қарсы қызметінің орман өрттерін сөндіруі мынадай кезеңдерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өртті жою – жану тоқтатылған және оның өздігінен жану жағдайы жойылған өртті сөндіру сатысы (кезеңі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өртті шектеу – адамдарға (жануарларға) қауіп төндірмейтін немесе жойылған, өрттің жайылуы тоқтатылған және қолда бар күштер мен құралдардың көмегімен оны жою үшін жағдай жасалған өртті сөндіру сатысы (кезеңі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қарауылдау – жасырын жану ошақтарының және өрттің қайта басталып кету мүмкіндігінің жоқ екеніне көз жеткізуге жеткілікті белгілі бір уақыт бойы өрт болған алқапта жұмысшы өрт сөндірушілер командаларының кезекшілік атқаруы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Орман өрт сөндіру станциясының өртке қарсы қызметі орман өрттерін сөндірудің мынадай тәсілдерін пайдаланады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төменгі өрт жиегін сабалау немесе оған топырақ шашу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жер өңдейтін құралдар мен жарылғыш материалдардың көмегімен минералдандырылған жолақтар мен орлар тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өрттерді сумен немесе от өшіретін химикаттардың ерітінділерімен сөндіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жағу немесе қарсы от жіберу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Өртті жойғаннан кейін орман өрт сөндіру станциясының өртке қарсы қызметінің қызметкерлері жасырын жану ошағынан орманның қайта тұтануынан алдын алу үшін өрт ошағын қарауылдауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Орман өрт сөндіру станциясын жарақтандыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Орман өрт станциясы өртке қарсы техникамен, жабдықтармен, байланыс құралдарымен, сондай-ақ мемлекеттік орман қоры учаскелерінде орманды қорғау, пайдалану, орманды қайта өндіру және орман өсіру жөніндегі нормалар мен нормативтерге сәйкес жабдықталады. Бұл нормалар Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>193) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      14. Ауа райы жағдайлары бойынша ормандардағы өрт қаупінің үшінші сыныбы күндері орман өрт сөндіру станциясының өртке қарсы қызметінің қызметкерлері орман өрттерін сөндірумен айналысып жатпаса, олар орман өртіне дереу аттанып кетуге толық әзірлік жағдайында кезекшілік атқару орындарында болады. Өрт сөндіру техникасы мен жабдықтар пайдалануға толық әзірлік жағдайында тұрады.</w:t>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...257 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="10"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Орман өрт сөндіру станциясы Қазақстан Республикасы Орман кодексінің 13-бабы 1-тармағының </w:t>
-[...43 lines deleted...]
-        <w:t>
       23. Өрт сөндіру техникасы, жабдықтар және байланыс құралдары өрт қаупі бар маусым аяқталғаннан кейін жөнделіп, орман өрт сөндіру станциясында сақталады.</w:t>
       </w:r>
-      <w:r>
-[...154 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z38" w:id="11"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>
-ормандағы өрт сөндіру станциясы</w:t>
-[...27 lines deleted...]
-қосымша             </w:t>
+      24. Өрт қаупі бар маусым басталардан бір ай бұрын өрт сөндіру техникасы, жабдықтар және байланыс құралдары орман өрттерімен күрес жөніндегі жұмыстарға толық дайындық жағдайына келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>
+      25. Өртке қарсы қызметтің жұмысын қамтамасыз ету үшін орман өрт сөндіру станциясында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ауа райы жағдайлары бойынша өрт қаупінің сыныбын анықтау мақсатында метеорологиялық бақылаулар өткізу үшін метеобекет;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     Келісілген                                 «Бекітемін»</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>
-_______________________________        ______________________________</w:t>
-[...160 lines deleted...]
-                                      (атауы)</w:t>
+      2) құжаттарды, орман екпелерінің жоспарын және көлік жолдары, өрт бақылау мұнараларының (бекеттерінің), өртке қарсы тосқауылдар мен су көздерінің орналасуы көрсетілетін орман өрті картасын сақтауға арналған үй-жай;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Орман өрт станциясымен қызмет ететін аумақ:</w:t>
+        <w:t>
+      3) өртке қарсы қызметтің қызметкерлерін орналастыру үшін, сондай-ақ жабдықтар, өрт сөндіретін құрал-саймандар, далалық асхана, жеке қорғану құралдарын, жауынгерлік киім мен әбзелдер сақтау үшін үй-жай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өрт сөндіру машиналары үшін жылытылатын гараж, күзет машиналары мен тракторлар үшін жабық тұрақтар құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Орман өрт сөндіру станциясы мемлекеттік орман иеленушімен немесе орманшылықпен, орман өртін сөндіруде жұмыс істеп жатқан өрт сөндіру техникасымен және өртке қарсы қызметтің қызметкерлерімен телефон және радио байланысымен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Авиациялық қарауылдау жүзеге асырылатын аудандарда орман өрт сөндіру станциясының жанынан қарауыл тікұшағының (ұшағының) экипажынан мәліметтер қабылдау бекеті ұйымдастырылады және тікұшаққа арналған қону алаңы жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік орман иеленушінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ормандағы өрт сөндіру станциясы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы ережеге</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келісілген                                 "Бекітемін"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________        ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (өртке қарсы қызмет                     (мемлекеттік орман иеленуші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        бөлімшесінің басшысы)                          басшысы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Орман өрт сөндіру станциясының</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>паспорты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орман өрт сөндіру станциясының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орналасқан жері _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заңды мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік орман иеленуші __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орманшылық __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орман өрт станциясымен қызмет ететін аумақ:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2726"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2901"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орамдардың нөмірі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2726" w:type="dxa"/>
+              <w:t>
+Орамдардың нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жалпы ауданы, мың. гектар</w:t>
+              <w:t>
+Жалпы ауданы, мың. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оның ішінде жерлер</w:t>
+              <w:t>
+Оның ішінде жерлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2337,23087 +2746,22249 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>орманды</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2901" w:type="dxa"/>
+              <w:t>
+орманды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ормансыз</w:t>
+              <w:t>
+ормансыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2140" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>оның ішінде орман көмкерген жерлер</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде орман көмкерген жерлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="180" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="570" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2726" w:type="dxa"/>
-[...57 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...117 lines deleted...]
-            </w:r>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Ормандағы өрт сөндіру станциясының өртке қарсы</w:t>
-[...13 lines deleted...]
-қызметі қызметкерлерінің тізімі</w:t>
+      Ормандағы өрт сөндіру станциясының өртке қарсы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...692 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="14"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-Ормандағы өрт сөндіру станциясына тұрақты бекітілген өрт сөндіру техникасының, құрал-жабдықтардың, әбзелдердің, көлік және байланыс құралдарының тізбесі</w:t>
+      қызметі қызметкерлерінің тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="784"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1683"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="390" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
-[...281 lines deleted...]
-              <w:t>Тізбеден алып тастау негізі мен күні</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (бар болған кезде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағайындау туралы бұйрықтың нөмірі, күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыстан босату немесе ауыстыру туралы бұйрықтың нөмірі, күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="390" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...191 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="735" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
-[...343 lines deleted...]
-              <w:t>10</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ормандағы өрт сөндіру станциясына тұрақты бекітілген өрт сөндіру техникасының, құрал-жабдықтардың, әбзелдердің, көлік және байланыс құралдарының тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлгі, маркасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығарылған жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман өрт станциясына түскен күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізілген жөндеу жұмыстары туралы белгі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тізбеден алып тастау негізі мен күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="735" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+қозғалтқыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+шасси</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...274 lines deleted...]
-          </w:p>
+рама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="600" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="600" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="15"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Ормандардың өртке қарсы жабдықталуының шартты белгілері</w:t>
+        <w:t xml:space="preserve"> Ормандардың өртке қарсы жабдықталуының шартты белгілері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="849"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5334"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="705" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...98 lines deleted...]
-              <w:t>Бейнеленуі</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объект атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейнеленуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-үлгідегі ормандағы өрт сөндіру станциясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="520700" cy="355600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="520700" cy="355600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2-үлгідегі ормандағы өрт сөндіру станциясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="546100" cy="330200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="546100" cy="330200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өртке қарсы құрал-жабдықтардың, ұсақ өрт әбзелдері топталған бекет базасы (қойма)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="355600" cy="495300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="355600" cy="495300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орман иеленушінің кеңсесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="368300" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="368300" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орманшылық кеңсесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="393700" cy="317500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="393700" cy="317500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман кордоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="317500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="317500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Метеобекет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="508000" cy="317500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="508000" cy="317500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық бекет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="520700" cy="330200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="520700" cy="330200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өртке қарсы қызметінің ДПС орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="520700" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="520700" cy="266700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авиабөлімнің орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="520700" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="520700" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт қадағалау мұнарасы (бекет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="368300" cy="533400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="368300" cy="533400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тікұшақ алаңы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="520700" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="520700" cy="266700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хабарландыруларды қабылдау бекеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="508000" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="508000" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Демалыс орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="508000" cy="482600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="508000" cy="482600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="315" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алау жағылатын жер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="558800" cy="419100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="558800" cy="419100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...100 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Орман өрт станциясының </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әрекет ететін ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1206500" cy="292100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1206500" cy="292100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өртке қарсы жыртылған жерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1231900" cy="330200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1231900" cy="330200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Минералданған жолақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1358900" cy="203200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1358900" cy="203200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт сөндіру су айдындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="736600" cy="444500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId22"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="736600" cy="444500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="855" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман өртенген жер, саны – реттік нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="558800" cy="546100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="558800" cy="546100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="16"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Ормандағы өрт сөндіру станциясы жүзеге асыратын байланыс схемасы</w:t>
+        <w:t xml:space="preserve"> Ормандағы өрт сөндіру станциясы жүзеге асыратын байланыс схемасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="874"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5391"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="645" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="874" w:type="dxa"/>
-[...98 lines deleted...]
-              <w:t>Бейнеленуі</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объект атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейнеленуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="150" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="874" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стационарлық радиостанция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="457200" cy="762000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="457200" cy="762000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="195" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="874" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мобильдік радиостанция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="469900" cy="812800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="469900" cy="812800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="150" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="874" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көшпелі радиостанция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="571500" cy="749300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="571500" cy="749300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="150" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="874" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телефон аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="635000" cy="546100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="635000" cy="546100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="150" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="874" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радиобайланыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1993900" cy="342900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId28"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1993900" cy="342900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="150" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="874" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телефон желісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2070100" cy="203200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2070100" cy="203200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="150" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="874" w:type="dxa"/>
-[...83 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарауылдайтын ұшақ (тікұшақ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2019300" cy="495300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId30"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2019300" cy="495300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="17"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Кірме жолдардың шартты белгілері</w:t>
+        <w:t xml:space="preserve"> Кірме жолдардың шартты белгілері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3500"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3500"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="720" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>Көк – өзгелері</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызыл – өрт сөндіруге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сары – қарауылдауға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасыл – оқу-жаттығуға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көк – өзгелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="555" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3500" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="18"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Өртке қарсы қызмет қызметкерлеріне бекітілген өрт сөндіру техникасы, құрал-жабдықтары және байланыс құралдары туралы мәліметтер</w:t>
+        <w:t xml:space="preserve"> Өртке қарсы қызмет қызметкерлеріне бекітілген өрт сөндіру техникасы, құрал-жабдықтары және байланыс құралдары туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="865"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2824"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="840" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="865" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>Техника мен құрал-жабдықтар берілген және бекітілген кездегі олардың жай-күйі</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлгісі, маркасы, нөмірі, қозғалтқышы, шассиі, рамасы, шыққан жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техникалар, құрал-жабдықтар бекітілген қызметкерінің Тегі, аты, әкесінің аты (бар болған кезде), лауазымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техника мен құрал-жабдықтарды бекіту күні мен беру күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техника мен құрал-жабдықтар берілген және бекітілген кездегі олардың жай-күйі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="90" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="865" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>6</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="390" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="865" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="19"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Өрт сөндірудің химиялық от өшіру құралдарын есепке алу туралы мәлімет</w:t>
+        <w:t xml:space="preserve"> Өрт сөндірудің химиялық от өшіру құралдарын есепке алу туралы мәлімет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="998"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2428"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Р/с №</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3190" w:type="dxa"/>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Химикаттардың, шылауыштардың атауы</w:t>
+              <w:t>
+Химикаттардың, шылауыштардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Келіп түсуі</w:t>
+              <w:t>
+Келіп түсуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс</w:t>
+              <w:t>
+Шығыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қалдығы</w:t>
+              <w:t>
+Қалдығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1119" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>массасы, килограмм (дана)</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+массасы, килограмм (дана)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+массасы, килограмм (дана)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+массасы, килограмм (дана)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...273 lines deleted...]
-              <w:t>8</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="435" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="20"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Келесі айдың бірінші күніне от өшіретін химикаттар мен шылауыштардың қозғалысы туралы мәлімет</w:t>
+        <w:t xml:space="preserve"> Келесі айдың бірінші күніне от өшіретін химикаттар мен шылауыштардың қозғалысы туралы мәлімет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="923"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3035"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1515" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="923" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>Қалғаны, килограмм, дана</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Химикаттар мен шылауыштардың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті айда жұмсалғаны, килограмм, дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалғаны, килограмм, дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="90" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="923" w:type="dxa"/>
-[...133 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="375" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="923" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="21"/>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Өртке қарсы қызметітің қызметкерлеріне өткізілген нұсқаманы, оқу мен жаттығуларды есепке алу жөніндегі мәліметтер</w:t>
+        <w:t xml:space="preserve"> Өртке қарсы қызметітің қызметкерлеріне өткізілген нұсқаманы, оқу мен жаттығуларды есепке алу жөніндегі мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="836"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2482"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="836" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>Нұсқама, оқу, жаттығулар өткізетін тұлғалардың лауазымы мен қолы</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пысықталатын мәселелердің тақырыптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сағаттар саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметкерлердің тізімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нұсқама, оқу, жаттығулар өткізетін тұлғалардың лауазымы мен қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="836" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>6</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="345" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="836" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="22"/>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Ауа райы жағдайлары бойынша өрт қаупі туралы мәліметтер</w:t>
+        <w:t xml:space="preserve"> Ауа райы жағдайлары бойынша өрт қаупі туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="862"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3080"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>Ауа райының өрт қауіптілігінің қаупінің кешенді көрсеткіші</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жауын-шашын мөлшері, миллиметр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауа температурасы, градус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Температура мәні мен шық нүктелері арасындағы айырма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауа райының өрт қауіптілігінің қаупінің кешенді көрсеткіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
-[...203 lines deleted...]
-              <w:t>6</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="390" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="862" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-__________________ орман өрт станциясы</w:t>
-[...27 lines deleted...]
-жеке құрамының жұмыс есебі</w:t>
+      __________________ орман өрт станциясы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...7449 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кестенің жалғасы</w:t>
+        <w:t>
+      (атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке құрамының жұмыс есебі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="966"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="1442"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегі, аты, әкесінің аты (бар болған кезде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="14"/>
-[...28 lines deleted...]
-              <w:t>Ай күндері</w:t>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс істелген адам-күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="966" w:type="dxa"/>
-[...483 lines deleted...]
-              <w:t>31</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="270" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="966" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+өрт сөндіруге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+оқу және жаттығу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+ормандарды өртке қарсы жабдықтауға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+басқа жұмыстарға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...350 lines deleted...]
-</w:t>
+кезекшілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="270" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="966" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...233 lines deleted...]
-</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="270" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="966" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Есепті айдағы жеке құрам еңбегінің, техниканың, машина-ауысымының шығындары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Еңбек шығынының өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...389 lines deleted...]
-</w:t>
+Есептік кезеңдегі жұмыс жасалғаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="270" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="966" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...467 lines deleted...]
-</w:t>
+оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="225" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="966" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...506 lines deleted...]
-</w:t>
+өрт сөндіруге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ормандарды өртке қарсы жабдықтау бойынша жұмыстарға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="270" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="966" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Адам-күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Машина-ауысым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...312 lines deleted...]
-            </w:r>
+Трактор-ауысым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ормандағы өрт сөндіру станциясының жұмысын есепке алу карточкасы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>20____ жылғы _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік орман иеленушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="648"/>
+        <w:gridCol w:w="648"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсеткіштер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ай күндері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт қауіпсіздігінің сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезекші қызметкерлердің саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгілеу бойынша бару және оны жалпы жалғастыру саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Баруға қатысқан өртке қарсы қызметі қызметкерлеріндің саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болған өрттердің саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман өрт станциясымен сөндірген өрттердің саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кестенің жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ай күндері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>