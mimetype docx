--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2dbdd48" w14:textId="2dbdd48">
+    <w:p w14:paraId="562c169" w14:textId="562c169">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,3228 +93,3507 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Өзендер, көлдер, су қоймалары, каналдар және басқа су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерiнің енiн белгiлеу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 27 қаңтардағы № 18-02/43 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 3 наурызда № 10360 тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 27 қаңтардағы № 18-02/43 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 3 наурызда № 10360 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 1-тармағының 18-21) тармақшасына сәйкес </w:t>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>212) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
-      </w:r>
-[...168 lines deleted...]
-      3. Осы бұйрық ол алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>      Министр                                    А. Мамытбеков</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы   </w:t>
-[...55 lines deleted...]
-бекітілген         </w:t>
+      1. Қоса беріліп отырған Өзендер, көлдер, су қоймалары, каналдар және басқа су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерiнің енiн белгiлеу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық мемлекеттік тіркелуден кейін күнтізбелік он күн ішінде оның мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялануға жіберілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықтың Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрық ол алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауыл шаруашылығы министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 27 қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 18-02/43 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z4" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Өзендер, көлдер, су қоймалары, каналдар және басқа су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерiнің енiн белгiлеу қағидалары </w:t>
+        <w:t xml:space="preserve"> Өзендер, көлдер, су қоймалары, каналдар және басқа су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерiнің енiн белгiлеу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z5" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...24 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">
+      1. Осы Өзендер, көлдер, су қоймалары, каналдар және басқа су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерiнің енiн белгiлеу қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>212) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзiрлендi және өзендер, көлдер, су қоймалары, каналдар және басқа су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерiнің енiн белгiлеу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Ормандардың тыйым салынған белдеулерiнiң енiн белгiлеуге арналған тізбеде (бұдан әрі – Тізбе) көрсетілген су айдындарына іргелес мемлекеттік орман қорының аумағы жатады.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...334 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Өзендер, көлдер, су қоймалары,   </w:t>
-[...3 lines deleted...]
-      </w:r>
+      2. Өзендер, көлдер, су қоймалары, каналдар және басқа су объектiлерi жағалауларындағы ормандардың тыйым салынған белдеулерiне (бұдан әрі – тыйым салынған белдеулері) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Ормандардың тыйым салынған белдеулерiнiң енiн белгiлеуге арналған тізбеде (бұдан әрі – Тізбе) көрсетілген су айдындарына іргелес мемлекеттік орман қорының аумағы жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-каналдар және басқа су объектiлерi</w:t>
-[...3 lines deleted...]
-      </w:r>
+      3. Тізбеде көрсетілген су айдындарына іргелес мемлекеттік орман қоры аумағында су ресурстарын сақтауға және жинауға, су объектілерінің ластануына, былғануына және батпақтануына жол бермеуге, сондай-ақ жануарлар дүниесі объектілерінің мекендеу ортасын сақтауға бағытталған жағдайлар жасауға жәрдемдесетін шектеулі шаруашылық қызмет режимі белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-жағалауларындағы ормандардың тыйым</w:t>
-[...27 lines deleted...]
-белгiлеу қағидаларына қосымша   </w:t>
+      4. Тыйым салынған белдеулердiң енi орман орналастыру кезiнде су объектiлерiнiң балық шаруашылығы маңызы мен экологиялық жай-күйi ескерiле отырып, физика-географиялық, топырақ, гидрологиялық және басқа да шарттар басшылыққа алынып, орман шаруашылығы саласындағы уәкілеттi органның ведомствосы бекiтетiн орман орналастыру жобаларымен белгіленедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жайылмасыз өзендерде немесе кәдімгідей жайылмасы жоқ өзендер учаскелерiнде тыйым салу белдеулерiнiң енi орташа көпжылдық межелi су деңгейiнiң мөлшерi бойынша, ал су арнасы сағаларға тармақтанып кетсе, сыртқы сағаның жағалауы бойынша осы нормативпен анықталады. Өзен ені 1 километрден астам жоғары көтерiлген өзен аралығын қамтитын сағаларға бөлiнiп кеткен жағдайда әрбiр сағаның жағалаулары бойынша тыйым салынған белдеулердiң енi өзеннiң қалған бөлiгiндегі сияқты белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анық білiнiп тұрған жайылмасы бар өзен бойында тыйым салынған белдеулердің енi жайылманың енiнен және енi осы Қағидалардың 7 және 8-тармақтарына сәйкес айқындалатын оған жанасқан белдеуден тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жағалауларында тыйым салынған белдеулерi оқшау көрiнетiн өзендердiң басталар тұсында бұл белдеулердiң құрамына осы өзен жағалаулары бойынша белгiленген тыйым салынған белдеудің енiне тең радиуста өзеннiң басталар тұсындағы аумақ енгiзiледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыйым салынған белдеудің сыртқы шекарасы оны белгiлегенде мүмкiндiгiнше табиғи шептермен немесе орамдық орман жолдарымен, орман телімдерінің шекарасымен ұштастырылады, бұл ретте шекара өзеннiң су жинайтын алаңының шегiнен шығып кетпеуi тиiс, яғни бұл жағдайда ол су бөлетiн шекара бойымен өтедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Көлдер мен арналы су қоймаларының, каналдардың төңiрегiнде тыйым салынған белдеулердің енi оларға келiп құйылатын немесе олардан ағып шығатын өзендердің бойында бөлiнген белдеулерге тең белгіленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көлдерге, су қоймаларына немесе каналдарға бiрнеше өзен келiп құйылатын немесе ағып шығатын жағдайларда су қоймасы, канал бойындағы тыйым салынған белдеудің енi ең кең арналы өзен бойынша қабылданады. Су қоймасы, канал бойындағы тыйым салынған белдеудің iшкi шекарасы судың бiрқалыпты толық деңгейiнiң мөлшерiмен, ал көлдер бойында – орташа көпжылдық су деңгейiнiң мөлшерiмен өтедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Шағын өзендер (ұзындығы 200 километрге дейiн) және шаруашылық мақсатта пайдалану жағдайлары қарапайым және су жинағыштағы экологиялық жағдай қолайлы өзендер үшiн әр жағалау бойынша тыйым салынған белдеулердің ең тар енi – 500 метр мөлшерде белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Балық шаруашылығы маңызы бар өзендер, су айдындары мен каналдар үшiн су жинағыштағы экологиялық жағдай жайсыз болған кезде тыйым салынған белдеулердің енi әр жағалаудан 1000 метр мөлшерде белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Су қоймалары, каналдар мен көлдер бойындағы тыйым салынған белдеулердің енi мынадай мөлшерде белгiленедi:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) су айдынының акваториясы 2 шаршы километрге дейiн болса – 300 метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) су айдынының акваториясы 2 шаршы километрден асып кетсе – 500 метр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы көлдер үшiн тыйым салынған белдеудің iшкi шекарасы орташа көпжылдық су деңгейiнiң жырығы бойымен өтедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзендер, көлдер, су қоймалары,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>каналдар және басқа су объектiлерi</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағалауларындағы ормандардың тыйым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салынған белдеулерiнің енiн</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>белгiлеу қағидаларына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z7" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Ормандардың тыйым салынған белдеулерiнiң енiн белгiлеуге арналған су айдындарының тiзбесi</w:t>
+        <w:t xml:space="preserve"> Ормандардың тыйым салынған белдеулерiнiң енiн белгiлеуге арналған су айдындарының тiзбесi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7555"/>
-        <w:gridCol w:w="6045"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Өзендер келiп құйылатын су айдындарының атауы</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су айдындарының (өзендер, көлдер, су қоймалары мен каналдар) атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзендер келiп құйылатын су айдындарының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өзендер</w:t>
-[...45 lines deleted...]
-            <w:tcW w:w="6045" w:type="dxa"/>
+              <w:t>
+Өзендер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жайық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Каспий теңiзi </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Қиғаш </w:t>
+              <w:t xml:space="preserve">
+Каспий теңiзi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қиғаш </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="6045" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көшім </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жайық</w:t>
-[...39 lines deleted...]
-              <w:t>Шаған</w:t>
+              <w:t>
+Жайық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Утва </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Утва </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Елек </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Елек </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Өр </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өр </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...109 lines deleted...]
-            <w:tcW w:w="6045" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ертіс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Уба </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ертіс </w:t>
-[...39 lines deleted...]
-              <w:t>Үлбі</w:t>
+              <w:t xml:space="preserve">
+Ертіс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлбі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Тобыл </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тобыл </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Eсіл </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Eсіл </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="6045" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қара Ертіс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бұқтырма су қоймасы</w:t>
-[...39 lines deleted...]
-              <w:t>Бұқтырма</w:t>
+              <w:t>
+Бұқтырма су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқтырма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Күршім </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Күршім </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...34 lines deleted...]
-            <w:tcW w:w="6045" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қалжыр </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қара Ертіс </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Алқабек </w:t>
+              <w:t xml:space="preserve">
+Қара Ертіс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алқабек </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Белөзек </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Белөзек </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...184 lines deleted...]
-            <w:tcW w:w="6045" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аққоба </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қаба </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Тополевка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Марқакөл көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аягөз </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Балқаш көлі</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Ақсу </w:t>
+              <w:t>
+Балқаш көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ақсу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Қаратал </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қаратал </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Лепсі </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Лепсі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Іле </w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Іле </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7555" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>Арал теңізі</w:t>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сырдария </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арал теңізі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көлдер, су қоймалары және каналдар</w:t>
+              <w:t>
+Көлдер, су қоймалары және каналдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Марқакөл көлі</w:t>
+              <w:t>
+Марқакөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Балқаш көлі</w:t>
+              <w:t>
+Балқаш көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қошқаркөл көлі</w:t>
+              <w:t>
+Қошқаркөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жалаңашкөл көлі</w:t>
+              <w:t>
+Жалаңашкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сасықкөл көлі</w:t>
+              <w:t>
+Сасықкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бұқтырма су қоймасы</w:t>
+              <w:t>
+Бұқтырма су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өскемен су қоймасы</w:t>
+              <w:t>
+Өскемен су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Новошульба су қоймасы</w:t>
+              <w:t>
+Новошульба су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сергеевка су қоймасы</w:t>
+              <w:t>
+Сергеевка су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Вячеслав су қоймасы</w:t>
+              <w:t>
+Вячеслав су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қапшағай су қоймасы</w:t>
+              <w:t>
+Қапшағай су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев атындағы канал</w:t>
+              <w:t>
+Сәтбаев атындағы канал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үлкен Алматы каналы</w:t>
+              <w:t>
+Үлкен Алматы каналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>