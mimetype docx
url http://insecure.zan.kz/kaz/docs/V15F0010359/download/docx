--- v0 (2025-11-06)
+++ v1 (2026-03-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1c07606" w14:textId="1c07606">
+    <w:p w14:paraId="4bfdeb4" w14:textId="4bfdeb4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,3651 +94,4418 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мемлекеттік орман қорында таңбалар қолдану қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 18-02/53 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 3 наурызда № 10359 тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 18-02/53 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 3 наурызда № 10359 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>  
-[...30 lines deleted...]
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ережесінің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>197) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      1. Қоса беріліп отырған Мемлекеттік орман қорында таңбалар қолдану </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Мемлекеттік орман қорында таңбалар қолдану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күннің ішінде оны мерзімдік басылымдар мен "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықтың Қазақстан Республикасы Ауыл шаруашылығы министрлігінің ресми интернет-ресурсында орналастыруын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Ауыл шаруашылығы вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық оның алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А. Мамытбеков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...920 lines deleted...]
-        <w:t xml:space="preserve"> Орман шебері таңбасының нысандары</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6477"/>
-        <w:gridCol w:w="7123"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6477" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...17 lines deleted...]
-            <w:tcW w:w="7123" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11 lines deleted...]
-              <w:t>Кесу таңбасы</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауыл шаруашылығы министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 30 қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 18-02/53 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік орман қорында таңбалар қолдану қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Мемлекеттік орман қорында таңбалар қолдану қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі ережесінің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>197) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және мемлекеттік орман қорында таңбалар қолдану тәртібін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 346-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ағаштарды, сыпталған ағаштарды, кесінді ағаштарды және түбірлерді таңбалау кеспеағаш бөлуді, ағаш кесуді жүргізудің және ағаш босатудың дұрыстығын, ағаштың заңсыз кесілуінің тіркелуін бақылау мақсатында, сондай-ақ сүректі кеспеағаштан және жоғарғы қоймалардан тасып әкету кезінде оны есепке алу үшін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік орман қорында таңбалардың үш нысандары қолданылады: босату, кесу және бақылау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мемлекеттік орман иеленушілер осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша металл балғаға бекітілетін дөңгелек қима тілімдегі бедерлі бейне түріндегі таңбаларды қолданады, бұл ретте осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес таңбаларда әріптік және сандық белгілері бар сериялық нөмірлер белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Таңбаларды орман шеберлеріне және орман күтушілерге беруді мемлекеттік орман иеленуші болып табылатын ұйымның басшысы жүргізеді, ол бұл орайда бедерлерді тіркеу және таңбалар беру журналына таңбалар бедерлерін басып, онда қол қойғызып алады. Бедерлерді тіркеу және таңбалар беру журналы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген нысанға сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Таңбаларды мемлекеттік орман иеленуші болып табылатын ұйым басшысының жазбаша өкімінсіз (бұйрығынсыз) басқа тұлғаларға беруге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Таңбалар берілген қызметкер уақытша болмаған жағдайда осындай таңбалар мемлекеттік орман иеленуші болып табылатын ұйым басшысының жазбаша өкімі (бұйрығы) бойынша оны алмастыратын лауазымды адамға беріледі, бұл орайда осылайша беру актісімен ресімделіп, таңбаларды тіркеу журналына белгі қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Таңбаларды қолдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Босату таңбалары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) жаппай кеспеағаштарды кесуге және жаппай санитариялық кесуге босатудан басқа, кеспеағаштарды босату кезінде өсіп тұрған ағаштарды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сыпталған ағаштарды, жоғарғы кесімде диаметрімен сегіз сантиметр және одан да жоғары кәделік сортименттер мен отындық сүректі тасып әкету кезінде оларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік орман қоры учаскелерінде сүрек дайындаудың мынадай түрлері ағаш кесу тәртібімен жүзеге асырылғанда диаметрімен он сантиметр және одан да жоғары қалған томарларды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жаппай кеспеағаштарды кесуге босатудан басқа, толысқан және қураған сүрекдіндерде жүргізілетін, басты мақсатта кесу пайдаланғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жарықтандыру мен тазартудан басқа, аралық мақсатта үшін пайдаланғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жаппай санитариялық мақсатта кесуге босатудан басқа, өзге де мақсатта пайдаланғанда таңбалау үшін қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Кесу таңбалары заңсыз кесілген ағаштардың томарларын, ағаштың заңсыз кесілуінен сондай-ақ ағаш кесілген жерде табылған заңсыз кесілген сүректі таңбалау үшін қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бақылау таңбалары орманды аралап ревизия жасау кезінде анықталған, орман шебері бұдан бұрын таңбалаған да, таңбаламаған да заңсыз кесілген ағаштардың томарларын таңбалау үшін қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Таңбалау кезінде таңбаның бедерлі бейнесіне жағылатын суға төзімді бояғыш заттар пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Таңбалар келесі нысандар бойынша қойылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) босату таңбасы – өсіп тұрған ағаштарда діңнің тамырлы бөлігіне де (тамыр мойынына), шамаланған кесіндіден төмен терең түзу салынған белгіге (сүрекке), діңде, ағаш кеудесі деңгейінде де, ал шөпшектерде, дауылсұламада, желқұлатпада – тамыр мойнына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кесу және бақылау таңбалары – томардың бетіне, сондай-ақ осы Қағидалардың 8-тармағының 2) тармақшасында көрсетілген сыпталған ағаштардың, кәделік сортименттердің және отындық сүректің кесілген жеріне қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік орман қорында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таңбалар қолдану қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Орман шебері таңбасының нысандары</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Босату таңбасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кесу таңбасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6477" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="3111500" cy="3111500"/>
+                  <wp:extent cx="2565400" cy="2565400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3111500" cy="3111500"/>
+                            <a:ext cx="2565400" cy="2565400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7123" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="3263900" cy="3213100"/>
+                  <wp:extent cx="2603500" cy="2565400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3263900" cy="3213100"/>
+                            <a:ext cx="2603500" cy="2565400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6477" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-сурет</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7123" w:type="dxa"/>
+              <w:t>
+1-сурет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-сурет</w:t>
+              <w:t>
+2-сурет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таңбаның мөлшері (мм)</w:t>
+              <w:t>
+Таңбаның мөлшері (мм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6477" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="3365500" cy="3479800"/>
+                  <wp:extent cx="5842000" cy="6032500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3365500" cy="3479800"/>
+                            <a:ext cx="5842000" cy="6032500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="7123" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="3606800" cy="3441700"/>
+                  <wp:extent cx="5740400" cy="4711700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3606800" cy="3441700"/>
+                            <a:ext cx="5740400" cy="4711700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z3" w:id="7"/>
-[...62 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6966"/>
-        <w:gridCol w:w="6634"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6966" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...17 lines deleted...]
-            <w:tcW w:w="6634" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...11 lines deleted...]
-              <w:t>Бақылау таңбасы</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік орман қорында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таңбалар қолдану қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Орман күтуші таңбасының нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Босату таңбасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау таңбасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6966" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="3429000" cy="3378200"/>
+                  <wp:extent cx="2578100" cy="2540000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3429000" cy="3378200"/>
+                            <a:ext cx="2578100" cy="2540000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="6634" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="3467100" cy="3390900"/>
+                  <wp:extent cx="2603500" cy="2552700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3467100" cy="3390900"/>
+                            <a:ext cx="2603500" cy="2552700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6966" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-сурет</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6634" w:type="dxa"/>
+              <w:t>
+1-сурет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-сурет</w:t>
+              <w:t>
+2-сурет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таңбаның мөлшері</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+Таңбаның мөлшері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6966" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="3771900" cy="3492500"/>
+                  <wp:extent cx="4978400" cy="4610100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3771900" cy="3492500"/>
+                            <a:ext cx="4978400" cy="4610100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="6634" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="3213100" cy="3543300"/>
+                  <wp:extent cx="3975100" cy="4381500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3213100" cy="3543300"/>
+                            <a:ext cx="3975100" cy="4381500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-таңбалар қолдану қағидаларына</w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту: Шығып тұрған ернеулер Мемлекеттік орман қорында таңбалар қолдану қағидаларына 1 және 2-қосымшаларға сәйкес таңбаның бүкіл бедері бойынша ені 2 мм болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік орман қорында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таңбалар қолдану қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Таңбалардың сериялық нөмірлерінің әріптік және сандық белгілері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Облыстар бойынша жергілікті атқарушы органдардың қарауындағы мемлекеттік орман иеленушілер үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақмола – АКМ 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақтөбе – АКТ 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алматы – АЛМ 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атырау – АТ 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан – ВК 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл – ЖМ 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Батыс Қазақстан – ЗК 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарағанды – КР 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қостанай – КС 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызылорда – КЗ 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маңғыстау – МН 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Павлодар – ПВ 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Солтүстік Қазақстан – СК 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оңтүстік Қазақстан – ЮК 0001 және одан жоғары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Облыстар бойынша орман шаруашылығы саласындағы уәкілетті органның қарауындағы мемлекеттік орман иеленушілер үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақмола – АКМО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақтөбе – АКТО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алматы – АЛМО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атырау – АТО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан – ВКО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл – ЖМО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Батыс Қазақстан – ЗКО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарағанды – КРО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қостанай – КСО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызылорда – КЗО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маңғыстау – МНО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Павлодар – ПВО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Солтүстік Қазақстан – СКО 0001 және одан жоғары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оңтүстік Қазақстан – ЮКО 0001 және одан жоғары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Мемлекеттік орман қоры учаскелері тұрақты жер пайдалану құқығымен берілген басқа мемлекеттік ұйымдар үшін – Мемлекеттік орман қорында таңбалар қолдану қағидаларына 3-қосымшаның 1) тармақшасында көрсетілген әріптік белгілер, олардың соңына тиісінше облыстарға "П" әрпі қосып жазылады, ал сандық белгілер 001-ден бастап және одан жоғары.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік орман қорында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таңбалар қолдану қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бедерлерді тіркеу және таңбалар беру</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Таңбалардың сериялық нөмірлерінің әріптік және сандық белгілері </w:t>
-[...16 lines deleted...]
-        <w:t>      1) Облыстар бойынша жергілікті атқарушы органдардың қарауындағы мемлекеттік орман иеленушілер үшін:</w:t>
+        <w:t>журналы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      Ақмола – АКМ 0001 және одан жоғары;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...456 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бедерлерді тіркеу және таңбалар беру</w:t>
-[...83 lines deleted...]
-      Сақталу мерзімі ____________ жыл</w:t>
+        <w:t>(орман иеленушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Басталған күні _____________ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Аяқталған күні _____________ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Сақталу мерзімі ____________ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="509"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1399"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="509" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>р/с</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1712" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таңбаның атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1242" w:type="dxa"/>
+              <w:t>
+Таңбаның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Таңбаның №</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1242" w:type="dxa"/>
+              <w:t>
+Таңбаның №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сериялық №</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2118" w:type="dxa"/>
+              <w:t>
+Сериялық №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бедер</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2483" w:type="dxa"/>
+              <w:t>
+Бедер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бедер</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2895" w:type="dxa"/>
+              <w:t>
+Бедер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қолдану қағидаларымен танысқан және алған адамның Т.Ә.Ж., лауазымы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1399" w:type="dxa"/>
+              <w:t>
+Қолдану қағидаларымен танысқан және алған адамның Т.Ә.Ж., лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Алушының қолы</w:t>
+              <w:t>
+Алушының қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="509" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1712" w:type="dxa"/>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1242" w:type="dxa"/>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1242" w:type="dxa"/>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2118" w:type="dxa"/>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2483" w:type="dxa"/>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2895" w:type="dxa"/>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1399" w:type="dxa"/>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="509" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1712" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1242" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1242" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2118" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2483" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2895" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1399" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>