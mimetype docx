--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b1293c9" w14:textId="b1293c9">
+    <w:p w14:paraId="498008d" w14:textId="498008d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,51 +103,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 15 қаңтардағы № 21 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 16 қаңтарда № 10261 тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Төтенше жағдайлар министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 448</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2027 бастап қолданысқа енгiзiледi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Азаматтық қорғау туралы" 2014 жылғы 11 сәуірдегі Қазақстан Республикасының Заңының 12-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>70-16) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -156,111 +271,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Авариялық-құтқару қызметтері мен құралымдарына қойылатын біліктілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>талаптары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ішкі істер министрлігінің Төтенше жағдайлар комитеті (В.В. Петров) заңнамада белгiленген тәртiппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әдiлет министрлiгiнде мемлекеттiк тiркеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -271,179 +385,191 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты мемлекеттік тіркегеннен кейін күнтізбелік он күн ішінде оны мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жолдауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықты Қазақстан Республикасы Ішкі істер министрлігінің интернет-ресурсына орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Ішкі істер министрінің орынбасары В.К. Божкоға жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланғанынан кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Министр</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>полиция генерал-лейтенанты</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -586,240 +712,354 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 21 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Талаптар жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Төтенше жағдайлар министрінің 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 448</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2027 бастап қолданысқа енгiзiледi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авариялық-құтқару қызметтері мен құралымдарына қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1- тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-тараудың тақырыбы жаңа редакцияда – ҚР Ішкі істер министрінің 04.05.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 388</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы авариялық-құтқару қызметтері мен құралымдарына қойылатын біліктілік талаптары (бұдан әрі – Талаптар) "Азаматтық қорғау туралы" 2014 жылғы 11 сәуірдегі Қазақстан Республикасының Заңы 12-бабының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>70-16) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және авариялық-құтқару қызметтері мен құралымдарының кәсіптік даярлықтарының, олардың арнайы және құтқару техникасымен, құрал-сайманмен, жарақпен, авариялық-құтқару және өрт сөндіру жабдығымен, керек-жарақтармен және материалдармен жарақталу деңгейін, сондай-ақ табиғи және техногендік сипаттағы төтенше жағдайларды жоюға әзірлігі дәрежелерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Авариялық-құтқару қызметтері мен құралымдарына қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Ішкі істер министрінің 04.05.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 388</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Авариялық-құтқару қызметтері мен құралымдарына мынадай біліктілік талаптары қойылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -992,70 +1232,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қауіпті өндірістік объектілерге қызмет көрсететін авариялық-құтқару қызметтері мен құралымдарына осы Талаптардың 2-тармағын толықтыру үшін қосымша мынадай біліктілік талаптары белгіленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қажетті персоналмен және жабдықпен жасақталған шаң-газ талдау зертханасының болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1184,51 +1424,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Ішкі істер министрінің 29.02.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 195</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 04.05.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 388</w:t>
       </w:r>
       <w:r>
@@ -1366,443 +1606,448 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>біліктілік талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тау-кен өндіру және көмір кәсіпорындарына қызмет көрсететін авариялық-құтқару қызметі мен құралымының оқу-жаттығу полигонын жарақтандыру тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1321"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1610"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жарақ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="746" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызмет көрсетілетін объектілерде қолданылатын тау-кен қазбаларының тіреуіштері (металл, ағаш және т.б.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="746" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 әр түрінен 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1851,1148 +2096,1148 @@
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>= 100, 125 және 159 мм өртке қарсы құбыр</w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:tcW w:w="746" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлемі 8,0 – 10,0 м3 суға арналған сыйымдылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="746" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Өнімділігі 10,0-20,0 м3/сағ су сорғысы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="746" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жанғыш сұйықтығы бар өрт ошағын жасауға арналған жалпақ қаңылтыр таба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="746" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу полигонының схемасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="746" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Теренкур, кемінде L = 10,0 см</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="746" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 ЖПБ (парашют) орнатуға және ауа көлемін өлшеуге арналған қазба, кемінде L = 6,0 см </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="746" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1321" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8623" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темірбетон блоктар мен плиталардан жасалған конструкция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="746" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3002,5126 +3247,5113 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе. Оқу-жаттығу полигонын 3, 4, 6-позициялар бойынша жарақтау бөлімшенің оқу шахтасымен бірыңғай болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мұнай және газ кәсіпорындарына қызмет көрсететін авариялық-құтқару қызметі мен құралымының оқу-жаттығу полигонын жарақтандыру тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2358"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2001"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жарақ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұрғылау қондырғысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұңғыманың бұрғыланған оқпаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ұңғыма сағасында орналасқан шахта </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шегендеу бағаналары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұңғыманың конструкциясына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұрғылау бағанасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бұрғылау қондырғысының шығарылатын көпірлері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Саға жабдықтары: бағана басы мен шығарындыға қарсы жабдық жиынтығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шығарындыға қарсы жабдықты гидравликалық басқару пульті </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басу және дроссельдеу блогы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көлемі 10 м3 техникалық суға арналған резервуар немесе сыйымдылық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Босатқыш қалқандары бар плашкалық превенторларды қолмен басқару тұтқасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығарындыға қарсы жабдықтың шығару желілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқару кілті бар шар краны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ашуға арналған аспабы бар қайтарма клапан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жарықпен және дыбыспен беретін құлақтандыру сигнал жүйесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Желдің бағытын анықтауға арналған құрылғы (конус, флюгер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Өрт сөндіру құралдары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Су беруге арналған сорғы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ауа компрессоры </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бұрғылау, сағалық және шығарындыға қарсы, қосалқы жабдық элементтері көрсетілген оқу бұрғылау полигонының орналасу схемасы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Авариялық қор қоймасы: стандартты емес авариялық жабдықтың жиынтықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сағалық және шығарындыға қарсы жабдықты сығымдауға арналған стенд </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Темір кескіш және темір өңдеуші станоктары бар жөндеу цехы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығарындыға қарсы жабдықтың жиынтықтары: қызмет көрсетілетін объектілерде қолданылатын әмбебап және сағалық төрт тармағы бар плашкалық превенторлар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 НГ-50 қондырғысы (шығарындыға қарсы жабдықтың жиынтығын авариялық ұңғыма сағасына тасығыш) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Жанып жатқан ашық атқыламаны жоюға ұқсас қимылға арналған оқу алаңы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Шығарындыға қарсы жабдықты қысымдағы ұңғыма сағасына бұруға ұқсас қимылға арналған оқу алаңы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қысымдағы құбырды бұрғылауға ұқсас қимылға арналған оқу алаңы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шегендеу бағаналарын кесуге ұқсас қимылға арналған оқу алаңы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құтқарушылардың дене және моральдық-психологиялық дайындықтарын тәжірибелік сынауды жүргізуге арналған оқу-тренажерлық кешен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрт сөндіру құралдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2358" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6652" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу полигонының схемасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1289" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2001" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8235,1482 +8467,1483 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>біліктілік талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оқу шахтасын жарақтандыру тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1306"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р\с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жарақ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Авариялық сигнализация қоңырауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезекшімен байланысуға арналған телефон (шахталық телефон аппараты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызмет көрсетілетін объектілерде қолданылатын металл тіреуіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіреу жақтауларын орнатуға арналған ағаш бағаналар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 5. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бетонит (қож-блок)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 6. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 7. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс ерітіндісін дайындауға арналған сыйымдылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 8. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9759,182 +9992,182 @@
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>= 100, 125, 159 мм өртке қарсы құбыр</w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:tcW w:w="714" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9983,778 +10216,778 @@
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>= 100 немесе 150 мм су әкететін құбыр</w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:tcW w:w="714" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Диаметрі 35-40 мм және сынамаларды алуға арналған бұрмасы бар ауадан сынамалар алуға арналған құбыр </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 11. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ойық құбырлар секциясы, біреуінің қақпағы бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 12. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Іске қосу аппаратурасы бар оқу шахтасын желдету желдеткіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 13. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Іске қосу аппаратурасы бар тұйық қазбаны жергілікті желдету желдеткіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10766,909 +10999,909 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ұзындығы кемінде 10 метр теренкур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шегелер (100-120 мм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 килограмм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс тоғындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны оқу шахтасы жағдайында екі қатарлы бөгеттерді тұрғызуды қамтамасыз ете алатын шаршы қималы (16 х 16 см немесе 18 х 18 см) ағаш қырлы бөренелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түтін жіберуге арналған құрылғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 19. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арнайы дайындыққа арналған динамометрлері (6 данадан аз емес) және калорифері бар жылу камерасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 20. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11680,462 +11913,462 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С дейінгі қалыпты термометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Психрометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ілуге арналған арқаны бар ЖМБ-ға арналған, ұзындығы 20 м желдету құбыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 23. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12147,164 +12380,164 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/сағ ауа компрессоры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12316,164 +12549,164 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> суға арналған сыйымдылық (өртке қарсы резервуар) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12485,683 +12718,683 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/сағ өртке қарсы құбырға су беруге арналған сорғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауа көлемін анықтауға арналған өлшеу станциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазбалар, техникалық құрылыстар, электр желілері, іске қосу аппаратурасы мен жабдығы көрсетілген оқу-жаттығу кешенінің схемасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрт сөндіру құралдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1306" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8774" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу шахтасының аварияларын жою жоспары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1506" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13275,144 +13508,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>біліктілік талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жылуға төзімділікке машықтандыру бойынша кешен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жылуға төзімділікке машықтандыру бойынша кешен кемінде екі үй-жайдан тұруы қажет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жылуға төзімділікке жаттығу жүргізуге арналған үй-жай;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) медициналық қызметкерге арналған үй-жай.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жылуға төзімділікке жаттығу жүргізуге арналған үй-жайда мынадай жарақтар болуы қажет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) +150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>