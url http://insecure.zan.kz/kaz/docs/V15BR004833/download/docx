--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f25a745" w14:textId="f25a745">
+    <w:p w14:paraId="082e32b" w14:textId="082e32b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,59 +113,63 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақмола облысы Шортанды ауданы әкімдігінің 2015 жылғы 14 мамырдағы № А-4/116 қаулысы және Шортанды аудандық мәслихатының 2015 жылғы 14 мамырдағы № С-39/5 шешімі. Ақмола облысының Әділет департаментінде 2015 жылғы 17 маусымда № 4833 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       РҚАО-ның ескертпесі.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2003 жылғы 20 маусымдағы Жер кодексінің 108 бабының </w:t>
       </w:r>
       <w:r>
@@ -390,62 +394,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бірлескен қаулы мен шешім Ақмола облысының Әділет департаментінде мемлекеттік тіркелген күнінен бастап күшіне енеді және ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -453,51 +458,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Шортанды ауданының әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -510,129 +515,144 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Г.Сәдуақасова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Шортанды аудандық</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мәслихатының сессия</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -645,129 +665,144 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Я.Бельц</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Шортанды аудандық</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мәслихатының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>хатшысы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -989,589 +1024,784 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымшаға өзгеріс енгізілді - Ақмола облысы Шортанды ауданы әкімдігінің 27.02.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ А-2/36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысы және Ақмола облысы Шортанды аудандық мәслихатының 27.02.2019 № С-38/2 (ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> қаулысы және Ақмола облысы Шортанды аудандық мәслихатының 27.02.2019 № С-38/2 (ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімімен; жаңа редакцияда - Ақмола облысы Шортанды аудандық мәслихатының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-45/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Ақмола облысы Шортанды ауданы әкімдігінің 02.12.2025 № А-3/240 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданыска енгізіледі) бірлескен шешімі мен қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="385"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1511"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="385" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекен атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1346" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Елді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекеннің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоспар шекараларындағы жерлер, барлығы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоспар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шекарасындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>барлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жерлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оның ішінде</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бекітілетін алаң</w:t>
+Бекітілген алаң</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөгде адамдардың пайдалануындағы жерлер</w:t>
+Бөгде пайдаланудағы жерлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-егістік</w:t>
+Егістік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жайылымдар</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1132" w:type="dxa"/>
+Жайылымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-құрылыс орналасқан</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1132" w:type="dxa"/>
+Құрылыс астында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-су астында</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="919" w:type="dxa"/>
+Су астында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-басқа жерлер</w:t>
+Жолдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа жерлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -1597,634 +1827,656 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 табиғи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...29 lines deleted...]
-түбегейлі жақсартылған</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түбегейлі жақсарту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="919" w:type="dxa"/>
-[...65 lines deleted...]
-"Жасыл Аймақ" шаруашылық жүргізу құқығындағы республикалық мемлекеттiк кәсiпорны</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+651,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="385" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бозайғыр ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1346" w:type="dxa"/>
-[...215 lines deleted...]
-            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3511,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2860,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+667,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1132,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+310,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+753,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 240,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="919" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="919" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1511" w:type="dxa"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гектарлар</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2395,401 +2647,611 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - Ақмола облысы Шортанды ауданы әкімдігінің 27.02.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ А-2/36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаулысы және Ақмола облысы Шортанды аудандық мәслихатының 27.02.2019 № С-38/2 (ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> қаулысы және Ақмола облысы Шортанды аудандық мәслихатының 27.02.2019 № С-38/2 (ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімімен; жаңа редакцияда - Ақмола облысы Шортанды аудандық мәслихатының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-45/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Ақмола облысы Шортанды ауданы әкімдігінің 02.12.2025 № А-3/240 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданыска енгізіледі) бірлескен шешімі мен қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гектар</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="483"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1893"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекеннің атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1687" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Елді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекеннің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоспар шекараларындағы жерлер, барлығы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоспар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шекарасындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>барлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жерлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-Соның ішінде</w:t>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бекітілетін алаң</w:t>
+Бекітілген алаң</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөгде адамдардың пайдалануындағы жерлер</w:t>
+Өрман екпелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөгде пайдаланудағы жерлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1152" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2819,89 +3281,212 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жайылымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс астында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су астында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жолдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа жерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -2927,533 +3512,654 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1419" w:type="dxa"/>
-[...65 lines deleted...]
-Түбегейлі жақсартылған</w:t>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олардың ішінде жақсартылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="dxa"/>
-[...65 lines deleted...]
-"Жасыл Аймақ" шаруашылық жүргізу құқығындағы республикалық мемлекеттiк кәсiпорны</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төңкеріс бекеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1302,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1260,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+353,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1419" w:type="dxa"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+375,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3483,55 +4189,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>