--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5075ecb" w14:textId="5075ecb">
+    <w:p w14:paraId="a943bf6" w14:textId="a943bf6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,106 +76,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ауыл шаруашылығы саласындағы азаматтық қызметшілер лауазымдарының тізілімін бекіту туралы</w:t>
+        <w:t>Ауыл және балық шаруашылығы саласындағы азаматтық қызметшілер лауазымдарының тізілімін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 25 желтоқсандағы № 8-2/1132 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 17 ақпанда № 13096 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырыбы жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 21.07.2021 </w:t>
+      Ескерту. Тақырыбы жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 215</w:t>
+        <w:t>№ 430</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Еңбек кодексінің 139-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -251,121 +251,101 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+        <w:t>
+      1. Қоса беріліп отырған Ауыл және балық шаруашылығы саласындағы азаматтық қызметшілер лауазымдарының тізілімі бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 21.07.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 430</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 215</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -464,62 +444,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -551,51 +532,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ауыл шаруашылығы министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -919,190 +900,191 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ауыл шаруашылығы саласындағы азаматтық қызметшілер лауазымдарының тізілімі</w:t>
+        <w:t xml:space="preserve"> Ауыл және балық шаруашылығы саласындағы  азаматтық қызметшілер лауазымдарының тізілімі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізілім жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 29.11.2021 </w:t>
+      Ескерту. Тізілім жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 19.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 351</w:t>
+        <w:t>№ 430</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="555"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10888"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Буын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1141,154 +1123,172 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А блогі (басқару персоналы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
-[...29 lines deleted...]
-Мыналардың: Республикалық фитосанитариялық диагностика және болжамдар әдістемелік орталығының;</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мыналардың: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық фитосанитариялық диагностика және болжамдар әдістемелік орталығының;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республикалық эпизоотияға қарсы отрядтың;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1316,3365 +1316,3071 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республикалық агрохимия қызметінің ғылыми-әдістемелік орталығының;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республикалық өсімдіктер карантині орталығының (бұдан әрі – республикалық маңызы бар ММ және РММ) басшысы</w:t>
+Республикалық өсімдіктер карантині орталығының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Каспий итбалығы" мемлекеттік табиғи резерватының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атырау бекіре балығын өсіру зауытының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қамыстыбас балық питомнигінің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Петропавл балық питомнигінің (бұдан әрі – республикалық маңызы бар ММ, РММ және РМҚК) басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
-[...29 lines deleted...]
-Республикалық маңызы бар ММ және РММ басшысының орынбасары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар ММ, РММ және РМҚК басшысының орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...132 lines deleted...]
-Оңтүстік Қазақстан гидрогеологиялық-мелиоративтік экспедициясының (бұдан әрі – облыстық маңызы бар РММ) басшысы</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар ММ-ның, РММ-ның және РМҚК-ның бас бухгалтері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар РММ және РМҚК облыстық филиалының басшысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар РММ республикалық зертханасының басшысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар РММ өңірлік филиалының басшысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар ММ облыстық (аймақтық, республикалық маңызы бар қала) карантиндік зертханасының басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
-[...65 lines deleted...]
-Облыстық маңызы бар РММ басшысының орынбасары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар ММ-ның, РММ-ның және РМҚК-ның бас бухгалтерінің орынбасары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар РММ облыстық филиалы басшысының орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
-[...174 lines deleted...]
-Республикалық маңызы бар ММ облыстық (аймақтық, республикалық маңызы бар қала) карантиндік зертханасының басшысы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік сорт сынау учаскесінің, мемлекеттік сорт сынау станциясының (республикалық маңызы бар РММ филиалдары) басшысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар ММ және РММ аудандық филиалының басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1-1</w:t>
-[...53 lines deleted...]
-Республикалық маңызы бар РММ облыстық филиалы басшысының орынбасары</w:t>
+А3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар ММ, РММ және РМҚК-ның құрылымдық бөлімшесінің (бөлімінің) басшысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар РММ және РМҚК зертханасының басшысы, гидрохимиялық және гидробиологиялық зертхана меңгерушісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...60 lines deleted...]
-Республикалық маңызы бар ММ және РММ аудандық филиалының басшысы</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар РММ-ның және РМҚК құрылымдық бөлімшесі (бөлімі) басшысының орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
-[...83 lines deleted...]
-Облыстық маңызы бар РММ бөлімшесінің басшысы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық маңызы бар РММ және РМҚК-ның капитаны, мұражай меңгерушісі (визит-орталық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
-[...65 lines deleted...]
-Облыстық маңызы бар РММ бас бухгалтерінің орынбасары</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас: республикалық маңызы бар ММ, РММ және РМҚК-ның агрономы, инженері, негізгі персонал инженері, негізгі персонал инспекторы, механик, фитопатолог, экономист, энтомолог, бактериолог, вирусолог, герболог, гельминтолог, балық өсіруші, ихтиолог, инспектор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
-[...120 lines deleted...]
-Республикалық маңызы бар РММ зертханасының басшысы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В блогі (негізгі персонал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-Республикалық маңызы бар РММ-ның құрылымдық бөлімшесі (бөлімі) басшысының орынбасары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас ғылыми қызметкер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-Бас: агроном, инженер, негізгі персонал инженері, негізгі персонал инспекторы, механик, фитопатолог, экономист, энтомолог, бактериолог, вирусолог, герболог, гельминтолог</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жетекші ғылыми қызметкер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-Облыстық маңызы бар РММ бөлімінің басшысы</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аға ғылыми қызметкер </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-Бас: агроном-агрохимик, гидрогеолог, негізгі қызметтер инженері, экономист</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми қызметкер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-B блогі (негізгі персонал)</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші ғылыми қызметкер </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="857" w:type="dxa"/>
+В2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
-[...29 lines deleted...]
-Бас ғылыми қызметкер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персоналдың жоғары санатты біліктілігі жоғары деңгейдегі мамандары: зертханашы, химик, инженер-гидротехник (гидротехник), су ресурстары және суды пайдалану жөніндегі маман, жерді мелиорациялау, баптау және қорғау жөніндегі маман, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, териолог, метеоролог, табиғатты пайдалану жөніндегі инженер, аумақ қорғау жөніндегі инспектор, экскурсия жүргізуші, рекреация және туризм жөніндегі маман, экологиялық ағарту маманы, бекіре тұқымдас балықтардың өндірушілерін аулау технигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
-[...29 lines deleted...]
-Жетекші ғылыми қызметкер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персоналдың бірінші санатты біліктілігі жоғары деңгейдегі мамандары: агроном, тұқым шаруашылығы жөніндегі агроном, өсімдіктерді қорғау жөніндегі агроном, өсімдіктер карантині жөніндегі агроном, агрохимик, бактериолог, вирусолог, ветеринариялық дәрігер, ветеринариялық зертхана дәрігері, герболог, гельминтолог, мелиорация жөніндегі инженер, зертханашы, топырақтанушы, фитопатолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), су ресурстары және суды пайдалану жөніндегі маман, жерді мелиорациялау, баптау және қорғау жөніндегі маман, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, териолог, метеоролог, эколог, табиғатты пайдалану жөніндегі инженер, аумақ қорғау жөніндегі инспектор, экскурсия жүргізуші, рекреация және туризм жөніндегі маман, экологиялық ағарту маманы, бекіре тұқымдас балықтардың өндірушілерін аулау технигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
-[...29 lines deleted...]
-Аға ғылыми қызметкер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персоналдың екінші санатты біліктілігі жоғары деңгейдегі мамандары: агроном, тұқым шаруашылығы жөніндегі агроном, өсімдіктерді қорғау жөніндегі агроном, өсімдіктер карантині жөніндегі агроном, агрохимик, бактериолог, вирусолог, ветеринариялық дәрігер, ветеринариялық зертхана дәрігері, герболог, гельминтолог, мелиорация жөніндегі инженер, зертханашы, топырақтанушы, фитопотолог, химик, талдамашы химик, эколог, энтомолог, инженер-гидротехник (гидротехник), су ресурстары және суды пайдалану жөніндегі маман, жерді мелиорациялау, баптау және қорғау жөніндегі маман, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, териолог, метеоролог, эколог, табиғатты пайдалану жөніндегі инженер, аумақ қорғау жөніндегі инспектор, экскурсия жүргізуші, рекреация және туризм жөніндегі маман, экологиялық ағарту маманы, бекіре тұқымдас балықтардың өндірушілерін аулау технигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
-[...29 lines deleted...]
-Ғылыми қызметкер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персоналдың санаты жоқ біліктілігі жоғары деңгейдегі мамандары: агроном, тұқым шаруашылығы жөніндегі агроном, өсімдіктерді қорғау жөніндегі агроном, өсімдіктер карантині жөніндегі агроном, агрохимик, бактериолог, вирусолог, ветеринариялық дәрігер, ветеринариялық зертхана дәрігері, герболог, гельминтолог, мелиорация жөніндегі инженер, зертханашы, топырақтанушы, фитопотолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), су ресурстары және суды пайдалану жөніндегі маман, жерді мелиорациялау, баптау және қорғау жөніндегі маман, балық өсіруші, ихтиолог, биолог, гидробиолог, орнитолог, териолог, метеоролог, эколог, табиғатты пайдалану жөніндегі инженер, аумақ қорғау жөніндегі инспектор, экскурсия жүргізуші, қор сақтаушы, рекреация және туризм жөніндегі маман, экологиялық ағарту маманы, кеме механигі, капитанның аға көмекшісі, капитанның бірінші көмекшісі, капитанның екінші көмекшісі, капитанның үшінші көмекшісі, бекіре тұқымдас балықтардың өндірушілерін аулау технигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-Кіші ғылыми қызметкер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персоналдың жоғары санатты біліктілігі орта деңгейдегі мамандары: зертханашы, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, табиғатты пайдалану жөніндегі инженер, аумақ қорғау жөніндегі инспектор, экскурсия жүргізуші, рекреация және туризм жөніндегі маман, экологиялық ағарту маманы, бекіре тұқымдас балықтардың өндірушілерін аулау технигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
-[...102 lines deleted...]
-Негізгі персоналдың жоғары санатты біліктілігі жоғары деңгейдегі мамандары: зертханашы, химик, инженер-гидротехник (гидротехник), су ресурстары және суды пайдалану жөніндегі маман, жерді мелиорациялау, баптау және қорғау жөніндегі маман</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персоналдың бірінші санатты біліктілігі орта деңгейдегі мамандары: ветеринариялық фельдшер, зертханашы, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, табиғатты пайдалану жөніндегі инженер, аумақ қорғау жөніндегі инспектор, экскурсия жүргізуші, рекреация және туризм жөніндегі маман, экологиялық ағарту маманы, бекіре тұқымдас балықтардың өндірушілерін аулау технигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
-[...65 lines deleted...]
-Негізгі персоналдың бірінші санатты біліктілігі жоғары деңгейдегі мамандары: агроном, тұқым шаруашылығы жөніндегі агроном, өсімдіктерді қорғау жөніндегі агроном, өсімдіктер карантині жөніндегі агроном, агрохимик, бактериолог, вирусолог, ветеринариялық дәрігер, ветеринариялық зертхана дәрігері, герболог, гельминтолог, гидрогеолог, мелиорация жөніндегі инженер, зертханашы, топырақтанушы, фитопатолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), су ресурстары және суды пайдалану жөніндегі маман, жерді мелиорациялау, баптау және қорғау жөніндегі маман</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персоналдың екінші санатты біліктілігі орта деңгейдегі мамандары: агрохимик, ветеринариялық фельдшер, зертханашы, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, табиғатты пайдалану жөніндегі инженер, аумақ қорғау жөніндегі инспектор, экскурсия жүргізуші, рекреация және туризм жөніндегі маман, экологиялық ағарту маманы, бекіре тұқымдас балықтардың өндірушілерін аулау технигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
-[...65 lines deleted...]
-Негізгі персоналдың екінші санатты біліктілігі жоғары деңгейдегі мамандары: агроном, тұқым шаруашылығы жөніндегі агроном, өсімдіктерді қорғау жөніндегі агроном, өсімдіктер карантині жөніндегі агроном, агрохимик, бактериолог, вирусолог, ветеринариялық дәрігер, ветеринариялық зертхана дәрігері, герболог, гельминтолог, гидрогеолог, мелиорация жөніндегі инженер, зертханашы, топырақтанушы, фитопотолог, химик, талдамашы химик, эколог, энтомолог, инженер-гидротехник (гидротехник), су ресурстары және суды пайдалану жөніндегі маман, жерді мелиорациялау, баптау және қорғау жөніндегі маман</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі персоналдың санаты жоқ біліктілігі орта деңгейдегі мамандары: агрохимик, ветеринариялық фельдшер, зертханашы, инспектор, ихтиолог, биолог, гидробиолог, орнитолог, табиғатты пайдалану жөніндегі инженер, аумақ қорғау жөніндегі инспектор, экскурсия жүргізуші, рекреация және туризм жөніндегі маман, экологиялық ағарту маманы, кеме механигі, капитанның аға көмекшісі, капитанның бірінші көмекшісі, капитанның екінші көмекшісі, капитанның үшінші көмекшісі, бекіре тұқымдас балықтардың өндірушілерін аулау технигі, жылу беру және су сору қондырғыларына жауапты техник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...77 lines deleted...]
-Негізгі персоналдың санаты жоқ біліктілігі жоғары деңгейдегі мамандары: агроном, тұқым шаруашылығы жөніндегі агроном, өсімдіктерді қорғау жөніндегі агроном, өсімдіктер карантині жөніндегі агроном, агрохимик, бактериолог, вирусолог, ветеринариялық дәрігер, ветеринариялық зертхана дәрігері, герболог, гельминтолог, гидрогеолог, мелиорация жөніндегі инженер, зертханашы, топырақтанушы, фитопотолог, химик, эколог, энтомолог, инженер-гидротехник (гидротехник), су ресурстары және суды пайдалану жөніндегі маман, жерді мелиорациялау, баптау және қорғау жөніндегі маман</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С блогі (әкімшілік персонал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
-[...36 lines deleted...]
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
-[...29 lines deleted...]
-Негізгі персоналдың жоғары санатты біліктілігі орта деңгейдегі мамандары: зертханашы</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цех басшысы, өндірістік цехтың басшысы (меңгерушісі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
-[...29 lines deleted...]
-Негізгі персоналдың бірінші санатты біліктілігі орта деңгейдегі мамандары: ветеринариялық фельдшер, зертханашы, техник-гидрогеолог</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік функцияларды орындайтын біліктілігі жоғары деңгейдегі мамандар: бухгалтер, зертханашы, еңбек қауіпсіздігі және еңбекті қорғау жөніндегі инженер, инспектор, нұсқаушы, менеджер, мемлекеттік сатып алу жөніндегі менеджер, әдіскер, механик, аудармашы, редактор, референт, бағдарламашы, технолог, бағдарламашы инженер (бағдарламашы), жабдықтау жөніндегі инженер, кадр жөніндегі инспектор, экономист, заңгер, сапаны бақылау жөніндегі менеджер, инженер-инспектор, энергетик, инженер-механик, инженер-электроник, қоғаммен байланыс жөніндегі маман, серверлер мен желілердің жүйелік әкімшісі (жүйелік әкімші), инженер-бағдарламашы (геоақпараттық жүйе маманы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10888" w:type="dxa"/>
-[...29 lines deleted...]
-Негізгі персоналдың екінші санатты біліктілігі орта деңгейдегі мамандары: агрохимик, ветеринариялық фельдшер, зертханашы, техник-гидрогеолог</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РММ-ға шаруашылық қызмет көрсетумен айналысатын құрылымдық бөлімшенің басшысы (меңгеруші): қойма меңгерушісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
-[...65 lines deleted...]
-Негізгі персоналдың санаты жоқ біліктілігі орта деңгейдегі мамандары: агрохимик, ветеринариялық фельдшер, зертханашы, техник-гидрогеолог</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік функцияларды орындайтын біліктілігі орта деңгейдегі мамандар: кітапханашы, жабдықтау жөніндегі инженер, кадр жөніндегі инспектор, шебер, механик, референт, барлық атаулар технигі, экономист, заңгер, статистик, инженер-инспектор, энергетик, инженер-механик, инженер-электроник, байланыс инженері, серверлер мен желілердің жүйелік әкімшісі (жүйелік әкімші), инженер-бағдарламашы (геоақпараттық жүйе маманы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С блогі (әкімшілік персонал)</w:t>
+D блогі (көмекші персонал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
-[...449 lines deleted...]
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
-[...61 lines deleted...]
-Техникалық орындаушылар: мұрағатшы, іс жүргізуші, комендант, хатшы, статистик</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Техникалық орындаушылар: мұрағатшы, диспетчер, іс жүргізуші, комендант, хатшы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аббревиатурлардың толық жазылуы:</w:t>
+      Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ММ – мемлекеттік мекеме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      РММ – республикалық мемлекеттік мекеме.</w:t>
+      РММ – республикалық мемлекеттік мекеме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РМҚК – республикалық мемлекеттік қазыналық кәсіпорын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АШМ – Қазақстан Республикасының Ауыл шаруашылығы министрлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СРИМ – Қазақстан Республикасының Су ресурстары және ирригация министрлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызмет – Ұлттық гидрогеологиялық қызмет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -4682,55 +4388,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5056,31 +4762,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>