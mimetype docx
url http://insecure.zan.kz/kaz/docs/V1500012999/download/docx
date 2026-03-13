--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="12b4a6d" w14:textId="12b4a6d">
+    <w:p w14:paraId="89bdbd5" w14:textId="89bdbd5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,94 +112,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 19 желтоқсандағы № 252 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 3 ақпанда № 12999 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Бағалы қағаздар рыногы туралы" 2003 жылғы 2 шілдедегі Қазақстан Республикасының </w:t>
-[...9 lines deleted...]
-        <w:t>Заңына</w:t>
+      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Қор биржасы үшін тәуекелдерді басқару мен ішкі бақылау жүйесін қалыптастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -769,74 +821,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>қалыптастыру қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қор биржасы үшін тәуекелдерді басқару мен ішкі бақылау жүйесін қалыптастыру қағидалары (бұдан әрі - Қағидалар) "Бағалы қағаздар рыногы туралы" 2003 жылғы 2 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі - БҚР туралы заң) </w:t>
+      1. Осы Қор биржасы үшін тәуекелдерді басқару мен ішкі бақылау жүйесін қалыптастыру қағидалары (бұдан әрі – Қағидалар) "Бағалы қағаздар рыногы туралы" Қазақстан Республикасы Заңының (бұдан әрі - БҚР туралы заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзiрлендi және қор биржасында тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қор биржасының Директорлар кеңесі тәуекелдерді басқару мен ішкі бақылау жүйесінің Қағидалардың талаптарына сәйкес келуін қамтамасыз етеді және қор биржасының органдары, бөлімшелері мен қызметкерлері тәуекелдерді басқару саласында өздеріне жүктелген міндеттерді орындау үшін жағдай жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2185,51 +2299,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ішкі бақылау мен ішкі аудитті жүзеге асыру рәсімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимылдарға бағытталған рәсімдер;</w:t>
+      4) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимылдарға бағытталған рәсімдер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қор биржасында орын алған және потенциалды мүдде қақтығысын басқару рәсімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
@@ -2386,71 +2500,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармаққа өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 10.09.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармаққа өзгерістер енгізілді – ҚР Ұлттық Банкі Басқармасының 10.09.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z66" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3201,114 +3335,176 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) ішкі аудит қызметінің тексеру нәтижелері туралы есепті қор биржасының директорлар кеңесіне ұсыну мерзімдерін және нысанын айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z96" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимылдарға бағытталған рәсімдерге мыналар кіреді, бірақ олармен шектелмейді:</w:t>
+      16. Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимылдарға бағытталған рәсімдерге мыналар кіреді, бірақ олармен шектелмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z97" w:id="94"/>
+    <w:bookmarkStart w:name="z316" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) операция "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" 2009 жылғы 28 тамыздағы Қазақстан Республикасы Заңының (бұдан әрі – Кірістерді жылыстатуға қарсы іс-қимыл туралы заң) </w:t>
+      1) операция "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚІ туралы заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тармағында белгіленген критерийлерге сәйкес келетін жағдайда, Кірістерді жылыстатуға қарсы іс-қимыл туралы заңға сәйкес клиенттерді сәйкестендіру және олардың операцияларына мониторинг жасау;</w:t>
+        <w:t xml:space="preserve"> 1-тармағында белгіленген операциялардың бір түріне сәйкес келетін жағдайда, КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңға сәйкес клиенттерді сәйкестендіру және олардың операцияларына мониторинг жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z98" w:id="95"/>
-[...15 lines deleted...]
-      2) Кірістерді жылыстатуға қарсы іс-қимыл туралы заңға сәйкес қаржылық мониторингті жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстауға) және терроризмді қаржыландыруға қарсы іс-қимыл бойынша өзге шараларды қабылдайтын мемлекеттік органға қаржылық мониторингке жататын операциялар туралы, оның ішінде күмәнді операциялар туралы мәліметтер мен ақпаратты беру.</w:t>
+    <w:bookmarkStart w:name="z317" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңға сәйкес қаржылық мониторингті жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл бойынша өзге шараларды қабылдайтын мемлекеттік органға қаржылық мониторингке жататын операциялар туралы, оның ішінде күмәнді операциялар туралы мәліметтер мен ақпаратты беру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z99" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қор биржасы қызметін жүзеге асыру барысында оның органдарымен және (немесе) бөлімшелері арасында туындайтын қор биржасында орын алған және потенциалды мүдделер қақтығысын басқару рәсіміне мыналар кіреді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z100" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -7017,926 +7213,1034 @@
         <w:t>
       62. Қор биржасындағы ішкі бақылау жүйесі мынадай мақсаттарға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
     <w:bookmarkStart w:name="z260" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қор биржасының активтерін басқарудың, листинг рәсімдерінің, биржалық мәмілелер бойынша есептесуді жүзеге асырудың, қор биржасының биржалық мәмілелерге, қор биржасының мүшелеріне және эмитенттеріне қатысты қадағалау функцияларын орындаудың және шығындар болуын айқындаудың тиімділігін тексеруді көздейтін қор биржасы қызметінің операциялық және қаржылық тиімділігіне;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z261" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қаржылық және басқарушылық ақпараттың сенімділігін, толықтығы мен уақтылығына. Аталған мақсат шынайы және сапалы қаржылық есептің жасалуын және шешімдер қабылдаған кезде қор биржасы пайдаланған басқа қаржы құжаттарын тексеруді болжалдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z262" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қор биржасы Қазақстан Республикасының заңнамасын, оның ішінде уәкілетті органның нормативтік құқықтық актілерін, сондай-ақ қор биржасының ішкі саясаты мен рәсімдерін айқындайтын құжаттардың талаптарын тексеруді болжайтын Қазақстан Республикасы заңнамаларының талаптарын сақтауға жету үшін құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z263" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Ішкі бақылау жүйесі мынадай үш кезеңнің үздіксіз кезекті түрде жүру принципі бойынша қызмет етуі тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z264" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қор биржасының ішкі регламенттеріне рәсімдерді қосу жолымен ішкі бақылау жүйесін (тиімділікті бақылау нәтижелерін есепке ала отырып) қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z265" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жұмыста қор биржасының ішкі регламенттерін пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z266" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ішкі бақылау жүйесінің тиімділігін бағалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z267" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Ішкі бақылау жүйесін мына рәсімдерді жүргізуді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z268" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қызметтің жоспарлы көрсеткіштерін қоса беріп, қор биржасының қаржылық қызметінің ағымдағы нәтижелері туралы есептерді директорлар кеңесіне беру арқылы қор биржасының алға қойылған мақсаттар мен міндеттерге қол жеткізу процесін тоқсан сайын тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z269" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бөлімше қызметінің нәтижелері туралы стандарт нақты есептерді бөлімше басшыларының ай сайынғы негізде тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z270" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) материалдық маңызды ақпаратқа және бағдарламалық-техникалық қамтамасыз етуге қол жетімділікті шектеуге бақылау жүргізу мақсатымен тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z271" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тәуекелдің белгіленген лимиттерінің сақталуын тексеру мен анықталған сәйкессіздіктерді жою жөніндегі іс-шараларды іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z272" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) міндетті авторизацияны талап ететін операциялардың тізбесіне қор биржасының басшылығының талаптарын белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z273" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) операциялардың шарттары мен қор биржасының қызметіне байланысты тәуекелдерді басқару үлгілерін қолданудың нәтижелерін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z274" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жүргізілген операцияларды қор биржасының есебінде және есептілігінде көрсетудің уақтылығын, дұрыстығын, толықтығы мен дәлдігін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z275" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қор биржасының бағдарламалық-техникалық қамтамасыз етілуінің сенімді қызмет етуін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z276" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимылдарға бағытталған рәсімдердің тиімділігін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z277" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) қор биржасында мүдделердің бар болған және потенциалды қақтығысын басқаруға бағытталған рәсімдердің тиімділігін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z278" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) қаржы құралдардың құнын бағалау және кірістілік бөлігінде әдістерді қоса алғанда, қор биржасының ішкі құжаттарының талаптарына сәйкес жүзеге асырылатын қаржы құралының құнын бағалаудың дұрыстығын және шынайылығын тоқсан сайынғы тексеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...358 lines deleted...]
-    <w:bookmarkStart w:name="z279" w:id="272"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 64-тармаққа өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Ішкі аудиттің мақсаты болып ішкі бақылау жүйесінің бара бар болуын және тиімділігін бағалау, қор биржасының бөлімшелерінің жүктелген функциялар мен міндеттерді орындау жағдайы туралы уақтылы және шынайы ақпаратпен қамтамасыз ету, сондай-ақ жұмысты жақсарту жөніндегі ұтымды және тиімді ұсынымдарды беру табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z280" w:id="273"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z280" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Директорлар кеңесі ішкі бақылау жүйесінің жағдайын объективті бағалауды және оларды жетілдіру бойынша ұсынымдарды беру жолымен тиісті ішкі бақылау жүйесінің бар болуын және қызмет етуін қамтамасыз ету бойынша функцияларын жүзеге асырғанда туындайтын міндеттерді шешу мақсатымен ішкі аудит қызметі құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z281" w:id="274"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z281" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      67. Ішкі аудит қызметі өз қызметінде "Акционерлік қоғамдар туралы" 2003 жылғы 13 мамырдағы Қазақстан Республикасының </w:t>
+      67. Ішкі аудит қызметі өз қызметінде "Акционерлік қоғамдар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>, ішкі бақылау жүйесін ұйымдастыру жөніндегі және қор биржасының ішкі аудит қызметі туралы ережені, сондай-ақ қор биржасының қызметін реттейтін басқа ішкі құжаттарды және Қағидалардың талаптарын басшылыққа алады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z282" w:id="275"/>
+        <w:t>, Қағидалардың талаптарын, ішкі бақылау жүйесін ұйымдастыру жөніндегі және қор биржасының ішкі аудит қызметі туралы ережелерді, сондай-ақ қор биржасының басқа ішкі құжаттарын басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 67-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Ішкі аудит қызметі қор биржасының кез келген бөлімшесінің қызметін немесе лауазымды тұлғасының қызметін тексеруді тағайындайды. Ішкі аудит қызметі директорлар кеңесінің алдында үнемі есеп береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z283" w:id="276"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z283" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Ішкі аудит қызметі ішкі аудиттің жоспары мен қор биржасының директорлар кеңесі бекітетін ішкі аудит бағдарламасын жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z284" w:id="277"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z284" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Ішкі аудит қызметінің міндетіне мынадай мәселелерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z285" w:id="278"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z285" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ішкі бақылау жүйесінің қызмет етуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z286" w:id="279"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z286" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) директорлар кеңесіне ішкі аудит қызметінің жұмысы туралы есептілікті дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z287" w:id="280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z287" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) директорлар кеңесіне, басқармаға және сыртқы пайдаланушыларға берілетін қор биржасының лицензияланатын қызмет түрі аясында кез келген мәлімет пен ақпараттың шынайлығы мен дәл болуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z288" w:id="281"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z288" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ішкі немесе сыртқы аудитор анықтаған бухгалтерлік есептегі немесе ішкі аудиттегі кез келген елеулі кемшіліктерді қарау мен талқылау кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z289" w:id="282"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z289" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Ішкі аудитті қызметінің негізгі функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z290" w:id="283"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z290" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ішкі бақылау жүйесінің тиімділігін тексеру мен бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z291" w:id="284"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z291" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тәуекелдерді бағалау әдістемесінің және тәуекелдерді басқару рәсімдерінің (әдістемелерінің, бағдарламаларының, ережелерінің және банк операцияларын жасау мен мәмілелер, тәуекелдерді басқару рәсімдерінің) қолдану толықтығын және тиімділігін тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z292" w:id="285"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z292" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) деректер базасының тұтастығы мен оларды санкция берілмеген рұқсаттан қорғауды, күтпеген жағдайларда іс-қимыл жоспарының болуын қоса отырып, сауда жүйесінің қызмет ету тиімділігін тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z293" w:id="286"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z293" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бухгалтерлік есеп пен есеп берудің анықтығын, толықтығын, объективтілігі мен уақтылығын, сонымен қатар ақпарат пен есептіліктің сенімділігін әрі уақтылығын тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z294" w:id="287"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z294" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының заңнамасына сәйкес өзге мәліметтерді берудің анықтығын, толықтығын, объективтілігі мен уақтылығын тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z295" w:id="288"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z295" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қор биржасының мүлігінің сақталуын қамтамасыз етудің қолданылып жүрген тәсілдерін (әдістерін) тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z296" w:id="289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z296" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қор биржасының жасаған операцияларының экономикалық мақсатқа лайықтылығын және тиімділігін бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z297" w:id="290"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z297" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ішкі бақылаудың процестері мен рәсімдерін тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z298" w:id="291"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z298" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасы заңнамасының талаптарын сақтау мақсатында құрылған жүйелерді тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z299" w:id="292"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z299" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) қор биржасының қызметкерлерін басқару қызметінің жұмысын бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z300" w:id="293"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z300" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) анықталған тәуекелдер деңгейін төмендетуді немесе қор биржасының бөлімше басшысының және (немесе) басқару органдарының қор биржасы үшін анықталған тәуекелдердің жарамдылығы туралы қабылдаған шешімін құжаттандыруды қамтамасыз ететін қор биржасының бөлімшелерін тексеру нәтижелері бойынша қор биржасының бөлімшелері мен органдарының қабылдаған шараларының тиімділігіне бақылау жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z301" w:id="294"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z301" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) қор биржасының ішкі құжаттарында көзделген басқа мәселелер болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z302" w:id="295"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z302" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Ішкі бақылау жүйесін ұйымдастыру қор биржасының Қағидаларда көрсетілген талаптарға сәйкес келуімен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="296"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8046,80 +8350,80 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z304" w:id="296"/>
+    <w:bookmarkStart w:name="z304" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тәуекелдерді басқару жүйесіне қойылатын талаптардың орындалуын</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>бағалау бойынша есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "______________________________________________"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9489,88 +9793,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z306" w:id="297"/>
+    <w:bookmarkStart w:name="z306" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z307" w:id="298"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z307" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Баға тәуекелі бойынша стресс-тестинг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -12419,88 +12723,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       орнындағы адам) _____________________ ________________ ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (ол бар болса)    қолы       күні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z308" w:id="299"/>
+    <w:bookmarkStart w:name="z308" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z309" w:id="300"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z309" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Пайыздық тәуекел бойынша стресс-тестинг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkEnd w:id="301"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -14542,88 +14846,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________ ________________ ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (ол бар болса)      қолы            күні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z310" w:id="301"/>
+    <w:bookmarkStart w:name="z310" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z311" w:id="302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z311" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Активтер бойынша, валюталық тәуекел стресс-тестингі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="303"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -16660,68 +16964,68 @@
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z313" w:id="303"/>
+    <w:bookmarkStart w:name="z313" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Операциялық тәуекел бойынша стресс-тестинг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkEnd w:id="304"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>