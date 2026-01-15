--- v0 (2025-11-13)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7e66faa" w14:textId="7e66faa">
+    <w:p w14:paraId="3c7016b" w14:textId="3c7016b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,383 +100,368 @@
         </w:rPr>
         <w:t>Қазақстан Республикасының ұлттық валютасының айналыстағы ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде оларды ауыстыру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 19 желтоқсандағы № 228 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 28 қаңтарда № 12946 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 7) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...53 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 22.06.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 52</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Қазақстан Республикасының ұлттық валютасының айналыстағы ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде оларды ауыстыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының нормативтік құқықтық актілерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қолма-қол ақша айналысы департаменті (Балахметов А.А.) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Құқықтық қамтамасыз ету департаментімен (Досмұхамбетов Н.М.) бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде "Қазақстан Республикасы Әділет министрлігінің республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы қаулы ресми жарияланғаннан кейін оны Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Халықаралық қатынастар және жұртшылықпен байланыс департаменті (Қазыбаев А.Қ.) осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде мерзімді баспасөз басылымдарында ресми жариялауға жіберуді қамтамасыз етсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары Д.Т. Ғалиеваға жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -720,953 +705,1097 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 228 қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының ұлттық валютасының айналыстағы ақша</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>белгiлерiнiң дизайны (нысаны) өзгерген кезде оларды ауыстыру</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-тараудың тақырыбы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Қазақстан Республикасының ұлттық валютасының айналыстағы ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде оларды ауыстыру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі екінші абзацының 7) тармақшасына сәйкес әзірленді және онда Қазақстан Республикасы ұлттық валютасының айналыстағы ақша белгілерін (бұдан әрі – ақша белгілері) олардың дизайны (нысаны) өзгерген кезде ауыстыру тәртібін айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...37 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қағидалар жаңа үлгідегі ақша белгілерін айналысқа шығару талаптарын, ескі және жаңа үлгідегі ақша белгілерінің айналыста қатар жүру кезеңін, ескі үлгідегі ақша белгілерінің айналыста жүруін аяқтауды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ақша белгiсiнiң дизайнын (нысанын) өзгерту – графикалық бейнелерiн, мәтiнiн өзгерту және енгізу, қолдан жасаудан қорғаудың, мөлшерін, нысанын, түсін, бастапқы материалдарын және ақша белгісінің басқа да белгілерін өзгертудің қосымша элементтерін енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 22.06.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 52</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) алып тасталды – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ескi үлгiдегi ақша белгiлерi – дизайнының (нысанының) өзгеруіне байланысты айналыстан алуға жататын айналыстағы ақша белгілері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) жаңа үлгiдегi ақша белгiлерi – айналысқа шығарылатын, бұрынғы дизайнға (нысанға) қарағанда жаңа ерекшеленетiн белгiсi бар ақша белгiлерi; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасы Ұлттық Банкінiң филиалдары – Қазақстан Республикасы Ұлттық Банкінiң аумақтық филиалдары және Қазақстан Республикасы Ұлттық Банкінiң Кассалық операциялар және құндылықтарды сақтау орталығы (филиалы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Ұлттық почта операторы – Үкіметтің шешімі бойынша құрылған акционерлік қоғам, оның жалғыз акционері ұлттық басқарушы холдинг болып табылады, оған почта байланысының әмбебап қызметтерін, арнайы байланыс қызметтерін және қаржылық қызметтерді көрсету және қаржылық қызметті жүзеге асыру жөніндегі міндеттемелер жүктелген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Жаңа үлгiдегi ақша белгiлерiн айналысқа шығару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ескі үлгідегі ақша белгілерінің дизайнына (нысанына) өзгерістердің енгізілуіне байланысты жаңа үлгідегі ақша белгілерін айналысқа шығару туралы шешімді Қазақстан Республикасы Ұлттық Банкінің Басқармасы қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Айналыстағы ескі үлгідегі ақша белгiлерiн жаңа үлгiдегi ақша белгiлерiне ауыстырған кезде Қазақстан Республикасының Ұлттық Банкі (бұдан әрі – Ұлттық Банк):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мерзімді баспасөз басылымдарында Ұлттық Банк Басқармасының айналыстағы ескі үлгідегі ақша белгiлерiн жаңа үлгiдегi ақша белгiлерiне ауыстыру туралы қаулысын жариялайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мерзімді баспасөз басылымдарында, теле-, радиоарналарда Ұлттық Банктің айналыстағы ескі үлгідегі ақша белгілерін жаңа үлгідегі ақша белгілеріне ауыстыру туралы ресми хабарын орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық Банктiң айналыстағы ескі үлгідегі ақша белгiлерiн жаңа үлгiдегi ақша белгiлерiне ауыстыру туралы ресми хабарында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) жаңа үлгiдегi ақша белгісін айналысқа енгізу күнi, оның номиналы және дизайнының (нысанының) қысқаша сипаттамасы; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+      1) жаңа үлгідегі ақша белгісін айналысқа шығару күні, оның номиналы және дизайнының (нысанының) қысқаша сипаттамасы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) жаңа үлгiдегi ақша белгiсiн айналысқа енгiзген күннен бастап жаңа және ескi үлгiдегi ақша белгiлерiнiң айналыста қатар жүру кезеңi, сондай-ақ ескі үлгідегі ақша белгілерін жаңа үлгідегі ақша белгілеріне ауыстыру тәртібі; </w:t>
-[...19 lines deleted...]
-      3) ескi үлгiдегi ақша белгiлерi Қазақстан Республикасының аумағында заңды төлем құралы болудан қалған күннен бастап жаңа және ескi үлгiдегi ақша белгiлерiнiң айналыста қатар жүру кезеңi аяқталған күні қамтылады. </w:t>
+      2) жаңа үлгідегі ақша белгісін айналысқа шығарған күннен бастап жаңа және ескі үлгідегі ақша белгілерінің айналыста қатар жүру кезеңі, сондай-ақ ескі үлгідегі ақша белгілерін жаңа үлгідегі ақша белгілеріне ауыстыру тәртібі; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ескi үлгiдегi ақша белгiлерi Қазақстан Республикасының аумағында заңды төлем құралы болудан қалған күннен бастап жаңа және ескi үлгiдегi ақша белгiлерiнiң айналыста қатар жүру кезеңi аяқталған күні қамтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ұлттық Банк Басқармасының айналыстағы ескі үлгідегі ақша белгілерін жаңа үлгідегі ақша белгілеріне ауыстыру туралы қаулысы қолданысқа енгізілген күннен бастап Ұлттық Банк Ұлттық Банктің өкілдіктеріне және филиалдарына, екінші деңгейдегі банктерге, Қазақстан Республикасының бейрезидент-банктерінің филиалдарына (бұдан әрі – банктер), Ұлттық пошта операторына, шет елдердің орталық (ұлттық) банктеріне және Халықаралық қылмыстық полиция ұйымына (Интерпол) айналыстағы ақша белгілерін ауыстыру мерзімдері туралы ақпаратты жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 22.06.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 52</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Ескi және жаңа үлгiдегi ақша белгiлерiнiң айналыста қатар жүру кезеңi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ескі және жаңа үлгідегі ақша белгілерінің айналыста қатар жүру кезеңі жаңа үлгідегі ақша белгісі айналысқа шығарылған күннен бастап 12 (он екі) айды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 24.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 51</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Айналыста қатар жүру кезеңiнде ескi және жаңа үлгiдегi ақша белгiлерi Қазақстан Республикасының бүкiл аумағында барлық төлемдер мен аударымдар түрлерi бойынша, сондай-ақ банк шоттарына есептеу үшiн олардың белгіленген құны бойынша қабылдануға мiндеттi заңды төлем құралы болып табылады, Ұлттық Банктің барлық филиалдарында, Ұлттық почта операторында және банктерде шектеусіз ұсақталады және айырбасталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Ескi үлгiдегi ақша белгiлерiнiң айналысын аяқтау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.08.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Жаңа және ескi үлгiдегi ақша белгiлерiнiң айналыста қатар жүру кезеңi аяқталған соң ескi үлгiдегi ақша белгiлерi Қазақстан Республикасының бүкіл аумағында айналыстан алынады. Ескі үлгідегі ақша белгілері Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1701,51 +1830,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен ауыстыруға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1764,70 +1893,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Банктер, Ұлттық почта операторы жаңа және ескi үлгiдегi ақша белгiлерiнiң айналыста қатар жүру кезеңi аяқталған күннен бастап 3 (үш) жыл ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңды және жеке тұлғалардан ескі үлгідегі ақша белгілерін қабылдайды және жаңа үлгідегі ақша белгілеріне ауыстырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1882,111 +2011,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қағидалардың 10-тармағында белгіленген мерзім өткеннен кейін банктер және ұлттық почта операторы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ескі үлгідегі ақша белгілерін жаңа үлгідегі ақша белгілеріне ауыстырмайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) 5 (бес) операциялық күн iшiнде операциялық кассадағы ескi үлгiдегi ақша белгілерінің қалдықтарын Ұлттық Банктiң филиалдарына өткізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Ұлттық Банктің филиалдары Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2001,51 +2130,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзім өткеннен кейін 2006 жылғы үлгідегі банкноттарды қосқанда, жеке және заңды тұлғалардан ескі үлгідегі ақша белгілерін қабылдайды және "Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарының төлемділігін айқындау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 29 қарашадағы № 230 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16120 болып тіркелген) бекітілген Қазақстан Республикасы ұлттық валютасының банкноттары мен монеталарының төлемділігін айқындау қағидаларына сәйкес олардың түпнұсқалығы расталғаннан кейін оларды жаңа үлгідегі ақша белгілеріне ауыстырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2064,51 +2193,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2123,51 +2252,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мерзімдерді ұзарту туралы, сондай-ақ ескі және жаңа үлгідегі ақша белгілерінің айналыста қатар жүруінің жаңа кезеңін, заңды және жеке тұлғалардан ескі үлгідегі ақша белгілерін қабылдау және жаңа үлгідегі ақша белгілеріне ауыстыру мерзімін белгілеу туралы шешімді Ұлттық Банк Басқармасы қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2321,414 +2450,414 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 228 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының күші жойылған нормативтік құқықтық</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>актілерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Айналыстағы ұлттық валютаның ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде оларды ауыстыру ережесін бекіту туралы" 2000 жылғы 20 шілдедегі № 301 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1232 тіркелген, 2000 жылғы 29 тамызда "Егемен Қазақстан" газетінде № 211 (22481) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының Ұлттық Банкi Басқармасының 2000 жылғы 20 шiлдедегі № 301 қаулысымен бекiтiлген Айналыстағы ұлттық валютаның ақша белгiлерiнiң дизайны (нысаны) өзгерген кезде оларды ауыстыру ережесiне өзгерiстi бекiту туралы" 2001 жылғы 29 қыркүйектегі № 376 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1671 тіркелген, 2001 жылғы 5-18 қарашада "Қазақстан Ұлттық Банкінің Хабаршысы" журналында № 23 (220) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының Әділет министрлігінде № 1232 тіркелген Қазақстан Республикасының Ұлттық Банкі Басқармасының "Айналыстағы ұлттық валютаның ақша белгілерінің дизайны (нысаны) өзгерген кезде оларды ауыстыру ережесін бекіту туралы" 2000 жылғы 20 шілдедегі № 301 қаулысына өзгеріс енгізу туралы" 2003 жылғы 25 шілдедегі № 234 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2457 тіркелген, 2003 жылғы 5 қыркүйекте "Егемен Қазақстан" газетінде № 229-230(23529) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Айналыстағы ұлттық валютаның ақша белгілерінің дизайны (нысаны) өзгерген кезде оларды ауыстыру ережесін бекіту туралы" 2000 жылғы 20 шілдедегі № 301 қаулысына өзгерістер енгізу туралы" 2004 жылғы 29 желтоқсандағы № 202 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3392 тіркелген, 2005 жылғы 2 ақпанда "Егемен Қазақстан" газетінде № 21 (23979) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Айналыстағы ұлттық валютаның ақша белгілерінің дизайны (нысаны) өзгерген кезде оларды ауыстыру ережесін бекіту туралы" 2000 жылғы 20 шілдедегі № 301 қаулысына толықтырулар мен өзгерістер енгізу туралы" 2006 жылғы 25 шілдедегі № 69 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4343 тіркелген, 2006 жылғы 1 қыркүйекте "Заң газеті" газетінде № 158 (964) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Айналыстағы ұлттық валютаның ақша белгілерінің дизайны (нысаны) өзгерген кезде оларды ауыстыру ережесін бекіту туралы" 2000 жылғы 20 шілдедегі № 301 қаулысына өзгерістер енгізу туралы" 2006 жылғы 27 қазандағы № 113 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4448 тіркелген, 2006 жылғы 1-30 қарашада "Қазақстан Ұлттық Банкінің Хабаршысы" журналында № 21 22 жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қазақстан Республикасының Ұлттық Банкі Басқармасының "Қазақстан Республикасының Ұлттық Банкі Басқармасының "Айналыстағы ұлттық валютаның ақша белгілерінің дизайны (нысаны) өзгерген кезде оларды ауыстыру ережесін бекіту туралы" 2000 жылғы 20 шілдедегі № 301 қаулысына өзгерістер енгізу туралы" 2011 жылғы 26 желтоқсандағы № 212 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7388 тіркелген, 2012 жылғы 26 қаңтарда "Егемен Қазақстан" газетінде № 37-38 (27110) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3054,31 +3183,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>