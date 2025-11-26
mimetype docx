--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2e2ad49" w14:textId="2e2ad49">
+    <w:p w14:paraId="1aff44a" w14:textId="1aff44a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -793,398 +793,596 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жеке сот орындаушылары арасында атқарушылық іс жүргізудің мемлекеттік автоматтандырылған ақпараттық жүйесі арқылы бөлуге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жеке сот орындаушыларының өңірлік палаталарына (бұдан әрі – өңірлік палата) қағаз жеткізгіште немесе электрондық құжат нысанында келіп түскен атқарушылық құжаттар қоса беріледі.</w:t>
+      1) жеке сот орындаушыларының өңірлік палаталарына (бұдан әрі – өңірлік палата) қағаз жеткізгіште немесе электрондық құжат нысанында келіп түскен атқарушылық құжаттар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) лицензиясының қолданылуы тоқтатыла тұрған, тоқтатылған немесе жеке сот орындаушыларының Республикалық палатасының (бұдан әрі – Республикалық палата) мүшелігінен шығарылған, ұзақ уақыт (бір айдан астам) болмаған, аумақтылығы бойынша келіп түскен жеке сот орындаушыларының орындауындағы атқарушылық іс жүргізулер жатады.</w:t>
+      2) лицензиясының қолданылуы тоқтатыла тұрған, тоқтатылған не лицензиясынан айырылған немесе Жеке сот орындаушыларының республикалық палатасы (бұдан әрі – Республикалық палата) мүшелігінен шығарылған, ұзақ уақыт (бір айдан астам) болмаған, басқа атқару округіне ауыстырылған, аумағы бойынша келіп түскен жеке сот орындаушыларының орындауындағы атқарушылық іс жүргізулер жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
-[...15 lines deleted...]
-      3) атқарушылық құжаттардың жекелеген санаттарын орындауға маманданған жеке сот орындаушыларының кеңселерін құру, қайта ұйымдастыру немесе жабу кезінде жұмыс істеп тұрған жеке сот орындаушыларының атқарушылық құжаттары жатады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) алып тасталды - ҚР Әділет министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 538</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атқарушылық құжаттарды өңірлік палата атқарушылық іс жүргізудің мемлекеттік автоматтандырылған ақпараттық жүйесі (бұдан әрі – АІЖ ААЖ) арқылы жеке сот орындаушылары арасында автоматты түрде біркелкі бөледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 538</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Атқарушылық құжат борышкер тіркелген жерге сәйкес келетін ауданның, қаланың жеке сот орындаушылары арасында бөлінуге жатады. Ауданда жеке сот орындаушысы болмаған кезде атқарушылық құжат осы ауданға бекітілген жеке сот орындаушылары арасында бөлінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Атқарушылық құжаттарды өңірлік палата атқарушылық іс жүргізудің мемлекеттік автоматтандырылған ақпараттық жүйесі (бұдан әрі – АІЖ ААЖ) арқылы бөледі.</w:t>
-[...18 lines deleted...]
-      3. Жеке сот орындаушылары арасында атқарушылық құжаттарды бөлу кезінде мыналар ескеріледі:</w:t>
+      Бұрын орындалмай қайтарылған не аумағы бойынша жіберілген атқарушылық құжат қайта түскен кезде орындалмай қайтарылуына не аумағы бойынша жіберілуіне бастамашылық еткен жеке сот орындаушысының өзіне бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алимент өндіріп алу туралы басқа да атқарушылық іс жүргізу шеңберінде борышкер болып табылатын адамға қатысты алимент өндіріп алу туралы атқарушылық құжат келіп түскен жағдайда, келіп түскен атқарушылық құжат, іс жүргізуінде сол борышкерге қатысты алимент өндіріп алу туралы атқарушылық құжат тұрған жеке сот орындаушысына бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атқарушылық құжаттарды борышкер тіркелген ауданға тіркелмеген немесе бекітілмеген жеке сот орындаушыларына бөлуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өңірлік палата басшысының, оның орынбасарының ақы төленбейтін лауазымын, сондай-ақ Республикалық палатаның басқару органдарында ақы төленбейтін өзге де лауазымды бір мезгілде атқаратын жеке сот орындаушыларына олардың тиісті өтініші негізінде атқарушылық құжаттарды бөлуді тоқтата тұруға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Әділет министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 538</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Атқарушылық құжаттарды жеке сот орындаушыларына бөлуді және беруді өңірлік палата олардың өңірлік палатаға келіп түсуіне негіз болған мән – жайлар басталған кезден бастап бір жұмыс күні ішінде жүзеге асырады, ал сот актісі дереу орындалуға жататын жағдайларда – атқарушылық құжат келіп түскен кезден бастап дереу жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
-[...15 lines deleted...]
-      1) борышкердің тіркеу орны және жеке сот орындаушысының кеңсесі;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жеке сот орындаушылары арасында атқарушылық құжаттардың біркелкі бөлінуін бақылау Республикалық палатаға жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      2) алимент төлемдерін өндіріп алуға маманданған жеке сот орындаушысының өтініші.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Өңірлік палатадан қағаз жеткізгіште келіп түскен атқарушылық құжаттарды қабылдауды жеке сот орындаушылары үш жұмыс күні ішінде қолма-қол жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Атқарушылық құжат борышкер тіркелген жерге сәйкес келетін ауданның, қаланың жеке сот орындаушылары арасында бөлінуге жатады. Ауданда жеке сот орындаушысы болмаған кезде атқару құжаты осы ауданға бекітілген жеке сот орындаушылары арасында бөлінеді.</w:t>
-[...72 lines deleted...]
-      4. Атқарушылық құжаттарды жеке сот орындаушыларына бөлуді және беруді өңірлік палата олардың өңірлік палатаға келіп түсуіне негіз болған мән – жайлар басталған кезден бастап бір жұмыс күні ішінде жүзеге асырады, ал сот актісі дереу орындалуға жататын жағдайларда – атқарушылық құжат келіп түскен кезден бастап дереу жүзеге асырылады.</w:t>
+      Жеке сот орындаушысының кеңсесі Республикалық маңызы бар қалалардан, облыс орталықтарынан тыс жерлерде орналасқан жағдайда, атқару құжаты алғаны туралы тиісті белгісі бар тапсырыс хатпен жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атқарушылық құжатымен бірге оған қоса берілген материалдар берілуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Атқарушылық құжатты алған жеке сот орындаушысы бұл туралы өндіріп алушыны үш жұмыс күні ішінде хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      5. Жеке сот орындаушылары арасында атқарушылық құжаттардың біркелкі бөлінуін бақылау Республикалық палатаға жүктеледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сот орындаушылары арасында атқарушылық құжаттарды бөлу туралы есеп АІЖ ААЖ -да қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Жеке сот орындаушысы лицензиясының қолданылуы тоқтатыла тұрған немесе тоқтатылған не лицензиясынан айырылған немесе Республикалық палата мүшелігінен шығарылған, уақытша ауыстырылған (еңбек немесе оқу демалысы, науқастануы, іссапар), басқа атқарушылық округке ауысқан жағдайларда, атқарушылық іс жүргізу материалдарын үш жұмыс күні ішінде өңірлік палатаға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...112 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Әділет министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 538</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1197,55 +1395,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1571,31 +1769,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>