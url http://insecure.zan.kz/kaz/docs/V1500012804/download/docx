--- v0 (2025-10-04)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="86cf147" w14:textId="86cf147">
+    <w:p w14:paraId="c27cbbf" w14:textId="c27cbbf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,96 +107,231 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 30 қазандағы № 1023 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылғы 5 қаңтарда № 12804 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...25 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақтан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" 2010 жылғы 15 шілдедегі Қазақстан Республикасы Заңының 14-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -221,234 +356,233 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 12.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 279</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 279</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Жалпы мақсаттағы авиацияны пайдаланушыларды ұшуға рұқсат беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Инвестициялар және даму министрлігінің Азаматтық авиация комитеті (Б.К. Сейдахметов):</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Инвестициялар және даму министрлігінің Азаматтық авиация комитеті (Б.К. Сейдахметов):</w:t>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберуді, сондай-ақ Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін Республикалық құқықтық ақпарат орталығына ресми жариялауға оның көшірмелерін баспа және электронды түрде жіберуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберуді, сондай-ақ Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін Республикалық құқықтық ақпарат орталығына ресми жариялауға оның көшірмелерін баспа және электронды түрде жіберуді;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты Қазақстан Республикасы Инвестициялар және даму министрлігінің интернет-ресурсында және мемлекеттік органдардың интранет-порталында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы бұйрықтың 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -483,91 +617,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Инвестициялар және даму министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Инвестициялар және даму вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Инвестициялар және даму вице-министріне жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық оның алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -960,125 +1094,240 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1023 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жалпы мақсаттағы авиацияны пайдаланушыларды ұшуға рұқсат беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 23.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 540</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="10"/>
+    <w:bookmarkStart w:name="z62" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Жалпы мақсаттағы авиация пайдаланушыларды ұшуға рұқсат беру қағидалары (бұдан әрі - осы Қағидалар) "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" 2010 жылғы 15 шілдедегі Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1093,356 +1342,355 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі - Заң), "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 1992 жылғы 2 шілдеде Қазақстан Республикасы Жоғарғы Кеңесінің қаулысымен ратификацияланған Халықаралық азаматтық авиация туралы конвенцияның 6-қосымшасының талаптарына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 12.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 279</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидалар сертификатталған ең жоғары ұшу массасы бес мың жеті жүз килограмнан асатын ұшақтарды және (немесе) бір немесе бірнеше турбореактивті қозғалтқыш пен жарақтандырылған ұшақтарды, сертификатталған ең жоғары ұшу массасы үш мың бір жүз сексен килограмнан асатын тікұшақтарды пайдаланатын жалпы мақсаттағы авиация пайдаланушыларға (бұдан әрі - пайдаланушы) ұшуға рұқсат беру тәртібін және "Ұшуды орындау құқығына куәлік беру" мемлекеттік қызметті көрсету тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 12.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 279</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Қағидаларда мынадай терминдер мен анықтамалар қолданылады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p>
-[...77 lines deleted...]
-      2. Осы Қағидалар сертификатталған ең жоғары ұшу массасы бес мың жеті жүз килограмнан асатын ұшақтарды және (немесе) бір немесе бірнеше турбореактивті қозғалтқыш пен жарақтандырылған ұшақтарды, сертификатталған ең жоғары ұшу массасы үш мың бір жүз сексен килограмнан асатын тікұшақтарды пайдаланатын жалпы мақсаттағы авиация пайдаланушыларға (бұдан әрі - пайдаланушы) ұшуға рұқсат беру тәртібін және "Ұшуды орындау құқығына куәлік беру" мемлекеттік қызметті көрсету тәртібін айқындайды.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пайдаланушы - азаматтық әуе кемелерін пайдаланумен айналысатын немесе осы салада өз қызметтерін ұсынатын жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...77 lines deleted...]
-      3. Осы Қағидаларда мынадай терминдер мен анықтамалар қолданылады:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жалпы мақсаттағы авиация - жеке және (немесе) заңды тұлғалардың меншiгiндегі және жолаушыларды, багажды, жүкті және пошта жөнелтілімдерін тасымалдау (әуемен тасымалдау), авиациялық жұмыстарды орындау және iздестiру-құтқару және авариялық-құтқару жұмыстарын жүргiзу, дүлей зілзалалар болған жағдайда ақысы төленбей және жалдаусыз көмек көрсету мақсатында, сондай-ақ оқу, спорттық, мәдени-ағарту iс-шараларын жүргiзу, техникалық шығармашылықты дамыту және әуе кемесiн пайдаланушының жеке қажеттіліктерiн қанағаттандыру мақсатында пайдаланылатын азаматтық авиация;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-[...15 lines deleted...]
-      1) пайдаланушы - азаматтық әуе кемелерін пайдаланумен айналысатын немесе осы салада өз қызметтерін ұсынатын жеке немесе заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініш беруші - жалпы мақсаттағы авиацияны пайдаланушы ретінде ұшуға рұқсат алу үшін азаматтық авиация саласындағы уәкілетті ұйымға жүгінген жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...15 lines deleted...]
-      2) жалпы мақсаттағы авиация - жеке және (немесе) заңды тұлғалардың меншiгiндегі және жолаушыларды, багажды, жүкті және пошта жөнелтілімдерін тасымалдау (әуемен тасымалдау), авиациялық жұмыстарды орындау және iздестiру-құтқару және авариялық-құтқару жұмыстарын жүргiзу, дүлей зілзалалар болған жағдайда ақысы төленбей және жалдаусыз көмек көрсету мақсатында, сондай-ақ оқу, спорттық, мәдени-ағарту iс-шараларын жүргiзу, техникалық шығармашылықты дамыту және әуе кемесiн пайдаланушының жеке қажеттіліктерiн қанағаттандыру мақсатында пайдаланылатын азаматтық авиация;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқаулығы - осы пайдаланушының әуе кемелеріне техникалық қызмет көрсету жөніндегі барлық жоспарлы және жоспардан тыс жұмыстардың уақтылы және қанағаттанарлықтай орындалуын басқару мүмкіндігін қамтамасыз ететін пайдаланушы рәсімдерінің сипатын қамтитын құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...15 lines deleted...]
-      3) өтініш беруші - жалпы мақсаттағы авиацияны пайдаланушы ретінде ұшуға рұқсат алу үшін азаматтық авиация саласындағы уәкілетті ұйымға жүгінген жеке немесе заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ұшуды орындау құқығына арналған куәлік - жалпы мақсаттағы авиацияны пайдаланушыға ұшуға рұқсат беру және осы Қағидалармен белгіленген талаптарға сәйкестігін куәландыратын азаматтық авиация саласындағы уәкілетті ұйымға (уәкiлеттi орган) беретін құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
-[...15 lines deleted...]
-      4) техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқаулығы - осы пайдаланушының әуе кемелеріне техникалық қызмет көрсету жөніндегі барлық жоспарлы және жоспардан тыс жұмыстардың уақтылы және қанағаттанарлықтай орындалуын басқару мүмкіндігін қамтамасыз ететін пайдаланушы рәсімдерінің сипатын қамтитын құжат;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ұшуларды жүргізу жөніндегі нұсқау - өзінің міндеттерін орындау кезінде пайдалану персоналының пайдалануы үшін қағидаларды, нұсқаулықтар мен ұсынымдарды қамтитын құжат.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
-[...15 lines deleted...]
-      5) ұшуды орындау құқығына арналған куәлік - жалпы мақсаттағы авиацияны пайдаланушыға ұшуға рұқсат беру және осы Қағидалармен белгіленген талаптарға сәйкестігін куәландыратын азаматтық авиация саласындағы уәкілетті ұйымға (уәкiлеттi орган) беретін құжат;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ұшуға рұқсат беру мынадай тәртіпте жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) өтініш берушінің, "электрондық үкіметтің" веб-порталына осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1457,293 +1705,293 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген өтінімге қоса берілетін құжаттар тізбесімен осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ұшуға рұқсат алу өтінімін беруі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтінімге, сондай-ақ осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Ұшуды орындау жөніндегі нұсқау, Қазақстан Республикасы Жоғарғы Кеңесінің 1992 жылғы 2 шілдедегі қаулысымен ратификацияланған Халықаралық азаматтық авиация туралы конвенцияның 6-қосымшасына сәйкес Техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқауы қоса беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) азаматтық авиация саласындағы уәкілетті ұйымға құжаттарын тексеру (бұдан әрі - уәкілетті ұйымға);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті ұйымға өтініш берушіні тексеріп қарауды жүргізуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ұшуға рұқсат беру - ұшуды орындау құқығына арналған куәлікті (жалпы мақсаттағы авиацияны пайдаланушы) беру.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
-[...15 lines deleted...]
-      3) уәкілетті ұйымға өтініш берушіні тексеріп қарауды жүргізуі;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 17.08.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 446</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк алпыс күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Жалпы мақсаттағы авиацияны пайдаланушыларды ұшуға рұқсат беру тәртібі және мемлекеттік қызмет көрсету тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 12.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Өтінім мен құжаттарды беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ұшуларды орындау құқығына куәлік беру (жалпы мақсаттағы авиация пайдаланушы) мемлекеттік көрсетілетін қызметі алу үшін өтініш беруші "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы ұшуды орындауды бастаудың жоспарланған күніне дейін 60 (алпыс) жұмыс күні бұрын: "Қазақстанның авиациялық әкімшілігі" акционерлік қоғамына (бұдан әрі – уәкілетті ұйым) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1758,279 +2006,393 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жалпы мақсаттағы авиацияны пайдаланушыларға ұшуды орындау құқығына куәлік алуға арналған өтінімді (бұдан әрі – өтінім) және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Ұшуларды орындау құқығына куәлік беру (жалпы мақсаттағы авиация пайдаланушы) мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің (бұдан әрі – Мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі) 8-тармағында көзделген құжаттарды жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі Мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесінде жазылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші барлық қажетті құжаттарды электрондық түрде портал арқылы берген кезде – өтініш берушінің "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алу күнін көрсете отырып, мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері жүгінген жағдайда, мемлекеттік қызмет көрсету жөніндегі өтінімді тіркеу келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басты куәландыратын құжаттар, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу), дара кәсіпкер ретінде мемлекеттік тіркеу туралы мәліметтерді уәкілетті ұйым "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті ұйым электрондық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушіден ақпараттық жүйелерден алынатын құжаттарды талап етуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 02.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 69</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Өтінім ұсынылған берілген мәліметтердін нақтылығын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Құжаттарды тексеру</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі Мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесінде жазылған.</w:t>
-[...106 lines deleted...]
-        <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 02.02.2023 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 69</w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...54 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Құжаттар топтамасымен өтінім келіп түскен күні көрсетілетін қызметті беруші тіркеуді жүзеге асырады және орындаушыны тағайындайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтінімді және құжаттарды қарау мерзімі өтінім тіркелген сәттен бастап 20 (жиырма) жұмыс күнін құрайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2192,149 +2554,255 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-тармақ алып тастау көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өтінім мен құжаттарды қарағаннан кейін, уәкілетті ұйым құрамына авиациялық инспекторларды қоса отырып, өтінім берушіге тексеру жүргізу үшін комиссия (бұдан әрі - Комиссия) құрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Тексеру жүргізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Уәкілетті ұйым өтініш берушінің сертификатталған ұшу әуе кемелері техникалық пайдалануға және ұшуды орындауды қамтамасыз ету үшін қажетті, дайындалған персоналы, құжаттамасы, жабдықтары болуын, сондай-ақ міндетті сақтандыру түрлерінің болуын тексеруді сегіз жұмыс күні ішінде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Зерттеп-қарау нәтижелері бойынша осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша 4 (төрт) жұмыс күні ішінде Пайдаланушыны зерттеп-қарау актісі (бұдан әрі – Акт) өтініш беруші объектілерінің нақты жай-күйін, қорытындыларды, ұсынымдарды және пайдаланушыны ұшуға жіберу не жібермеу туралы қорытындыны көрсете отырып, екі данада жасалады. Зерттеп-қарау актісіне Комиссия мүшелері қол қояды, ол жалпы мақсаттағы авиацияны пайдаланушыларға ұшуды орындау құқығына куәлік беру үшін негіз болып табылады және өтінім берушіге танысу үшін ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде уәкілетті ұйым өтініш берушіге мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ өтініш берушіге алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2445,206 +2913,330 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Ұшуды орындау құқығына арналған куәлікті басқа адамға беруге болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Ұшуды орындау құқығына арналған куәлік мерзімсіз беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Пайдаланушының қолымен және мөрімен (бар болса) куәландырылған ұшуларды орындау құқығына арналған куәліктің көшірмесі және оған байланысты пайдалану ерекшеліктерін көшірмелері әуе кемесінің бортында болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық ұшуларды орындау кезінде әуе кемесінің бортында уәкiлеттi ұйымға басшысы, не ол уәкілеттік берген адам қол қойған және мөрімен куәландырылған ұшуды орындау құқығына арналған куәліктің көшірмесі болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Жалпы мақсаттағы авиацияны пайдаланушы ұшу қауіпсіздігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Ұшуға рұқсат беру туралы шешім қабылдау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Актіні алғаннан кейін уәкілетті ұйым 3 (үш) жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ұшуды орындау құқығына куәлік беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2663,70 +3255,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Уәкілетті ұйым мемлекеттік қызмет көрсету сатысы туралы деректерді ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызметті көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне автоматты режимде түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2780,189 +3372,295 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тараудың атауы жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Ұшуға рұқсат беру куәлігінің қолданысын тоқтата тұру және оны қайтадан бастау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Уәкілетті ұйым ұшуды орындау құқығына арналған куәліктің қолданылуын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әуе кемесін пайдаланушы (оның иесі) осы Қағидаларда белгіленген талаптар мен шектеулерді сақтамаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының міндетті сақтандыру түрлері туралы заңдарының талаптарына сәйкес сақтандыру қамтамасыз етілмеген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Заңның 16-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бұзушылықтар анықталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пайдаланушының жазбаша өтініші болған жағдайларда тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидалардың 17-тармағының 1), 2) және 3) тармақшаларында көзделген бұзушылықтар анықталған жағдайда, уәкілетті ұйым, ұшуды орындау құқығына арналған куәлікті тоқтата тұру туралы хабарламаны, бұзушылықтар анықталған күнінен бастап үш жұмыс күні ішінде, пайдаланушыға жазбаша түрде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2999,90 +3697,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Пайдаланушы, хабарламаны алғаннан кейін, жеті жұмыс күні ішінде анықталған бұзушылықтарды жою бойынша түзету іс-қимылдарының жоспарын (бұдан әрі - жоспар) уәкілетті ұйымға жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Уәкілетті ұйым пайдаланушының тексеру жүргізу арқылы белгіленген мерзімде жоспардың орындалуын бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоспардың орындалуын тексеру қорытындысы бойынша уәкілетті ұйым үш жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3155,70 +3853,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Уәкілетті ұйым жалпы мақсаттағы авиацияны пайдаланушыны қайта бастау не жіберуден бас тарту жөніндегі шешімді тексеру аяқталған сәттен бастап екі жұмыс күні мерзімінде пайдаланушыға жазбаша нысанда хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3236,71 +3934,179 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z63" w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тарау 20-1, 20-2, 20-3, 20-4, 20-5, 20-6 және 20-7-тармақтармен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Уәкілетті ұйымның әкімшілік актіні әкімшілік (сотқа дейінгі) тәртіппен қабылдауға байланысты әкімшілік әрекетіне (әрекетсіздігіне) шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган Қазақстан Республикасының заңнамасына сәйкес жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3339,90 +4145,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Өтініш берушінің шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті ұйымның - оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3497,70 +4303,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Шағым Қазақстан Республикасының заңнамасына сәйкес уәкілетті ұйымға және (немесе) азаматтық авиация саласындағы уәкілетті органға және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды тұлғаға, сондай-ақ мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті ұйым, азаматтық авиация саласындағы уәкілетті орган, шешіміне, әрекетіне (әрекетсіздігіне) шағым түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей шағым жасалған лауазымды адам оны және әкімшілік істі шағымды қарайтын органға жібереді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4407,50 +5213,166 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рұқсат беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұшуларды орындау құқығына куәлік беру мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -13645,55 +14567,168 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 7-қосымшамен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -13725,55 +14760,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -14099,31 +15134,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>