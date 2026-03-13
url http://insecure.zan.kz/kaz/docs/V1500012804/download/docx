--- v1 (2025-11-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c27cbbf" w14:textId="c27cbbf">
+    <w:p w14:paraId="ded2665" w14:textId="ded2665">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,482 +107,338 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 30 қазандағы № 1023 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2016 жылғы 5 қаңтарда № 12804 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұйрықтың қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" Қазақстан Республикасы Заңының 14-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41-33) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      РҚАО-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...276 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Жалпы мақсаттағы авиацияны пайдаланушыларды ұшуға рұқсат беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Инвестициялар және даму министрлігінің Азаматтық авиация комитеті (Б.К. Сейдахметов):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберуді, сондай-ақ Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін Республикалық құқықтық ақпарат орталығына ресми жариялауға оның көшірмелерін баспа және электронды түрде жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықты Қазақстан Республикасы Инвестициялар және даму министрлігінің интернет-ресурсында және мемлекеттік органдардың интранет-порталында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы бұйрықтың 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -617,91 +473,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Инвестициялар және даму министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Инвестициялар және даму вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық оның алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1094,603 +950,489 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1023 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жалпы мақсаттағы авиацияны пайдаланушыларды ұшуға рұқсат беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 23.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 540</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="9"/>
+    <w:bookmarkStart w:name="z62" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Жалпы мақсаттағы авиацияны пайдаланушыларды ұшуға рұқсат беру қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" Қазақстан Республикасы Заңының 14-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41-33) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң), "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 1992 жылғы 2 шілдедегі Қазақстан Республикасы Жоғарғы Кеңесінің қаулысымен ратификацияланған Халықаралық азаматтық авиация туралы конвенцияның 6-қосымшасына сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Көлік министрінің 05.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидалар сертификатталған ең жоғары ұшу массасы бес мың жеті жүз килограмнан асатын ұшақтарды және (немесе) бір немесе бірнеше турбореактивті қозғалтқыш пен жарақтандырылған ұшақтарды, сертификатталған ең жоғары ұшу массасы үш мың бір жүз сексен килограмнан асатын тікұшақтарды пайдаланатын жалпы мақсаттағы авиация пайдаланушыларға (бұдан әрі - пайдаланушы) ұшуға рұқсат беру тәртібін және "Ұшуды орындау құқығына куәлік беру" мемлекеттік қызметті көрсету тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 12.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+        <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 361</w:t>
-[...95 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...126 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидаларда мынадай терминдер мен анықтамалар қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пайдаланушы - азаматтық әуе кемелерін пайдаланумен айналысатын немесе осы салада өз қызметтерін ұсынатын жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жалпы мақсаттағы авиация - жеке және (немесе) заңды тұлғалардың меншiгiндегі және жолаушыларды, багажды, жүкті және пошта жөнелтілімдерін тасымалдау (әуемен тасымалдау), авиациялық жұмыстарды орындау және iздестiру-құтқару және авариялық-құтқару жұмыстарын жүргiзу, дүлей зілзалалар болған жағдайда ақысы төленбей және жалдаусыз көмек көрсету мақсатында, сондай-ақ оқу, спорттық, мәдени-ағарту iс-шараларын жүргiзу, техникалық шығармашылықты дамыту және әуе кемесiн пайдаланушының жеке қажеттіліктерiн қанағаттандыру мақсатында пайдаланылатын азаматтық авиация;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш беруші - жалпы мақсаттағы авиацияны пайдаланушы ретінде ұшуға рұқсат алу үшін азаматтық авиация саласындағы уәкілетті ұйымға жүгінген жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқаулығы - осы пайдаланушының әуе кемелеріне техникалық қызмет көрсету жөніндегі барлық жоспарлы және жоспардан тыс жұмыстардың уақтылы және қанағаттанарлықтай орындалуын басқару мүмкіндігін қамтамасыз ететін пайдаланушы рәсімдерінің сипатын қамтитын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ұшуды орындау құқығына арналған куәлік - жалпы мақсаттағы авиацияны пайдаланушыға ұшуға рұқсат беру және осы Қағидалармен белгіленген талаптарға сәйкестігін куәландыратын азаматтық авиация саласындағы уәкілетті ұйымға (уәкiлеттi орган) беретін құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ұшуларды жүргізу жөніндегі нұсқау - өзінің міндеттерін орындау кезінде пайдалану персоналының пайдалануы үшін қағидаларды, нұсқаулықтар мен ұсынымдарды қамтитын құжат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ұшуға рұқсат беру мынадай тәртіпте жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) өтініш берушінің, "электрондық үкіметтің" веб-порталына осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1705,149 +1447,149 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген өтінімге қоса берілетін құжаттар тізбесімен осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ұшуға рұқсат алу өтінімін беруі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтінімге, сондай-ақ осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Ұшуды орындау жөніндегі нұсқау, Қазақстан Республикасы Жоғарғы Кеңесінің 1992 жылғы 2 шілдедегі қаулысымен ратификацияланған Халықаралық азаматтық авиация туралы конвенцияның 6-қосымшасына сәйкес Техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқауы қоса беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) азаматтық авиация саласындағы уәкілетті ұйымға құжаттарын тексеру (бұдан әрі - уәкілетті ұйымға);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уәкілетті ұйымға өтініш берушіні тексеріп қарауды жүргізуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ұшуға рұқсат беру - ұшуды орындау құқығына арналған куәлікті (жалпы мақсаттағы авиацияны пайдаланушы) беру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1866,132 +1608,132 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк алпыс күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Жалпы мақсаттағы авиацияны пайдаланушыларды ұшуға рұқсат беру тәртібі және мемлекеттік қызмет көрсету тәртібін сипаттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 12.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Өтінім мен құжаттарды беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ұшуларды орындау құқығына куәлік беру (жалпы мақсаттағы авиация пайдаланушы) мемлекеттік көрсетілетін қызметі алу үшін өтініш беруші "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы ұшуды орындауды бастаудың жоспарланған күніне дейін 60 (алпыс) жұмыс күні бұрын: "Қазақстанның авиациялық әкімшілігі" акционерлік қоғамына (бұдан әрі – уәкілетті ұйым) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2006,51 +1748,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жалпы мақсаттағы авиацияны пайдаланушыларға ұшуды орындау құқығына куәлік алуға арналған өтінімді (бұдан әрі – өтінім) және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Ұшуларды орындау құқығына куәлік беру (жалпы мақсаттағы авиация пайдаланушы) мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің (бұдан әрі – Мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі) 8-тармағында көзделген құжаттарды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі Мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесінде жазылған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2177,632 +1919,392 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Өтінім ұсынылған берілген мәліметтердін нақтылығын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Құжаттарды тексеру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Құжаттар топтамасымен өтінім келіп түскен күні көрсетілетін қызмет беруші тіркеуді жүзеге асырады және орындаушыны тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінімді және құжаттарды қарау мерзімі өтінім тіркелген сәттен бастап 20 (жиырма) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызмет алушы қолданылу мерзімі өткен құжаттарды ұсынған кезде және (немесе) Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағына сәйкес ұсынылған құжаттардың толық емес фактісі анықталған кезде көрсетілетін қызмет беруші тіркелген кезден бастап 2 (екі) жұмыс күні ішінде өтінімді одан әрі қарау туралы еркін нысанда бас тарту (бұдан әрі – бас тарту) туралы дәлелді жауап жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы ұсынылған құжаттарды осы Қағидалардың талаптарына сәйкестігі тұрғысынан қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттар осы Қағидалардың талаптарына сәйкес келген кезде уәкілетті ұйым өтініш берушіге тексеру жүргізу туралы шешім жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру жүргізу үшін шешім қабылданған сәттен бастап 4 (төрт) жұмыс күні ішінде уәкілетті ұйымның авиациялық инспекторлары қатарынан Комиссия (бұдан әрі – Комиссия) құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">8. Алып тасталды - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...221 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...187 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Тексеру жүргізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Уәкілетті ұйым өтініш берушінің сертификатталған ұшу әуе кемелері техникалық пайдалануға және ұшуды орындауды қамтамасыз ету үшін қажетті, дайындалған персоналы, құжаттамасы, жабдықтары болуын, сондай-ақ міндетті сақтандыру түрлерінің болуын тексеруді сегіз жұмыс күні ішінде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Зерттеп-қарау нәтижелері бойынша осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша 4 (төрт) жұмыс күні ішінде Пайдаланушыны зерттеп-қарау актісі (бұдан әрі – Акт) өтініш беруші объектілерінің нақты жай-күйін, қорытындыларды, ұсынымдарды және пайдаланушыны ұшуға жіберу не жібермеу туралы қорытындыны көрсете отырып, екі данада жасалады. Зерттеп-қарау актісіне Комиссия мүшелері қол қояды, ол жалпы мақсаттағы авиацияны пайдаланушыларға ұшуды орындау құқығына куәлік беру үшін негіз болып табылады және өтінім берушіге танысу үшін ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде уәкілетті ұйым өтініш берушіге мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ өтініш берушіге алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2913,330 +2415,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Ұшуды орындау құқығына арналған куәлікті басқа адамға беруге болмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Ұшуды орындау құқығына арналған куәлік мерзімсіз беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Пайдаланушының қолымен және мөрімен (бар болса) куәландырылған ұшуларды орындау құқығына арналған куәліктің көшірмесі және оған байланысты пайдалану ерекшеліктерін көшірмелері әуе кемесінің бортында болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық ұшуларды орындау кезінде әуе кемесінің бортында уәкiлеттi ұйымға басшысы, не ол уәкілеттік берген адам қол қойған және мөрімен куәландырылған ұшуды орындау құқығына арналған куәліктің көшірмесі болады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ұшу қауіпсіздігін әуе кемесінің командирі (ұшқышы) және жалпы мақсаттағы авиацияны пайдаланушы болып табылатын әуе кемесінің иесі қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Көлік министрінің 05.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...92 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Ұшуға рұқсат беру туралы шешім қабылдау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Актіні алғаннан кейін уәкілетті ұйым 3 (үш) жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ұшуды орындау құқығына куәлік беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3255,70 +2695,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Уәкілетті ұйым мемлекеттік қызмет көрсету сатысы туралы деректерді ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызметті көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне автоматты режимде түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3372,295 +2812,227 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Ұшуды орындау құқығына арналған куәліктің қолданысын тоқтата тұру, оны қайтадан бастау, ұшуды орындау құқығына арналған куәлікке өзгерістер енгізу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 3-тараудың атауы жаңа редакцияда - ҚР Көлік министрінің 05.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t>№ 361</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3-тараудың атауы жаңа редакцияда көзделген - </w:t>
-[...82 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Уәкілетті ұйым ұшуды орындау құқығына арналған куәліктің қолданылуын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әуе кемесін пайдаланушы (оның иесі) осы Қағидаларда белгіленген талаптар мен шектеулерді сақтамаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының міндетті сақтандыру түрлері туралы заңдарының талаптарына сәйкес сақтандыру қамтамасыз етілмеген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Заңның 16-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген бұзушылықтар анықталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пайдаланушының жазбаша өтініші болған жағдайларда тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидалардың 17-тармағының 1), 2) және 3) тармақшаларында көзделген бұзушылықтар анықталған жағдайда, уәкілетті ұйым, ұшуды орындау құқығына арналған куәлікті тоқтата тұру туралы хабарламаны, бұзушылықтар анықталған күнінен бастап үш жұмыс күні ішінде, пайдаланушыға жазбаша түрде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3697,90 +3069,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Пайдаланушы, хабарламаны алғаннан кейін, жеті жұмыс күні ішінде анықталған бұзушылықтарды жою бойынша түзету іс-қимылдарының жоспарын (бұдан әрі - жоспар) уәкілетті ұйымға жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Уәкілетті ұйым пайдаланушының тексеру жүргізу арқылы белгіленген мерзімде жоспардың орындалуын бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоспардың орындалуын тексеру қорытындысы бойынша уәкілетті ұйым үш жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3853,70 +3225,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Уәкілетті ұйым жалпы мақсаттағы авиацияны пайдаланушыны қайта бастау не жіберуден бас тарту жөніндегі шешімді тексеру аяқталған сәттен бастап екі жұмыс күні мерзімінде пайдаланушыға жазбаша нысанда хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3965,270 +3337,1104 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1. Уәкілетті ұйым ұшуды орындау құқығына арналған куәлікті мынадай жағдайларда қайтарып алады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұсынылған құжаттарды бұрмалау жолымен ұшуды орындау құқығына арналған куәлікті алу, пайдаланушының сәйкестікті сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңсыз әрекеттер жасау немесе ұшуды орындау құқығына куәлікті заңсыз пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініш берушінің ұшуына тыйым салу туралы заңды күшіне енген сот шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Қағидалардың 19-тармағында көзделген жағдайда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) пайдаланушының жазбаша өтініші.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті ұйым пайдаланушыны отыз жұмыс күні ішінде ұшуды орындау құқығына куәлікті қайтарып алу мүмкіндігі туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3-тарау 20-1, 20-2, 20-3, 20-4, 20-5, 20-6 және 20-7-тармақтармен толықтыру көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 20-1-тармақпен толықтырылды - ҚР Көлік министрінің 05.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Көлік министрінің 05.11.2025 </w:t>
+        <w:t>№ 361</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-2. Ұшуды орындау құқығына арналған куәлікке өзгерістер пайдаланушының өтініші бойынша енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Пайдаланушының атауы өзгерген, бірдей типтегі әуе кемесін пайдалану тоқтатылған, сондай-ақ әуе кемесін пайдаланушы меншік құқығына немесе экипажсыз жалға алған жағдайда пайдаланушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша "электрондық үкімет" веб-порталы арқылы ұшуларды орындау құқығына арналған куәлікке өзгерістер енгізуге өтінім жібереді және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағында келтірілген құжаттардың тізбесін қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 20-2-тармақпен толықтырылды - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 361</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-3. Уәкілетті ұйым өтінішті алған күннен бастап 20 (жиырма) жұмыс күні ішінде ұсынылған құжаттарды қарайды және ұшуды орындау құқығына арналған куәлікке және/немесе пайдаланушының пайдалану ерекшеліктеріне тиісті өзгерістер енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 20-3-тармақпен толықтырылды - ҚР Көлік министрінің 05.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) бұйрығымен.</w:t>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="45"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-4. Пайдаланушы бұрын өзі пайдаланбаған басқа үлгідегі әуе кемелерін меншігіне немесе экипажсыз жалға алған жағдайда, уәкілетті ұйым өтінішті алған күннен бастап отыз жұмыс күні ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидаларға 8-қосымшаға сәйкес ұсынылған құжаттардың тізбесін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) енгізілетін өзгерістерге қатысты пайдаланушыны тексеруді жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нәтижелері бойынша ұшуды орындау құқығына арналған куәлікке және/немесе пайдаланушының пайдалану ерекшеліктеріне тиісті өзгерістер енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 20-4-тармақпен толықтырылды - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-5. Мәлімделген әуе кемесін ұшуды орындау құқығына арналған куәліктің пайдалану ерекшеліктеріне енгізуден бас тарту мынадай жағдайларда жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мәлімделген әуе кемесі басқа пайдаланушының сертификаттың (куәліктің) пайдалану ерекшеліктеріне енгізілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 20-5-тармақпен толықтырылды - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20–6. Уәкілетті ұйым өтінім берілген әуе кемесін ұшуды орындау құқығына арналған куәлікке қосудан бас тартқан жағдайда, өтініш берушіге өтініш келіп түскен күннен бастап жиырма жұмыс күні ішінде бас тарту туралы жазбаша дәлелді жауап беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 20-6-тармақпен толықтырылды - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-7. Мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде уәкілетті ұйым өтініш берушіге мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ өтініш берушіге алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тыңдау туралы хабарлама Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тарау 20-7-тармақпен толықтырылды - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 361</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Уәкілетті ұйымның әкімшілік актіні әкімшілік (сотқа дейінгі) тәртіппен қабылдауға байланысты әкімшілік әрекетіне (әрекетсіздігіне) шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган Қазақстан Республикасының заңнамасына сәйкес жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-тармақпен толықтырылды – ҚР Индустрия және инфрақұрылымдық даму министрінің 12.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi); жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 12.04.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="46"/>
+    <w:bookmarkStart w:name="z64" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Өтініш берушінің шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті ұйымның - оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4253,120 +4459,120 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-тармақпен толықтырылды – ҚР Индустрия және инфрақұрылымдық даму министрінің 12.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi); жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 12.04.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="47"/>
+    <w:bookmarkStart w:name="z65" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Шағым Қазақстан Республикасының заңнамасына сәйкес уәкілетті ұйымға және (немесе) азаматтық авиация саласындағы уәкілетті органға және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды тұлғаға, сондай-ақ мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті ұйым, азаматтық авиация саласындағы уәкілетті орган, шешіміне, әрекетіне (әрекетсіздігіне) шағым түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей шағым жасалған лауазымды адам оны және әкімшілік істі шағымды қарайтын органға жібереді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4521,51 +4727,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 23-тармақпен толықтырылды – ҚР Индустрия және инфрақұрылымдық даму министрінің 12.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi); жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 12.04.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 201</w:t>
       </w:r>
       <w:r>
@@ -5181,411 +5387,416 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалпы мақсаттағы авиацияны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пайдаланушыларды ұшуға</w:t>
+              <w:t>пайдаланушылардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>рұқсат беру қағидаларына</w:t>
+              <w:t>ұшуларына рұқсат беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z67" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Ұшуларды орындау құқығына куәлік беру" (жалпы мақсаттағы авиацияны пайдаланушы)" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда – ҚР Көлік министрінің 05.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 361</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - </w:t>
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің атауы: "Ұшуларды орындау құқығына куәлік беру" (жалпы мақсаттағы авиацияны пайдаланушы)".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің кіші түрлері:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) пайдаланушының атауы өзгерген, әуе кемесін пайдалану тоқтатылған, сондай-ақ бірдей типтегі әуе кемесін пайдаланушы меншік құқығына немесе экипажсыз жалға алған жағдайда, куәлікке және/немесе пайдаланушының пайдалану ерекшеліктеріне өзгерістер енгізу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) басқа типтегі әуе кемесін пайдаланушы меншік құқығына немесе экипажсыз жалға алған жағдайда ұшуларды орындау құқығына куәлікке және/немесе пайдалану ерекшеліктеріне өзгерістер енгізу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Уәкілетті ұйымның атауы</w:t>
+Қызметті көрсетушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>"Қазақстанның авиациялық әкімшілігі" акционерлік қоғамы</w:t>
+"Қазақстанның авиациялық әкімшілігі" акционерлік қоғамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5654,50 +5865,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Барлық кіші түрлері бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 "Электрондық үкіметтің" порталы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5767,51 +5996,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұшуларды орындау құқығына куәлік (жалпы мақсаттағы авиация пайдаланушы) (бұдан әрі - куәлік) беру – 60 (алпыс) жұмыс күні;</w:t>
+Ұшуларды орындау құқығына куәлік (жалпы мақсаттағы авиация пайдаланушы) (бұдан әрі – куәлік) беру - 60 (алпыс) жұмыс күні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланушының атауы өзгерген, әуе кемесін пайдалану тоқтатылған, сондай-ақ бірдей типтегі әуе кемесін пайдаланушы меншік құқығына немесе экипажсыз жалға алған жағдайда ұшуларды орындау құқығына куәлікке және/немесе пайдалану ерекшеліктеріне өзгерістер енгізу – 20 (жиырма) жұмыс күні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа типтегі әуе кемесін пайдаланушы меншік құқығына немесе экипажсыз жалға алған жағдайда ұшуларды орындау құқығына куәлікке және/немесе пайдалану ерекшеліктеріне өзгерістер енгізу – 30 (жиырма) жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5880,51 +6145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (толық автоматтандырылған)</w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5993,69 +6258,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы мақсаттағы авиацияны пайдаланушыларға ұшуды орындау құқығына куәлік немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауабы:</w:t>
-[...17 lines deleted...]
-электрондық (толық автоматтандырылған)</w:t>
+Жалпы мақсаттағы авиацияны пайдаланушыларға ұшуды орындау құқығына куәлік немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауабы: электрондық (толық автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6237,51 +6484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) порталдың – тәулік бойы жөндеу жұмыстарын жүргізумен байланысты техникалық үзілістерді қоспағанда (көрсетілетін өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс күндері және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген кезде өтінімді қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күнінде жүзеге асырылады);</w:t>
+1) портал – тәулік бойы, жөндеу жұмыстарын жүргізумен байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін өтініш берген кезде, демалыс күндері және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген кезде өтінімді қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күнінде жүзеге асырылады);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) көрсетілетін қызметті беруші – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:00-ға дейінгі түскі үзіліспен сағат 8:30-ден 17:30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6332,143 +6579,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
+Мемлекеттік қызмет көрсету үшін</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұшуларды орындау құқығына куәлік алу үшін (жалпы мақсаттағы авиация пайдаланушысы):</w:t>
+1. Ұшуларды орындау құқығына куәлік алу үшін (жалпы мақсаттағы авиация пайдаланушысы):</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- 1) мынадай құжаттарды қоса бере отырып осы Қағидалардың </w:t>
+1) мынадай құжаттарды қоса бере отырып осы Қағидалардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымшасына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Қазақстан Республикасы Жоғарғы Кеңесінің қаулысымен ратификацияланған Халықаралық азаматтық авиация туралы конвенцияның 6-қосымшасына сәйкес ұшуды жүргізу жөніндегі нұсқаулықтың электрондық көшермесі;</w:t>
+2) Қазақстан Республикасы Жоғарғы Кеңесінің қаулысымен ратификацияланған Халықаралық азаматтық авиация туралы конвенцияның 6-қосымшасына сәйкес ұшуды жүргізу жөніндегі нұсқаулықтың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Қазақстан Республикасы Жоғарғы Кеңесінің қаулысымен ратификацияланған Халықаралық азаматтық авиация туралы конвенцияның 6-қосымшасына сәйкес техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқаулығы немесе техникалық қызмет көрсету жөніндегі ұйымға арналған шарттың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6532,69 +6797,305 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) әуе кемесін экипажсыз жалға алу шарттарының (келісімшарттың) электрондық көшірмесі (жалға алынған әуе кемесі болған жағдайда).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлға құжаттарды портал арқылы берген кезде жоғарыда көрсетілген құжаттарды электрондық түрде қоса бере отырып, осы Қағидалардың 1-қосымшасына сәйкес нысан бойынша өтінім ұсынылады.</w:t>
-[...17 lines deleted...]
-Жеке басын куәландыратын құжаттар, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, дара кәсіпкер ретінде мемлекеттік тіркеу туралы, ұшуды орындау құқығына куәлік туралы мәліметтерді көрсетілетін уакілетті ұйымның тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкіметтің" шлюзі (қажет болған жағдайда) арқылы алады.</w:t>
+8) азаматтық әуе кемелерін мемлекеттік тіркеу куәліктерінің, азаматтық әуе кемелерінің ұшуға жарамдылық сертификаттарының, радиостанцияларға рұқсаттардың (лицензиялардың), әуе кемелерінің шуы туралы куәліктердің көшірмелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жеке тұлға құжаттарды портал арқылы берген кезде жоғарыда көрсетілген құжаттарды электрондық түрде қоса бере отырып, осы Қағидалардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша өтінім ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Атаулар өзгерген кезде пайдаланушы атауының өзгергенін растайтын құжаттар ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Пайдаланушы әуе кемесiн меншік құқығына алып, ұшуды орындау құқығына арналған куәлiкке қосу кезiнде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ұшуды пайдалану жөніндегі нұсқаулыққа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) пайдаланушының техникалық қызмет көрсетуді реттейтін нұсқаулыққа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) техникалық қызмет көрсету бағдарламасына;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) минималды жабдық тізбесіне (MEL);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Ұшуларды орындау құқығына куәлікке экипажсыз жалға алынған әуе кемесін енгізген кезде өтініш беруші осы тізбенің 3-тармағында көрсетілген құжаттардан басқа:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) әуе кемесінің түрі, үлгісі және сериялық нөмірі туралы мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) әуе кемесі иесінің тегі (аты) мен мекенжайы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) тіркеу мемлекеті, ұлттық және тіркеу белгілері туралы мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) әуе кемесін пайдалану бақылауына, ұшуға жарамдылығына техникалық қызмет көрсетуге және ұстауға жауапты тараптар, сондай-ақ жалға алудың қолданылу мерзімі көрсетілген әуе кемесін экипажсыз жалға алу туралы шарттың көшірмесін ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басын куәландыратын құжаттар, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде мемлекеттік тіркеу туралы, ұшуды орындау құқығына куәлік туралы мәліметтерді көрсетілетін уәкілетті ұйымның тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкіметтің" шлюзі (қажет болған жағдайда) арқылы алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтініш беруші барлық қажетті құжаттарды портал арқылы өтініш берушінің "жеке кабинетіне" берген жағдайда мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақытын көрсете отырып, мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе жіберіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6645,51 +7146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасымен белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіз</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6698,70 +7199,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік көрсетілетін қызметті алу үшін өтініш беруші ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) бар болса;4) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың осы Қағидалардың талаптарына, Қазақстан Республикасының азаматтық әуе кемелерінің ұшу жарамдылығы нормаларына, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) мәлімделген әуе кемесі басқа пайдаланушының сертификатының (куәлігінің) пайдалану ерекшеліктеріне енгізілген;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) бар болса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -6850,105 +7407,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
-[...53 lines deleted...]
-Мемлекеттік қызметті көрсету мәселелері бойынша Бірыңғай байланыс орталығының телефоны: 1414 және 8 800 080 7777 .</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары мынадай интернет-ресурстарда орналасқан:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстанның авиациялық әкімшілігі" акционерлік қоғамы www. caa. gov. kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берушінің ЭЦҚ бар болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық түрде алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берушінің порталдың "жеке кабинеті" арқылы қашықтықтан қол жеткізу режимінде, сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы мемлекеттік қызметтерді көрсету тәртібі мен мәртебесі туралы ақпаратты алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефондары: 1414, 8 800 080 7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14563,182 +15138,517 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы мақсаттағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авиацияны пайдаланушылардың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұшуларына рұқсат беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уәкілетті ұйым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ұшуды орындау құқығына куәлікке өзгерістер енгізуге арналған өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 7-қосымшамен толықтырылды - ҚР Көлік министрінің 05.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 361</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалар 7-қосымшамен толықтыру көзделген - </w:t>
-[...49 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      Ұшуды (жалпы авиация) орындау құқығына арналған куәлектердің пайдалану</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сипаттамаларына өзгерістер енгізуді сұраймын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               (өтініш берушінің толық аты-жөні)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Негіздер: ___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    (әуе кемесінің бір түрін сатып алу, басқа ұшақ түрін сатып алу, басқа)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ұшудың жоспарланған басталу күні: ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(өзгерістер және (немесе) толықтырулар енгізу кезінде жоспарланған күн көрсетіледі жаңа </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пайдалану жағдайларында ұшуларды бастау).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы _____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     (лауазымы/қолы/күні)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -14760,55 +15670,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>