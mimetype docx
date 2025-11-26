--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ac976e" w14:textId="6ac976e">
+    <w:p w14:paraId="a90483e" w14:textId="a90483e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,256 +112,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 26 қарашадағы № 735 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 31 желтоқсанда № 12752 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23-20)-тармақшасына және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Кіріспе</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жаңа редакцияда көзделген - </w:t>
-[...145 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1205,746 +1089,528 @@
         <w:t>
       5) өтініш беруші - аттестаттау орталығы ретінде аккредиттеуге үміткер мемлекеттік емес заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z384" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уәкілетті орган - сәулет, қала құрылысы және құрылыс қызметін мемлекеттік басқару саласындағы басшылықты жүзеге асыратын орталық мемлекеттік органның ведомствосы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z385" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Жобалау және құрылыс процесіне қатысатын инженерлік-техникалық қызметкерлерді аттестаттау жөніндегі мемлекеттік емес аттестаттау орталықтарын аккредиттеу" мемлекеттік көрсетілетін қызметті (бұдан әрі - мемлекеттік көрсетілетін қызмет) осы Қағидаларға және рұқсат беру талаптарына сәйкес Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z386" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z387" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Заңды тұлғалар (бұдан әрі - көрсетілетін қызметті алушы) мемлекеттік көрсетілетін қызметті алу үшін құжаттармен бірге өтінішті электрондық құжат нысанында, электрондық - цифрлық қолтаңбасымен (бұдан әрі-ЭЦҚ) куәландырылған түрде "электрондық үкіметтің" веб-порталы www.egov.kz немесе сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz) (бұдан әрі – ақпараттық жүйе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      Мемлекеттік қызмет көрсету бойынша негізгі талаптар тізбесін қамтитын қосымша, оның ішінде "Жобалау және құрылыс процесіне қатысатын инженерлік-техникалық қызметкерлерді аттестаттау жөніндегі мемлекеттік емес аттестаттау орталықтарын аккредиттеу" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (бұдан әрі - Мемлекеттік қызмет көрсету бойынша негізгі талаптар тізбесі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z388" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік қызметті көрсету үшін қажетті құжаттар тізбесі негізгі талаптар тізбесінің 8-тармағында айқындалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 19.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 372</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...69 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...373 lines deleted...]
-    <w:bookmarkStart w:name="z389" w:id="19"/>
+    <w:bookmarkStart w:name="z389" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Куәлікті алу кезінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимылы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z423" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z423" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) көрсетілетін қызметті беруші өтінішті осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттармен және рұқсат беру талаптарымен бірге олар келіп түскен күні тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z424" w:id="21"/>
+    <w:bookmarkStart w:name="z424" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) көрсетілетін қызметті беруші құжаттармен бірге өтінішті осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген рұқсат беру талаптарына және рұқсат беру талаптарына сәйкестігін қарайды – 7 (жеті) жұмыс күні ішінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған жағдайда, көрсетілетін қызметті беруші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және рұқсат беру талаптарында көрсетілген ұсынылған құжаттарды тіркеген сәттен бастап екі жұмыс күні ішінде өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды және "жеке кабинетке" жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z425" w:id="22"/>
+    <w:bookmarkStart w:name="z425" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілетін қызметті беруші өтінішті құжаттармен қарау нәтижелері бойынша негізгі талаптар тізбесінің 9-тармағына сәйкес аккредиттеу туралы куәлікті ресімдейді, қол қояды және көрсетілетін қызметті алушының "жеке кабинетіне" жолдайды – (2 екі) жұмыс күні ішінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ алдын ала шешім бойынша көрсетілетін қызметті алушыға ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2017,308 +1683,308 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z393" w:id="23"/>
+    <w:bookmarkStart w:name="z393" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы Қағидалардың және рұқсат беру талаптарының 9-тармағында көрсетілген жағдайларда куәлікті қайта ресімдеу кезінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимылдары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z394" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z394" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті беруші өтінішті осы Қағидалардың 6-тармағының 2) тармақшасында көрсетілген құжаттармен бірге олар түскен күні тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген жағдайда, өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z395" w:id="25"/>
+    <w:bookmarkStart w:name="z395" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) көрсетілетін қызметті беруші өтінішті құжаттармен қарайды аккредиттеу туралы куәлікті ресімдейді, қол қояды және көрсетілетін қызметті алушының "жеке кабинетіне" жолдайды - 2 (екі) жұмыс күні ішінде. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z396" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z396" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аккредиттеу туралы куәлік заңды тұлғаның атауы және (немесе) орналасқан жері өзгерген жағдайларда қайта ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z397" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z397" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Көрсетілетін қызметті беруші Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z398" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z398" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Аккредиттеу туралы куәліктің қолданылуын тоқтата тұру, қайта бастау, одан айыру (қайтарып алу) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен және (немесе) негіздер бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z399" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z399" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қолданыстағы аккредиттеу туралы куәлік болмаса, ұйымның қызметін жүзеге асыруына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z400" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z400" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Аккредиттеуден өткен аттестаттау орталықтары осы Қағидаларға және рұқсат беру талаптарына </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және рұқсат беру талаптарына сәйкес нысан бойынша жобалау және құрылыс процесіне қатысатын инженерлік-техникалық қызметкерлерді аттестаттау жөніндегі мемлекеттік емес аттестаттау орталықтарының тізіліміне енгізіледі,онда заңды тұлғаның деректемелері туралы ақпарат жиынтығы, аккредиттеу туралы куәліктің берілген күні мен нөмірі, штатында мамандардың болуы туралы, сондай-ақ осы заңды тұлғаға қатысты Қазақстан Республикасының заңдарында белгіленген жауапкершілік шаралары туралы мәліметтер қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z426" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z426" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-1. Уәкілетті орган Қағидалар бекітілген немесе өзгерістер енгізілген күннен бастап 3 (үш) жұмыс күні ішінде мемлекеттік қызмет көрсету тәртібі туралы ақпаратты жаңартады және мемлекеттік қызмет көрсетушіге, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымы операторы және Бірыңғай байланыс-орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2337,88 +2003,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z401" w:id="32"/>
+    <w:bookmarkStart w:name="z401" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z402" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z402" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету мәселелері бойынша шағымды шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті берушіге, лауазымды адамға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2639,168 +2305,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">16. Алып тасталды - ҚР Индустрия және инфрақұрылымдық даму министрінің 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...116 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2863,173 +2411,173 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жобалау және құрылыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>салу процесіне қатысушы</w:t>
+              <w:t>процесіне қатысатын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>инженер-техник жұмыскерлерді</w:t>
+              <w:t>инженерлік-техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестаттау жөніндегі</w:t>
+              <w:t>қызметкерлерді аттестаттау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік емес аттестаттау</w:t>
+              <w:t>бойынша мемлекеттік емес</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>орталықтарын аккредиттеу</w:t>
+              <w:t>аттестаттау орталықтарын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жөніндегі қағидалар мен</w:t>
+              <w:t>аккредиттеу жөніндегі қағидалар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>рұқсат беру талаптарына</w:t>
+              <w:t>мен рұқсат беру талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 19.05.2023 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 372</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -3055,51 +2603,61 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Жобалау және құрылыс салу процесіне қатысушы инженер-техник жұмыскерлерді аттестаттау жөніндегі мемлекеттік емес аттестаттау орталықтарын аккредиттеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Жобалау және құрылыс процесіне қатысатын инженерлік-техникалық қызметкерлерді аттестаттау бойынша мемлекеттік емес аттестаттау орталықтарын аккредиттеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3168,51 +2726,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық іcтepі комитеті</w:t>
+Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық іcтepі комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3284,50 +2842,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Электрондық үкіметтің" веб-порталы: www.egov.kz.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3846,87 +3422,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің жұмыс графигі</w:t>
+Көрсетілетін қызметті берушінің, ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) көрсетілетін қызметті берушінің жұмыс кестесі – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда сағат 09.00-ден 18.30-ға дейін, түскі үзіліс сағат 13.00-ден 14.30-ға дейін;</w:t>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті берушілер – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі-Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден жұмаға дейін, түскі үзіліспен сағат 13.00-ден 14.30-ға дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) порталдың – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері өтініш жасаған кезде, өтініштерді қабылдауды және мемлекеттік көрсетілетін қызметтің нәтижесін беруді келесі жұмыс күнінде жүзеге асырады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4030,106 +3626,166 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) куәлікті беру кезінде порталға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
- осы Қағидаларға және рұқсат беру талаптарына 3-қосымшаға және рұқсат беру талаптарына сәйкес белгіленген нысан бойынша өтініш;</w:t>
+              <w:t xml:space="preserve">
+осы Қағидаларға және рұқсат беру талаптарына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және рұқсат беру талаптарына сәйкес белгіленген нысан бойынша өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
- осы Қағидаларға және рұқсат беру талаптарына 4-қосымшаға сәйкес рұқсат беру талаптарына және рұқсат беру талаптарына сәйкес мәліметтер мен құжаттар;</w:t>
+              <w:t xml:space="preserve">
+осы Қағидаларға және рұқсат беру талаптарына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес рұқсат беру талаптарына және рұқсат беру талаптарына сәйкес мәліметтер мен құжаттар;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) куәлікті қайта ресімдеу кезінде порталға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
- осы Қағидаларға және рұқсат беру талаптарына 7-қосымшаға және рұқсат беру талаптарына сәйкес нысан бойынша өтініш;</w:t>
+              <w:t xml:space="preserve">
+осы Қағидаларға және рұқсат беру талаптарына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және рұқсат беру талаптарына сәйкес нысан бойынша өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заңды тұлғаны бөліп шығару нысанында қайта ұйымдастыру кезінде бөлініп шыққан заңды тұлғаның куәлігін қайта ресімдеуге келісімі туралы Қазақстан Республикасының заңнамасында белгіленген тәртіппен ресімделген шешімнің электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4347,51 +4003,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
+Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4401,51 +4057,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы мемлекеттік қызметті көрсетудің тәртібі мен мәртебесі туралы ақпаратты алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтер көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Министрліктің: www.kds.miid.gov.kz, көрсетілетін қызметті берушінің интернет-ресурстарында орналастырылған. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
+Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің анықтамалық қызметтерінің байланыс телефондары сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органның және көрсетілетін қызметті берушінің интернет-ресурстарында www.gov.kz орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5671,186 +5345,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы)                        (тегі, аты, әкесінің аты (болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Толтырылған күні: 20__ жылғы "__" __________ </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...134 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5884,204 +5422,204 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жобалау және құрылыс салу</w:t>
+              <w:t>Жобалау және құрылыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>процесіне қатысушы инженер-</w:t>
+              <w:t>процесіне қатысатын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">техник жұмыскерлерді </w:t>
+              <w:t>инженерлік-техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестаттау жөніндегі</w:t>
+              <w:t>қызметкерлерді аттестаттау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік емес аттестаттау</w:t>
+              <w:t>бойынша мемлекеттік емес</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>орталықтарын аккредиттеу</w:t>
+              <w:t>аттестаттау орталықтарын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидалары мен рұқсат беру </w:t>
+              <w:t>аккредиттеу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>талаптарына</w:t>
+              <w:t>рұқсат беру талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z414" w:id="34"/>
+    <w:bookmarkStart w:name="z414" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жобалау және құрылыс процесіне қатысушы инженер-техник жұмыскерлерді аттестаттау жөніндегі аттестаттау орталықтарына қойылатын рұқсат беру талаптары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+        <w:t xml:space="preserve"> Жобалау және құрылыс процесіне қатысатын инженерлік-техникалық қызметкерлерді аттестаттау бойынша аттестаттау орталықтарына қойылатын рұқсат беру талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 19.05.2023 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 372</w:t>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -6106,160 +5644,217 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Р/с№ </w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Рұқсат беру талаптары</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рұқсат беру талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Рұқсат беру талаптарына сәйкестікті растайтын құжаттар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рұқсат беру талаптарына сәйкестікті растайтын құжаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ескертпе</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6476,85 +6071,109 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-осы Қағидаларға және рұқсат беру талаптарына 5-қосымшаға сәйкес мәліметтер нысаны, дипломдардың көшірмелері, жұмыс өтілінің болуын растайтын құжаттардың көшірмелері, өтініш берушімен еңбек қатынастарын растайтын құжаттардың көшірмелері</w:t>
+              <w:t xml:space="preserve">
+осы Қағидаларға және рұқсат беру талаптарына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес мәліметтер нысаны, дипломдардың көшірмелері, жұмыс өтілінің болуын растайтын құжаттардың көшірмелері, өтініш берушімен еңбек қатынастарын растайтын құжаттардың көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дипломдар, еңбек қатынастары және жұмыс өтілі туралы ақпарат, болған жағдайда мемлекеттік органдардың ақпараттық жүйелерінен алынады</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -6649,57 +6268,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дипломдар, еңбек қатынастары және жұмыс өтілі туралы ақпарат, болған жағдайда мемлекеттік органдардың ақпараттық жүйелерінен алынады</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -6731,51 +6354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оқыту және аттестаттау жүргізу үшін меншік құқығында немесе өзге де заңды негізде, санитариялық талаптарды қанағаттандыратын, алаңы кемінде 100 (жүз) шаршы метр әкімшілік-тұрмыстық үй-жайлардың болуы, бұл ретте тестілеу және оқыту өткізуге арналған үй-жайлар кемінде 45 (қырық бес) шаршы метр болуы қажет.</w:t>
+оқыту және аттестаттау жүргізу үшін меншік құқығында немесе кемінде бір жыл мерзімге жалға алу (құқықтық кадастрда мемлекеттік тіркей отырып) құқығындағы, санитариялық талаптарды қанағаттандыратын, алаңы кемінде 100 (жүз) шаршы метр әкімшілік-тұрмыстық үй-жайлардың болуы, бұл ретте тестілеу және оқыту өткізуге арналған үй-жайлар кемінде 45 (қырық бес) шаршы метр болуы қажет.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұл ретте тестілеу және оқыту өткізуге арналған үй-жайлар біріктірілуі мүмкін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -6830,57 +6453,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дипломдар, еңбек қатынастары және жұмыс өтілі туралы ақпарат, болған жағдайда мемлекеттік органдардың ақпараттық жүйелерінен алынады</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -8341,68 +7968,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z419" w:id="35"/>
+    <w:bookmarkStart w:name="z419" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жобалау және құрылыс салу процесіне қатысушы инженерлік-техникалық жұмыскерлерді аттестаттау жөніндегі аккредиттелген мемлекеттік емес аттестаттау орталықтарының тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>