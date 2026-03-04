--- v0 (2025-12-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc7724c" w14:textId="dc7724c">
+    <w:p w14:paraId="0825f4d" w14:textId="0825f4d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1469,50 +1469,166 @@
         <w:t>
       7) құрылыс – жаңа объектiлер салу және (немесе) бар объектiлердi (үйлердi, ғимараттар мен олардың кешендерiн, коммуникацияларды) өзгерту (кеңейту, жаңғырту, техникамен қайта жарақтандыру, реконструкциялау, қалпына келтiру, күрделi жөндеу), олармен байланысты технологиялық және инженерлiк жабдықтарды монтаждау (бөлшектеу), құрылыс материалдарын, бұйымдар мен конструкцияларын дайындау (өндiру), сондай-ақ аяқталмаған объектiлер құрылысын консервациялау мен өз ресурстарын тауысқан объектiлердi кейiннен кәдеге жарату жұмыстарын жүзеге асыру жолымен өндiрiстiк және өндiрiстiк емес негiзгi қорларды құру жөнiндегi қызмет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) құрылыс алаңы – салынатын объектіні, уақытша құрылғылар мен құрылыстарды, техникаларды, топырақ үйінділерін орналастыру, құрылыс материалдарын, бұйымдары мен жабдықтарын жинап қою, құрылыс-монтаждау жұмыстарын орындау үшін пайдаланылатын аумақ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) тармақшамен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) мемлекеттік сәулет-құрылыс бақылау және қадағалау органы – құрылыс объектілерінің қауіпсіздігіне, сапасына, беріктілігі мен орнықтылығына мемлекеттік сәулет-құрылыс бақылауын жүзеге асыратын жергілікті атқарушы органның құрылымдық бөлімшесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1745,628 +1861,752 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әскери қалашықтардағы және арнайы әскери технологиялық кешендердегі құрылыстар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолданыстағы ғимараттардың (құрылыстардың) реконструкциялау, қайта жоспарлау, қайта жабдықтау жүргізу межеленіп отырған үй-жайлары (жекелеген бөліктері) да объектілерге жатқызылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z213" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-1) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12-1) объектінің бірегей нөмірі (бұдан әрі - ОБН) – объектіні мониторингілеу мақсатында құрылыс жобаларын әзірлеуге, реконструкциялауға (қайта жоспарлауға және қайта жабдықтауға) бастапқы материалдарды алудан бастап пайдалануға қабылдауға дейін құрылыс объектісі туралы ақпаратты (мәліметтерді) жинау үшін мемлекеттік қала құрылысы кадастры жүйесінде қалыптастырылатын он сегіз таңбалы сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) өтініш беруші – жаңа құрылысты жүзеге асыруға не қолданыстағы ғимараттардың үй-жайларын немесе жекелеген бөліктеріне реконструкциялау, қайта жоспарлау, қайта жабдықтау жүргізуге ниеті бар мүдделі жеке немесе заңды тұлға (меншік иесі, тапсырыс беруші, құрылыс салушы);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z25" w:id="25"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) өтініш беруші – жаңа құрылысты жүзеге асыруға не қолданыстағы ғимараттардың үй-жайларын немесе жекелеген бөліктеріне реконструкциялау, қайта жоспарлау, қайта жабдықтау жүргізуге ниеті бар мүдделі жеке немесе заңды тұлға (меншік иесі, тапсырыс беруші, құрылыс салушы);</w:t>
+      14) реконструкциялау – әдетте өзгеретін объектіні жаңарту мен жаңғырту қажеттігіне байланысты жалпы жекелеген үй-жайларды, ғимараттың өзге де бөліктерін немесе ғимаратты өзгерту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z26" w:id="26"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) реконструкциялау – әдетте өзгеретін объектіні жаңарту мен жаңғырту қажеттігіне байланысты жалпы жекелеген үй-жайларды, ғимараттың өзге де бөліктерін немесе ғимаратты өзгерту;</w:t>
+      15) рұқсат беру құжаттары – өтініш берушіге ғимараттардың үй-жайларын (жекелеген бөліктерін) салу немесе қолданыстағыларын өзгерту жөнінде өзінің ойын іске асыруға құқық беретін құжаттар, олар мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z27" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) рұқсат беру құжаттары – өтініш берушіге ғимараттардың үй-жайларын (жекелеген бөліктерін) салу немесе қолданыстағыларын өзгерту жөнінде өзінің ойын іске асыруға құқық беретін құжаттар, олар мыналарды қамтиды:</w:t>
+      жерге тиісті құқық беру туралы жергілікті атқарушы органның шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолданыстағы ғимараттардың үй-жайларына (жекелеген бөліктеріне) реконструкциялау, қайта жоспарлау, қайта жабдықтау жүргізуге арналған тиісті жергілікті атқарушы органның шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) сыртқы инженерлік желілер трассасының схемасы – жобаланатын және қолданыстағы инженерлік желілерде орналасқан, инженерлік желілерге қосылуға арналған техникалық шарттарға сәйкес әзірленген схема;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жерге тиісті құқық беру туралы жергілікті атқарушы органның шешімі;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      17) тапсырыс беруші (құрылыс салушы) – жеке меншік немесе мемлекеттік мұқтаждар үшін не коммерциялық мақсаттарда кәсіпорындар, ғимараттар, құрылыстар салу жөніндегі жобаны іске асыруды жүзеге асыратын инвестор (не өзі инвестор болып табылатын) уәкілеттік берген жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қолданыстағы ғимараттардың үй-жайларына (жекелеген бөліктеріне) реконструкциялау, қайта жоспарлау, қайта жабдықтау жүргізуге арналған тиісті жергілікті атқарушы органның шешімі;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="28"/>
+      18) техникалық жоба – қолданыстағы ғимараттардың (құрылыстардың) үй-жайларын (жекелеген бөліктерін) реконструкциялау, қайта жоспарлау, қайта жабдықтау мақсатында әзірленетін жобалау алдындағы құжаттама түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) сыртқы инженерлік желілер трассасының схемасы – жобаланатын және қолданыстағы инженерлік желілерде орналасқан, инженерлік желілерге қосылуға арналған техникалық шарттарға сәйкес әзірленген схема;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="29"/>
+      19) топографиялық түсірілім – жергілікті жердің масштабпен, жергілікті координаттар жүйесінде, Балтық биіктік жүйесінде орындалған және қолданыстағы жер үстіндегі және жер астындағы желілер мен құрылыстарды көрсететін электрондық не графикалық моделі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) тапсырыс беруші (құрылыс салушы) – жеке меншік немесе мемлекеттік мұқтаждар үшін не коммерциялық мақсаттарда кәсіпорындар, ғимараттар, құрылыстар салу жөніндегі жобаны іске асыруды жүзеге асыратын инвестор (не өзі инвестор болып табылатын) уәкілеттік берген жеке немесе заңды тұлға;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="30"/>
+      20) эскиз (эскиздік жоба) – жобалық (жоспарлық, кеңiстiктiк, сәулеттiк, технологиялық, конструктивтік, инженерлiк, декоративтік немесе басқа) шешiмнiң, схема, сызба, бастапқы сұлба (сурет) нысанында орындалған және осы шешiмнiң түпкi ойын түсiндiретiн оңайлатылған түрi;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) техникалық жоба – қолданыстағы ғимараттардың (құрылыстардың) үй-жайларын (жекелеген бөліктерін) реконструкциялау, қайта жоспарлау, қайта жабдықтау мақсатында әзірленетін жобалау алдындағы құжаттама түрі;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="31"/>
+      21) тұрғын емес үй-жай – кондоминиум объектісінің ортақ мүлкін қоспағанда, көппәтерлі тұрғын үйдегі құрылыс, санитариялық, экологиялық, өртке қарсы және басқа да міндетті нормалар мен қағидаларға сәйкес келетін, жоба сатысында көзделген, егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, шекаралары қабырғалардың, еденнің және төбенің (қабатаралық жабындылардың) ішкі беттері болып табылатын, тұрақты тұрудан өзге мақсаттарда (кеңсе, дүкен, кафе, қонақүй, хостел және халыққа қызмет көрсету саласының басқа да объектілері) пайдаланылатын және дара (бөлек) меншіктегі жеке ішкі кеңістік.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің м.а. 07.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Қала құрылысы талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) топографиялық түсірілім – жергілікті жердің масштабпен, жергілікті координаттар жүйесінде, Балтық биіктік жүйесінде орындалған және қолданыстағы жер үстіндегі және жер астындағы желілер мен құрылыстарды көрсететін электрондық не графикалық моделі;</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+      5. Елді мекендердің аумағында әртүрлі мақсаттағы объектілерді өз бетінше салуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің м.а. 07.12.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің м.а. 07.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.07.2024 бастап </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="36"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Елдi мекендердiң аумақтарын дамыту және оларға қала құрылысының бекiтiлген жобалары негiзiнде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Елді мекеннің бекітілген бас жоспары елді мекенді дамытуды кешенді жоспарлауды айқындайтын негізгі қала құрылысы құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жер учаскелері құрылыс жүргізу үшін берілген кезде оларды пайдалануға қойылатын қала құрылысы талаптары бекітілген бас жоспардың, егжей-тегжейлі жоспарлау мен құрылыс салу, қала құрылысы аймақтарына бөлу жобаларының, сондай-ақ осы Қағидалардың негізінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Елді мекеннің бекітілген бас жоспары елді мекенді дамытуды кешенді жоспарлауды айқындайтын негізгі қала құрылысы құжаты болып табылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="37"/>
+      8. Жеке және заңды тұлғалардың елді мекеннің аумағында жер учаскелерiн құрылыс салу үшін (коммуникациялар жүргізуді, аумақты инженерлік жағынан дайындау, абаттандыру, көгалдандыру және учаскенi жайғастырудың басқа да түрлерiн қоса алғанда) пайдалануы, егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, жобалау (жобалау-сметалық) құжаттамасының негізінде және нысаналы мақсатын немесе сервитутты, аумақты аймақтарға бөлуді, қызыл сызықтарды және құрылыс салуды реттеу сызықтарын, құрылыс салу мен оны пайдалану қағидаларын сақтай отырып, Қазақстан Республикасының Жер кодексіне және осы Қағидаларға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Жер учаскелері құрылыс жүргізу үшін берілген кезде оларды пайдалануға қойылатын қала құрылысы талаптары бекітілген бас жоспардың, егжей-тегжейлі жоспарлау мен құрылыс салу, қала құрылысы аймақтарына бөлу жобаларының, сондай-ақ осы Қағидалардың негізінде белгіленеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="38"/>
+      9. Құрылыс салу үшін жер учаскесін беру сәулет-жобалау тапсырмасымен, инженерлік желілерге қосуға арналған техникалық шарттарымен және топографиялық түсіріліммен бірге жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Жеке және заңды тұлғалардың елді мекеннің аумағында жер учаскелерiн құрылыс салу үшін (коммуникациялар жүргізуді, аумақты инженерлік жағынан дайындау, абаттандыру, көгалдандыру және учаскенi жайғастырудың басқа да түрлерiн қоса алғанда) пайдалануы, егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, жобалау (жобалау-сметалық) құжаттамасының негізінде және нысаналы мақсатын немесе сервитутты, аумақты аймақтарға бөлуді, қызыл сызықтарды және құрылыс салуды реттеу сызықтарын, құрылыс салу мен оны пайдалану қағидаларын сақтай отырып, Қазақстан Республикасының Жер кодексіне және осы Қағидаларға сәйкес жүзеге асырылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="39"/>
+      Жер учаскесіне құқық белгілейтін және (немесе) сәйкестендіру құжаттарында көрсетілген нысаналы мақсатқа қатаң сәйкестікпен жер учаскелерінде құрылыс салуға және оларды пайдалануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Құрылыс салу үшін жер учаскесін беру сәулет-жобалау тапсырмасымен, инженерлік желілерге қосуға арналған техникалық шарттарымен және топографиялық түсіріліммен бірге жүзеге асырылады.</w:t>
+      10. ЖАО-ның сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын құрылымдық бөлімшесі елді мекендердің аумағында құрылыс салудың жай-күйі туралы өзекті ақпарат қалыптастыру мақсатында жаңартылуы және өзгертілуі тұрақты негізде жүзеге асырылатын кезекші топографиялық жоспар (коммуникациялар, топографиялық түсірілімдер, үйлер мен ғимараттар) жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...36 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2380,91 +2620,197 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z41" w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Кезекші топографиялық жоспардың ақпараты және (немесе) мәліметтері Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 20 наурыздағы № 244 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11111 болып тіркелген) Қазақстан Республикасының мемлекеттік қала құрылысы кадастрын жүргізудің және одан ақпарат және (немесе) мәліметтер ұсынудың қағидаларына сәйкес мемлекеттік қала құрылысы кадастрының автоматтандырылған ақпараттық жүйесіне енгізіледі және жеке және заңды тұлғалардың сұрау салуы бойынша қағаз немесе электрондық жеткізгіштерде ұсынылады, не интернет-портал арқылы кезекші топографиялық жоспарға қолжетімділік қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2483,1450 +2829,1450 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="42"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Сәулет, қала құрылысы және құрылыс саласында белгіленген мемлекеттік нормативтерге сәйкес бау-бақша және саяжай серіктестіктерінің аумақтары резервтік аумақтардың шегінен тыс елді мекендердің және көршілес кәсіпорындардың санитариялық қорғану аймақтарының перспективалық дамуын ескере отырып, қоғамдық көлікпен жететін қашықтықта, сондай-ақ қала құрылысы жобаларына сәйкес орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z43" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Қала маңы аймағына кіретін елді мекендердің қала құрылысы жобалары қаланың ЖАО-ымен келісіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қала маңындағы аймақтар қала жерінің шекарасымен (шегімен) іргелес, аталған қаланың, қала маңының аумағына кіретін басқа да елді мекендердің аумағын дамытуға, сондай-ақ санитариялық-қорғау функцияларын орындауға, халықтың демалыс орындарын, бау-бақша және саяжай серіктестіктерін орналастыруға арналған жерлерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="44"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Қала маңындағы аймақтардың шекарасын белгiлеу бекiтiлген қала құрылысы құжаттамасының негiзiнде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Елді мекендерді жобалау, тұрғын аудандарды қалыптастыру, қайта игерілетін және реконструкцияланатын аумақтарды және елді мекендерді абаттандыру кезінде тұрғын, қоғамдық және өндірістік ғимараттарға, құрылыстар мен үй-жайларға халықтың iс-қимылы шектеулi топтарының қол жетікізуі қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын және қоғамдық ғимараттардың аумағында орналасатын автомобиль тұрақтарын жобалау кезінде халықтың iс-қимылы шектеулi топтарының жеке автокөлік құралдары үшін орындар көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын аймақтарда әлеуметтік инфрақұрылым объектілерінің (білім беру және денсаулық сақтау объектілерінің) орналастырылуын ескерусіз көппәтерлі тұрғын ғимараттарды (үйлерді) салуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 25.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Сейсмикалық қауіптілігі жоғары аймақтарда (аудандарда) жобалау және құрылыс салу көрсетілген мәселелерді реттейтін сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарын ескере отырып, жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z45" w:id="45"/>
-[...137 lines deleted...]
-    <w:bookmarkStart w:name="z200" w:id="47"/>
+    <w:bookmarkStart w:name="z200" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-1. Әуеайлақ маңындағы аумақ шегінде қалалық және ауылдық елді мекендерді жобалау, салу және дамыту, сондай-ақ өнеркәсіптік, ауыл шаруашылығы және өзге де объектілерді салу және реконструкциялау әуеайлақ жабдығының және әуе кемелерінің адамдардың денсаулығы мен жеке және заңды тұлғалардың қызметіне ықтимал теріс әсерлерін ескере отырып, ұшу қауіпсіздігі талаптарын сақтай отырып, сондай-ақ Қазақстан Республикасы Үкіметінің 2011 жылғы 12 мамырдағы № 504 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Әуе кемелерінің ұшу қауіпсіздігіне қатер төндіруі мүмкін қызметті жүзеге асыруға рұқсаттар беру қағидаларының талаптарын ескере отырып жүргізілуі тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-1-тармақпен толықтырылды – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 29.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 392</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Тұрғын және қоғамдық ғимараттарды жобалаған кезде жерасты кеңістігі құрылыстық, экологиялық, санитариялық және өртке қарсы талаптарға сәйкес құрылыс алаңының инженерлік-геологиялық жағдайларын есепке ала отырып, автопаркингтер, гараждар мен инженерлік жабдықтау құрылыстарын орналастыру үшін пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Объектілерді пайдаланған кезде мыналарға:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...61 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Тұрғын және қоғамдық ғимараттарды жобалаған кезде жерасты кеңістігі құрылыстық, экологиялық, санитариялық және өртке қарсы талаптарға сәйкес құрылыс алаңының инженерлік-геологиялық жағдайларын есепке ала отырып, автопаркингтер, гараждар мен инженерлік жабдықтау құрылыстарын орналастыру үшін пайдаланылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="49"/>
+      ғимаратты немесе құрылысты күрделі жөндеу мен реконструкциялау жөніндегі іс-шара сәйкестендірілген құрылыс материалдарын қолдана отырып, қасбетті бірыңғай стильде кешендік безендіруді көздейтін жағдайларды қоспағанда, ғимараттың, құрылыс сәулет стилін бұзуға;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Объектілерді пайдаланған кезде мыналарға:</w:t>
-[...35 lines deleted...]
-        <w:t>
       көп пәтерлі тұрғын және қоғамдық ғимараттардың қасбет бөлігінде спутниктік немесе эфирлік сигналын қабылдау үшін Қазақстан Республикасы аумағында телерадиоканалдарды таратуға лицензиясы жоқ, байланыс және (немесе) телерадиохабарларын тарату операторларының спутниктік және эфирлік қабылдау құрылғыларын орнатуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="50"/>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Тұрғын және қоғамдық ғимараттарда, оның ішінде ұлттық спутниктік телеарналардың немесе сандық эфирлік телерадиохабарлар таратудың кабель желілерін, ұжымдық және жеке қабылдау жүйелерін жобалау және салу сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер талаптарына сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z50" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Уақытша қондырғылар мен құрылыстарды (сауда палаткаларын (павильондарды), киоскiлердi сыртқы (көрнекі) жарнама объектiлерiн және басқа да сервис объектiлерiн) орналастыру Жер кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>109-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Үйлер мен ғимараттарды бөлшектеу және бұзу (кәдеге жаратудан кейін) әзірленген жобалық (жобалық-сметалық) құжаттама негізінде сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Жоба алды рәсімдері және жобалау</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z51" w:id="52"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z54" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Үйлер мен ғимараттарды бөлшектеу және бұзу (кәдеге жаратудан кейін) әзірленген жобалық (жобалық-сметалық) құжаттама негізінде сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарына сәйкес жүзеге асырылады.</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Жоба алды рәсімдері және жобалау</w:t>
+      22. Құрылыс жөніндегі жобаларды іске асыру жер учаскесіне тиісті құқығы негізінде және келесі кезеңдерде жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z53" w:id="54"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 1-параграф. Жалпы ережелер</w:t>
+    <w:bookmarkStart w:name="z232" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құрылыс жобаларын әзірлеу үшін бастапқы материалдарды алу (құрылыс үшін жер учаскесімен бірге бастапқы материалдарды беруден басқа);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z54" w:id="55"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z233" w:id="57"/>
+    <w:bookmarkStart w:name="z233" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) эскизді (эскиздік жобаны) әзірлеу және келісуден өткізу; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z234" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жобалау-сметалық құжаттамасын әзірлеу (бұдан әрі – жобалау) және құрылыс жобаларын ведомстводан тыс кешенді сараптамадан (бұдан әрі – сараптама) өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z235" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік сәулет-құрылыс бақылауын және қадағалауын жүзеге асыратын органдарға құрылыс-монтаждау жұмыстарының басталғаны туралы хабарлау және құрылыс-монтаждау жұмыстарын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z234" w:id="58"/>
+    <w:bookmarkStart w:name="z236" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жобалау-сметалық құжаттамасын әзірлеу (бұдан әрі – жобалау) және құрылыс жобаларын ведомстводан тыс кешенді сараптамадан (бұдан әрі – сараптама) өткізу;</w:t>
+      5) салынған объектіні қабылдау және пайдалануға беру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z235" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) мемлекеттік сәулет-құрылыс бақылауын және қадағалауын жүзеге асыратын органдарға құрылыс-монтаждау жұмыстарының басталғаны туралы хабарлау және құрылыс-монтаждау жұмыстарын жүзеге асыру;</w:t>
+      Үшінші жауаптылық деңгейіндегі техникалық жағынан күрделі емес объектілердің құрылысы және реконструкциядан кейін екі қабаттан аспайтын, қосымша жер учаскесін бөлуді (аумақтан телім беруді) талап етпейтін, екі қабаттан аспайтын жеке тұрғын үйлерді реконструкциялау эскиз (эскиздік жоба) бойынша жүзеге асырылады. Объектілердің құрылыс жобасын әзірлеу, оның сараптамасы, мемлекеттік сәулет-құрылыс бақылауын және қадағалауын жүзеге асыратын органдарға құрылыс-монтаждау жұмыстарының басталғаны туралы хабарлау талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 30.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 457</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелері мен жабдықтарын өзгертуге байланысты қолданыстағы үйлер мен ғимарттардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) жөніндегі жобаларды іске асыру мынадай кезеңдерде жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z236" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) салынған объектіні қабылдау және пайдалануға беру.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
+      1) қолданыстағы ғимараттардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) үшін бастапқы материалдарды алу;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Үшінші жауаптылық деңгейіндегі техникалық жағынан күрделі емес объектілердің құрылысы және реконструкциядан кейін екі қабаттан аспайтын, қосымша жер учаскесін бөлуді (аумақтан телім беруді) талап етпейтін, екі қабаттан аспайтын жеке тұрғын үйлерді реконструкциялау эскиз (эскиздік жоба) бойынша жүзеге асырылады. Объектілердің құрылыс жобасын әзірлеу, оның сараптамасы, мемлекеттік сәулет-құрылыс бақылауын және қадағалауын жүзеге асыратын органдарға құрылыс-монтаждау жұмыстарының басталғаны туралы хабарлау талап етілмейді.</w:t>
+      2) реконструкциялау (қайта жоспарлау, қайта жабдықтау) үшін жобаларды жобалау және сараптау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік сәулет-құрылыс бақылауын және қадағалауын жүзеге асыратын органдарға құрылыс-монтаждау жұмыстарының басталғаны туралы хабарлау және құрылыс-монтаждау жұмыстарын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) салынған объектіні қабылдау және пайдалануға беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелері мен жабдықтарын өзгертпей қолданыстағы үйлер мен ғимараттардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) (бір функционалдық мақсат шеңберінде) лицензиясы бар тұлғалар орындаған сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарына сәйкес әзірленген техникалық жоба негізінде жүзеге асырылады. ЖАО-ның шешімін алу, жобалау және сараптамадан өту талап етілмейді. Объектіні пайдалануға беру кезінде техникалық жоба меншік иесінің объектіні пайдалануға қабылдау актісіне қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 30.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 25.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 228</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 457</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="61"/>
-[...171 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Тапсырыс беруші (құрылыс салушы) объектілерді салу бойынша өз қызметін "Тапсырыс берушінің (құрылыс салушының) қызметін ұйымдастырудың және функцияларын жүзеге асырудың қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 19 наурыздағы № 229 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерінде мемлекеттік тіркеу тізілімінде № 10795 болып тіркелді) бекітілген Тапсырыс берушінің (құрылыс салушының) қызметін ұйымдастырудың және функцияларын жүзеге асыру қағидаларына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 21.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Құрылыс жобаларын әзірлеу үшін бастапқы материалдар мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сәулет-жоспарлау тапсырмасы (бұдан әрі – СЖТ);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инженерлік және коммуналдық қамтамасыз ету көздеріне қосылу үшін техникалық шарттар (бұдан әрі – техникалық шарттар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жолдар мен көшелердің көлденең қималары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тік жоспарлау белгілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) егжей-тегжейлі жоспарлау жобасынан алынған үзінді көшірме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сыртқы инженерлік желілер трассасының схемалары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелері мен жабдықтарын өзгертуге байланысты қолданыстағы үйлер мен ғимарттардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) үшін бастапқы материалдар мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелері мен жабдықтарын өзгертуге байланысты қолданыстағы ғимараттар мен құрылыстардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) туралы ЖАО-ның шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) СЖТ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) техникалық шарттар (өтініш берушімен инженерлік және коммуналдық қамтамасыз ету көздеріне қосылу үшін техникалық шарттарға арналған сауалнама парағын беру кезінде (бұдан әрі – сауалнама парағы));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сыртқы инженерлік желілер трассасының схемалары (өтініш берушінің сауалнама парағын беру кезінде).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 21.06.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 352</w:t>
+        <w:t>№ 149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Құрылыс жобаларын әзірлеу үшін бастапқы материалдар мыналарды қамтиды:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="64"/>
+      27. "Сарыарқа" газ құбырын магистральдық және тарату желілерін қоспағанда, жобаланып жатқан инженерлік желілерге қосылу үшін техникалық шарттарды беруге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің м.а. 07.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 116</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сәулет-жоспарлау тапсырмасы (бұдан әрі – СЖТ);</w:t>
-[...119 lines deleted...]
-      26. Тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелері мен жабдықтарын өзгертуге байланысты қолданыстағы үйлер мен ғимарттардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) үшін бастапқы материалдар мыналарды қамтиды:</w:t>
+      28. СЖТ мен техникалық шарттар жобалау (жобалау-сметалық) құжаттаманың құрамында бекітілген құрылыстың нормативтік ұзақтығының барлық мерзімі ішінде қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:p>
-[...254 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құрылыстың нормативтік ұзақтығы үш жылдан асқан жағдайда, СЖТ және техникалық шарттардың қолданылу мерзімі құрылыстың басталғаны туралы растаушы құжаттардың ұсынылу талабымен құрылыс кезеңіне ұзартылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4037,143 +4383,143 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Жобалау алдындағы және жобалау (жобалау-сметалық) құжаттамасын әзірлеуді тиісті жұмыс түрлеріне лицензиясы бар жеке және заңды тұлғалар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Жобалау (жобалау-сметалық) құжаттамасын әзірлеу тапсырыс беруші берген жобалауға арналған тапсырмаға сәйкес СЖТ-ның негізгі талаптары мен ұсынымдарын ескере отырып, сондай-ақ сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелер мен жабдықтарды қозғамайтын жағдайларды қоспағанда, реконструкциялау (қайта жабдықтау, қайта жоспарлау) жобалары бойынша міндетті сараптамаға жататын жобалау (жобалау-сметалық) құжаттамасы әзірленеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Жобалау (жобалау-сметалық) құжаттамасын әзірлеу тапсырыс беруші берген жобалауға арналған тапсырмаға сәйкес СЖТ-ның негізгі талаптары мен ұсынымдарын ескере отырып, сондай-ақ сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарына сәйкес жүзеге асырылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+      Көрсетілген жағдайларда жобаны іске асыру жөніндегі құрылыс-монтаждау жұмыстары сараптаманың оң қорытындысын алғаннан кейін ғана жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелер мен жабдықтарды қозғамайтын жағдайларды қоспағанда, реконструкциялау (қайта жабдықтау, қайта жоспарлау) жобалары бойынша міндетті сараптамаға жататын жобалау (жобалау-сметалық) құжаттамасы әзірленеді.</w:t>
-[...35 lines deleted...]
-        <w:t>
       Жобалау (жобалау-сметалық) құжаттамасын әзірлеудің алдында тапсырыс беруші аттестатталған сарапшыларды тарта отырып, қолданыстағы үй-жай, ғимарат немесе құрылыс конструкцияларының физикалық жай-күйіне, сенімділігі мен тұрақтылығына техникалық зерттеп тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -4215,90 +4561,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Жол құрылысының жобалары "Жолдарды жобалауға, салуға, жөндеуге, күтіп-ұстауға және оларды жол жүрісі қауіпсіздігін қамтамасыз ету бөлігінде басқаруға арналған нормативтік, жобалау және техникалық құжаттаманы келісу және бекіту қағидаларын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 12 наурыздағы № 208 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерінде мемлекеттік тіркеу тізілімінде № 10690 болып тіркелді) бекітілген Жолдарды жобалауға, салуға, жөндеуге, күтіп-ұстауға және жол жүрісі қауіпсіздігін қамтамасыз ету бөлігінде оларды басқаруға арналған нормативтік, жобалау және техникалық құжаттаманы келісу және бекіту қағидаларында белгіленген тәртіппен жол жүрісі қауіпсіздігін қамтамасыз ету жөніндегі уәкілетті органмен келісіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4317,433 +4663,539 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Әзірленген жобалау (жобалау-сметалық) құжаттамасының сараптамасы Заңның 9-1-тарауына және "Қаржыландыру көздеріне қарамастан, жаңа үйлер мен ғимараттарды, олардың кешендерін, инженерлік және көлік коммуникацияларын салуға, сондай-ақ бұрыннан барын өзгертуге (реконструкциялауға, кеңейтуге, техникалық қайта жарақтандыруға, жаңғыртуға және күрделі жөндеуге) арналған техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға ведомстводан тыс кешенді сараптама жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 1 сәуірдегі № 299 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерінде мемлекеттік тіркеу тізілімінде № 10722 болып тіркелді) бекітілген Қаржыландыру көздеріне қарамастан, жаңаларын салуға, сондай-ақ бұрыннан бар үйлер мен ғимараттарды, олардың кешендерін, инженерлік және көлік коммуникацияларын өзгертуге (реконструкциялауға, кеңейтуге, техникалық қайта жарақтандыруға, жаңғыртуға және күрделі жөндеуге) арналған техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға ведомстводан тыс кешенді сараптама жүргізу қағидаларына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 21.06.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 352</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Құрылыс және реконструкциялау (қайта жоспарлау, қайта жабдықтау) жобаларын әзірлеуге арналған бастапқы материалдарды ұсыну және "Құрылыс және реконструкциялау (қайта жоспарлау, қайта жабдықтау) жобаларын әзірлеу кезінде бастапқы материалдарды ұсыну" мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. "Құрылыс және реконструкциялау (қайта жоспарлау және қайта жабдықтау) жобаларын әзірлеуге арналған бастапқы материалдарды ұсыну" мемлекеттік көрсетілетін қызмет (бұдан әрі – 1-мемлекеттік көрсетілетін қызмет) Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың ЖАО (бұдан әрі – көрсетілетін қызметті беруші) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің 21.06.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Ұлттық экономика министрінің 05.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 493</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 352</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      35-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. 1-мемлекеттік қызметті алу үшін өтініш беруші "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) арқылы көрсетілетін қызметті берушіге жаңа құрылысқа бастапқы материалдарды/сәулет-жоспарлау тапсырмасын және техникалық шарттарды ұсыну/тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелер мен жабдықтарды өзгертуге байланысты қолданыстағы ғимараттардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) үшін бастапқы материалдарды ұсыну туралы мынадай құжаттарды қоса бере отырып осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті жолдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z237" w:id="81"/>
+    <w:bookmarkStart w:name="z237" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жаңа құрылысқа бастапқы материалдарды (бұдан әрі – 1-топтама), СЖТ және техникалық шарттарды (бұдан әрі – 2-топтама) алу үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z238" w:id="82"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z238" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жер учаскесіне құқығын белгілейтін құжаттың электрондық көшірмесі ("Жылжымайтын мүліктің бірыңғай мемлекеттік кадастры" ақпараттық жүйесінде тіркелмеген жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z239" w:id="83"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z239" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша сауалнама парағының электрондық көшірмесі (техникалық шарттарды алған және/немесе жүктемені арттыру қажет болған жағдайда);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z240" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) объектінің меншік иелерінің (тең меншік иелерінің) көзделіп отырған өзгеріске және оның параметрлеріне жазбаша келісімі (реконструкциядан кейін екі қабаттан аспайтын, қосымша жер учаскесін бөлуді (аумақтан телім беруді) талап етпейтін, екі қабаттан аспайтын жеке тұрғын үйлерді реконструкциялау жағдайында);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z241" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) егер жоспарланып отырған реконструкция олардың мүдделерін қозғаған жағдайда өзгертілетін үй-жайлармен (үй бөліктерімен) іргелес басқа үй-жайлардың (үй бөліктерінің) меншік иелерінің нотариалды куәландырылған жазбаша келісімі (реконструкциядан кейін екі қабаттан аспайтын, қосымша жер учаскесін бөлуді (аумақтан телім беруді) талап етпейтін, екі қабаттан аспайтын жеке тұрғын үйлерді реконструкциялау жағдайында) (тұрғынжайға қолжетімділігін қамтамасыз етуге байланысты болған жағдайда кресло-арбамен қозғалатын тірек-қимыл аппараты бұзылған адамдарға талап етілмейді);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z242" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелері мен жабдықтарын өзгертуге байланысты қолданыстағы үйлер мен ғимараттардың үй-жайларын (жеке бөліктерін) реконструкциялауға (қайта жоспарлау, қайта жабдықтау) бастапқы материалдарды (бұдан әрі – 3-топтама) алу үшін:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z240" w:id="84"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z243" w:id="87"/>
+    <w:bookmarkStart w:name="z243" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының 40-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4758,171 +5210,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 42-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тұрғын үйдің пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жалпы санының кемінде үштен екі бөлігінің жазбаша келісімінің электрондық көшірмелері немесе, егер өзгерістер кондоминиум объектісінің ортақ мүлкін қозғаған жағдайда, тұрғын үйдің пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналыс хаттамасы (тұрғынжайға қолжетімділігін қамтамасыз етуге байланысты болған жағдайда, кресло-арбамен қозғалатын тірек-қимыл аппараты бұзылған адамдарға талап етілмейді);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z244" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өзгертілетін үй-жайдың техникалық паспортының электрондық көшірмесі (болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z245" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сауалнама парағының электрондық көшірмесі (инженерлік және/немесе коммуналдық қамтамасыз ету көздеріне қосымша қосу және/немесе жүктемені арттыру қажет болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z246" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жер учаскесіне құқық белгілейтін құжаттың электрондық көшірмесі (егер реконструкциялау жер учаскесін қосымша бөлуді (кесіп беруді) көздейтін болса) ("Жылжымайтын мүліктің бірыңғай мемлекеттік кадастры" ақпараттық жүйесінде тіркелмеген жағдайда);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z244" w:id="88"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z247" w:id="91"/>
+    <w:bookmarkStart w:name="z247" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) техникалық жобаның электрондық көшірмесі (құрамы мен мазмұны осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жазылған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z248" w:id="92"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z248" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) егер жобалаушы техникалық жобада үй-жайларды (тұрғын үй бөліктерін) жоспарланған реконструкциялау (қайта жоспарлау, қайта жабдықтау) немесе үй-жайлардың шекарасын ауыстыру өзгертілетін үй-жайлармен (үй бөліктерімен) жапсарлас үй-жайлар (үй бөліктері) меншік иелерінің мүдделерін қозғайтынын көрсеткен жағдайда, егер жоспарланған реконструкциялау (қайта жоспарлау, қайта жабдықтау) немесе үй-жайлардың шекарасын ауыстыру өзгертілетін үй-жайларымен (үй бөліктерімен) жапсарлас үй-жайлар (үй бөліктері) меншік иелерінің мүдделерін қозғайтын болса, олардың нотариалды куәландырылған жазбаша келісімнің электрондық көшірмелері қосымша қоса беріледі (тұрғынжайға қолжетімділігін қамтамасыз етуге байланысты болған жағдайда кресло-арбамен қозғалатын тірек-қимыл аппараты бұзылған адамдарға талап етілмейді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өзгертілетін үй-жайлармен (үй бөліктерімен) жапсарлас үй-жайлардың (үй бөліктерінің) меншік иелерінің мүдделері, егер үй-жайларды (тұрғын үй бөліктерін) жоспарланған реконструкциялау (қайта жоспарлау, қайта жабдықтау) немесе үй-жайлардың шекарасын ауыстыру өзгертілетін үй-жайлардың (үй бөліктерінің) бірлескен шекарасын қозғаған жағдайда, сондай-ақ, тұру кезінде санитариялық, экологиялық, өртке қарсы шарттар нашарлаған жағдайларда ескеріледі. Өзге жағдайларда өзгертілетін үй-жайлармен (үй бөліктерімен) жапсарлас үй-жайлардың (үй бөліктерінің) меншік иелерінің бас тартуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5013,184 +5465,556 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="93"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Өтініш беруші барлық қажетті құжаттарды портал арқылы берген кезде – өтініш берушінің "жеке кабинетінде" 1-ші мемлекеттік көрсетілетін қызмет нәтижесін алу күнін көрсете отырып, 1-ші мемлекеттік қызметті көрсету үшін сұраудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z97" w:id="94"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      37-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Көрсетілетін қызметті беруші құжаттар мен мәліметтерді келіп түскен күні тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген жағдайда өтінішті қабылдау және 1-ші мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      38-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Өтінішті және қоса берілген құжаттарды тіркеуден өткізгеннен кейін көрсетілетін қызметті беруші құжаттарды алған кезден бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Өтініш беруші құжаттардың толық емес пакетін ұсынған жағдайда, көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды және көрсетілетін қызметті берушінің электрондық цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған электрондық құжат нысанында өтініш берушінің "жеке кабинетіне" жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттар толық болған жағдайда көрсетілетін қызметті беруші қоса берілген құжаттарды жоспарланған құрылыстың бекітілген бас жоспарға, егжей- тегжейлі жоспарлау жобасына немесе елді мекендерді дамыту және салу схемасына сәйкестігін қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      39-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Жоспарланған құрылыс бекітілген бас жоспарға, егжей-тегжейлі жоспарлау жобасына немесе елді мекендерді дамыту және салу схемасына сәйкес келген жағдайда, көрсетілетін қызметті беруші ұсынылған құжаттарды алған күннен бастап 1 (бір) жұмыс күнінен аспайтын мерзімде инженерлiк және коммуналдық қамтамасыз ету бойынша қызмет көрсетушiлерге сауалнама парағын және сыртқы инженерлік желілер трассасының алдын ала схемасы бар техникалық шарттарды алу үшін ахуалдық схеманы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші мынадай құжаттарды қатар дайындайды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5427,51 +6251,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="97"/>
+    <w:bookmarkStart w:name="z198" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39-1. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5486,51 +6310,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тармағында көзделген негіздер болған кезде көрсетілетін қызметті беруші өтініш берушіге мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім жайында, сондай-ақ алдын ала шешім бойынша өтініш берушінің ұстаным танытуына мүмкіндік беру үшін тыңдау өткiзілетін уақыт пен орын туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5605,70 +6429,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="98"/>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. 1-ші мемлекеттік көрсетілетін қызметті көрсету бойынша құжаттарды қарау нәтижесінде осы Қағидаларда көрсетілген мерзімде көрсетілетін қызметті беруші 1-ші мемлекеттік көрсетілетін қызметтің нәтижесін дайындайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-топтама бойынша – осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша СЖТ, техникалық шарттар, егжей-тегжейлі жоспарлау жобасының көшірмесі, тік жоспарлау белгілері, жолдар мен көшелердің көлденең қималары, сыртқы инженерлік желілер трассаларының схемалары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5796,269 +6620,483 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z103" w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 40-1-тармақпен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      41-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Көрсетілетін қызметті беруші мынадай негіздер бойынша 1-ші мемлекеттік қызметті көрсетуден бас тартады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z225" w:id="100"/>
+    <w:bookmarkStart w:name="z225" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 1-ші мемлекеттік көрсетілетін қызметті алу үшін өтініш беруші ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z226" w:id="101"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z226" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтініш берушінің және (немесе) 1-ші мемлекеттік көрсетілетін қызметті көрсетуге қажет ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидаларда белгіленген талаптарға сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z227" w:id="102"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z227" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бекітілген бас жоспардың, егжей-тегжейлі жоспарлау жобасының немесе елді мекендерді дамыту мен құрылыс салу схемасының (қолданыстағы ғимараттар мен құрылыстардың үй-жайларын (жекелеген бөліктерін) реконструкциялаудан (қайта жоспарлаудан, қайта жабдықтаудан) басқа) болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z228" w:id="103"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z228" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жоспарланған құрылыстың бекітілген бас жоспарға, егжей-тегжейлі жоспарлау жобасына немесе елді мекендерді дамыту мен құрылыс салу схемасына сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бас тарту үшін осы негіздеме жаңа немесе бекітілген бас жоспарға, егжей-тегжейлі жоспарлау жобасына немесе елді мекендерді дамыту мен құрылыс салу схемасына өзгерістер енгізу нәтижесінде туындаған өтініш берушінің жер учаскесін нысаналы мақсаты, оның ішінде реконструкциялау (қайта жоспарлау, қайта жабдықтау) бойынша құқықтарын одан әрі іске асыру мүмкін болмаған жағдайда қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="104"/>
+    <w:bookmarkStart w:name="z229" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) көрсетілетін қызметтердің талап етілетін көлемін ұсыну үшін қажетті бос техникалық қуат болмаған және (немесе) көрсетілетін қызметті ұсыну үшін қажетті желілер немесе өзге де мүлік болмаған жағдайларда, инженерлiк және коммуналдық қамтамасыз ету бойынша қызмет көрсетушiлер техникалық шарттарды беруден бас тартуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z230" w:id="105"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z230" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген нормалар мен талаптарды (шарттарды, ережелерді, шектеулердi) бұзуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z231" w:id="106"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z231" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) лицензиясы бар тұлғалар орындаған техникалық жобаның осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> баяндалған құрамы мен мазмұнына сәйкес келмеуі, қолда бар ғимараттар мен құрылыстардың үй-жайларының (жекелеген бөліктерін) тағайындалуына қойылатын талаптар кешенін, сондай-ақ сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарын көздемейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш берушіге себептерін және жою үшін нақты ескертулерді көрсете отырып, дәлелді бас тарту беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6131,70 +7169,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="107"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Техникалық және (немесе) технологиялық жағынан күрделі емес объектілерді жобалау бойынша 1-ші мемлекеттік көрсетілетін қызметті көрсету мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СЖТ және техникалық шарттарды ұсынуға – 9 (тоғыз) жұмыс күні;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6359,168 +7397,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="108"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Бір құрылыс жобасына қайта өтініш берілген кезде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тармағында көрсетілген бұрын ұсынылған құжаттар беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z112" w:id="109"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Уәкілетті орган 1-ші мемлекеттік қызмет көрсету сатысы туралы деректерді ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы 1-ші мемлекеттік қызметті көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер автоматты режимде мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="110"/>
+    <w:bookmarkStart w:name="z215" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44-1. Мемлекеттік қызметтер көрсету тәртібі туралы, сондай-ақ мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты сәулет, қала құрылысы және құрылыс iстерi жөнiндегi уәкiлеттi орган "Мемлекеттер көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13) тармақшасына сәйкес Бірыңғай байланыс орталығына, сондай-ақ өтініштерді қабылдауды және мемлекеттік қызмет көрсету нәтижелерін беруді жүзеге асыратын Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарына және "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6559,70 +7597,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6751,70 +7789,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="112"/>
+    <w:bookmarkStart w:name="z116" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, сотқа шағым жасауға Қазақстан Республикасының әкімшілік рәсімдік-процестік кодексінің 91-бабының 5-тармағына сәйкес сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6832,89 +7870,187 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z117" w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 46-1-тармақпен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Құрылыстың эскизін (эскиздік жобасын) келісу және "Эскизді (эскиздік жобаны) келісуден өткізу" мемлекеттік көрсетілетін қызметтерді көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z118" w:id="114"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z118" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. "Эскизді (эскиздік жобаны) келісуден өткізу" мемлекеттік көрсетілетін қызмет (бұдан әрі – 2-мемлекеттік көрсетілетін қызмет) Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың ЖАО жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6933,148 +8069,272 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="115"/>
+    <w:bookmarkStart w:name="z119" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Бастапқы материалдарды алғаннан және эскизді (эскиздік жобаны) әзірлегеннен кейін өтініш беруші көрсетілетін қызметті берушімен келісуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Эскиздің (эскиздік жобаның) құрамы мен мазмұны осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жазылған мақсатына, негізгі параметрлеріне, объектінің нақты жер учаскесінде орналасуына және көшелерді, орамдарды және тұрғын үй алаптарын салудың сәулет-көркем колористикасына сәйкес түсіне қатысты шешімге қойылатын талаптар кешеніне ауытқуларына сәйкес болуы қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      49-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. 2-мемлекеттік көрсетілетін қызметті алу үшін өтініш беруші портал арқылы көрсетілетін қызметті берушіге эскиздің (эскиздік жобаның) электрондық көшірмесін қоса бере отырып, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақта көзделмеген құжаттарды талап етуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7166,185 +8426,415 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z121" w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      50-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Өтініш беруші барлық қажетті құжаттарды портал арқылы берген кезде – өтініш берушінің "жеке кабинетінде" 2-ші мемлекеттік көрсетілетін қызмет нәтижесін алу күнін көрсете отырып, 2-ші мемлекеттік қызметті көрсету үшін сұраудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z122" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      51-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Көрсетілетін қызметті беруші құжаттар мен мәліметтерді келіп түскен күні тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген жағдайда өтінішті қабылдау және 2-ші мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="119"/>
+    <w:bookmarkStart w:name="z123" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Өтінішті және қоса берілген эскизді (эскиздік жобаны) тіркеуден өткізгеннен кейін көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Өтініш беруші құжаттардың толық емес топтамасын ұсынған жағдайда, көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды және оны көрсетілетін қызметті берушінің ЭЦҚ-сымен қол қойылған электрондық құжат нысанында өтініш берушінің "жеке кабинетіне" жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттар толық болған жағдайда, көрсетілетін қызметті беруші қоса берілген құжаттарды қарап, өтініш берушінің және (немесе) 2-ші мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің осы Қағидаларда белгіленген талаптарға сәйкестігіне қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="120"/>
+    <w:bookmarkStart w:name="z124" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. 2-ші мемлекеттік қызметті көрсету бойынша құжаттарды қарау қорытындысы бойынша осы Қағидаларда көрсетілген мерзімде көрсетілетін қызметті беруші ОБН, объектінің атауы мен орналасқан жерін көрсете отырып келісім-хатты немесе дәлелді бас тартуды дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-ші мемлекеттік көрсетілетін қызметтің нәтижесі көрсетілетін қызметті берушімен өтініш берушінің "жеке кабинетіне" ЭЦҚ-сымен қол қойылған электрондық құжат нысанында жолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -7400,71 +8890,177 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z125" w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      54-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Көрсетілетін қызметті беруші мынадай негіздер бойынша 2-ші мемлекеттік қызметті көрсетуден бас тартады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 2-ші мемлекеттік көрсетілетін қызметті алу үшін өтініш беруші ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7701,51 +9297,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z199" w:id="122"/>
+    <w:bookmarkStart w:name="z199" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54-1. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7760,51 +9356,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тармағында көзделген негіздер болған кезде көрсетілетін қызметті беруші өтініш берушіге мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім жайында, сондай-ақ алдын ала шешім бойынша өтініш берушінің ұстаным танытуына мүмкіндік беру үшін тыңдау өткiзілетін уақыт пен орын туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7878,169 +9474,391 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z133" w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      55-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Эскизді (эскиздік жобаны) келісуден өткізгеннен кейін көрсетілетін қызметті беруші оны есепке алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z134" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар 55-1-тармақпен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. 2-ші мемлекеттік қызметті көрсету немесе дәлелді бас тартуды ұсыну мерзімі –10 (он) жұмыс күні.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z135" w:id="125"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z135" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Көрсетілетін қызметті беруші 2-ші мемлекеттік қызмет көрсету сатысы туралы деректерді ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы 2-ші мемлекеттік қызметті көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер автоматты режимде мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z216" w:id="126"/>
+    <w:bookmarkStart w:name="z216" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57-1. Мемлекеттік қызметтер көрсету тәртібі туралы, сондай-ақ мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты сәулет, қала құрылысы және құрылыс iстерi жөнiндегi уәкiлеттi орган "Мемлекеттер көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13) тармақшасына сәйкес Бірыңғай байланыс орталығына, сондай-ақ өтініштерді қабылдауды және мемлекеттік қызмет көрсету нәтижелерін беруді жүзеге асыратын Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарына және "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8079,70 +9897,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:bookmarkStart w:name="z136" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8271,90 +10089,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="128"/>
+    <w:bookmarkStart w:name="z139" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, сотқа шағым жасауға Қазақстан Республикасының әкімшілік рәсімдік-процестік кодексінің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8373,304 +10191,552 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="129"/>
+    <w:bookmarkStart w:name="z140" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Елді мекеннің аумағындағы инженерлік желілер мен құрылыстарды жобалау ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z141" w:id="130"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z141" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Объектілердің жұмыс істеуін қамтамасыз ететін таратушы және алаңішілік инженерлік желілерді, сондай-ақ ғимараттар мен құрылыстардың ішкі желілерін жобалауды, ұзақтығына қарамастан, елді мекеннің инженерлiк және коммуналдық қамтамасыз ету бойынша қызмет көрсетушiлердің техникалық шарттарына және ЖАО-ның сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын құрылымдық бөлімшесі берген СЖТ-ға сәйкес құрылыс салушылардың (тапсырыс берушілердің) тапсырысы бойынша жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z142" w:id="131"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      61-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. Инженерлік желілер мен құрылыстардың жобалары барлық сатыларда және барлық түрлерінде толыққанды және жергілікті координаттар жүйесінде, Балтық биіктік жүйесінде түзетілген топографиялық түсірілімде (қолданылу мерзімі 1 жылдан аспайды) орындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z143" w:id="132"/>
+    <w:bookmarkStart w:name="z143" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Жобалау құжаттамасын әзірлеу, магистральдық коммуникацияларды, инженерлік инфрақұрылымның бас құрылыстарын салу, пайдалану және кейін кәдеге жарату кезінде, сондай-ақ аумақтарды инженерлік дайындау жөніндегі жұмыстарды жүргізу кезінде шекаралас аумақтардың мүдделерін ескеретін және аумақ пен онда тұратын халыққа қауіпті (зиянды) құбылыстар мен процестердің әсер ету мүмкіндігін болдырмайтын шешімдер қабылдануы тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z144" w:id="133"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z144" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Инженерлiк және коммуналдық қамтамасыз ету бойынша көрсетілетін қызметті берушiлер берген техникалық шарттарға сәйкес әзірленген сыртқы инженерлік желілер мен құрылыстардың жобалары инженерлiк және коммуналдық қамтамасыз ету бойынша көрсетілетін қызметті берушiлермен келісуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z145" w:id="134"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z145" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Сараптама ұйымдарының жергілікті атқарушы органдардың сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын құрылымдық бөлімшесіне ведомстводан тыс кешенді сараптаманың оң қорытындысын бергеннен кейін 10 (он) жұмыс күнінен кешіктірмей жобалау құжаттаманы (сметалық бөліксіз) ұсынуы арқылы мемлекеттік қала құрылысы кадастрының деректер базасына енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z146" w:id="135"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z146" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Жеке тұрғын үй құрылысы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z147" w:id="136"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z147" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Жеке тұрғын үй құрылысы (бұдан әрі - ЖТҚ) үшін жер учаскесін беру нормалары Қазақстан Республикасы Жер кодексінің 50-бабына сәйкес белгіленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z148" w:id="137"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      66-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. ЖТҚ үшін бөлінген алаңдар, елді мекеннің бекітілген бас жоспарына, егжей-тегжейлі жоспарлау жобасына және елді мекеннің құрылыс салу жобасына сәйкес орналастырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z149" w:id="138"/>
+    <w:bookmarkStart w:name="z149" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       67. ЖТҚ аумақтарын жоспарлау және құрылысын салу Заңға сәйкес жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеке тұрғын үй құрылысының аудандары мен орамдарын жобалау және салу қызмет көрсету мекемелері мен кәсіпорындарын орналастыра, қажетті инженерлік-көліктік инфрақұрылыммен қамтамасыз ете отырып, кешенді түрде жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="139"/>
+    <w:bookmarkStart w:name="z150" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       68. Жеке тұрғын үйлерді жобалау және салу қала құрылысы құжаттамасына және сәулет, қала құрылысы және құрылыс қызметі саласындағы мемлекеттік нормативтерге қатаң сәйкестікте жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z151" w:id="140"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z151" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Жеке тұрғын үй құрылысы екі қабаттан биік жеке тұрғын үй құрылысын қоспағанда, ЖАО-ның сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын құрылымдық бөлімшесімен келісілген эскизге (эскиздік жобаға) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Екі қабаттан биік жеке тұрғын үй құрылысы міндетті сараптамаға жататын жобалау құжаттамасы бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -8707,282 +10773,282 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="141"/>
+    <w:bookmarkStart w:name="z152" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Белгіленген тәртіппен бекітіліп берілген жер учаскесінде орналасқан, тұрғын үйдің және басқа да құрылыстардың көлемін олардың сыртқы габариттері (оның ішінде биіктігі) осы құрылыстар, сондай-ақ шектес жер учаскелеріндегі құрылыстар арасында белгіленген міндетті нормативтік, санитариялық, өртке қарсы және техникалық айырмашылықтарды қамтамасыз еткен жағдайда жеке құрылыс салушы дербес белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z153" w:id="142"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z153" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Құрылыс</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z154" w:id="143"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z154" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       71. Егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, бекітілген жобалау (жобалау-сметалық) құжаттамасынсыз құрылыс салуға жол берілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z155" w:id="144"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z155" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       72. Құрылыс-монтаждау жұмыстарын жүргiзу басталғанға дейiн тапсырыс берушi мемлекеттiк сәулет-құрылыс бақылауды және қадағалауды жүзеге асыратын органдарды құрылыс-монтаждау жұмыстарын жүргiзудің басталғаны жөнінде хабардар етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z156" w:id="145"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z156" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       73. Объектілердің құрылысы, Заңда көзделген жағдайларды қоспағанда: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       авторлық және техникалық қадағалаулардың міндетті сүйемелденуімен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       белгіленген тәртіппен сараптамадан өткен жобалау (жобалау-сметалық) құжаттамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="146"/>
+    <w:bookmarkStart w:name="z157" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Құрылыс алаңында дайындық жұмыстарын жүзеге асырған кезде құрылыс объектісінің паспорты бар маңдайша жазу орнатылады, онда тапсырыс берушілер, мердігерлер, жоба авторлары, авторлық қадағалау мен техникалық қадағалауды жүзеге асыратын тұлғалар туралы ақпарат, жүргізілетін құрылыс-монтаждау жұмыстары туралы (оның ішінде құрылыстың басталу және аяқталу мерзімдері туралы) мәліметтер көрсетіледі. Осы талап ЖТҚ құрылысын салу жағдайларына қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z158" w:id="147"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z158" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Құрылыс объектiлерiн пайдалануға қабылдау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z159" w:id="148"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z159" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       75. Салынған объектiлердi пайдалануға қабылдау Қазақстан Республикасы Азаматтық кодексімен және Заңмен реттеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z160" w:id="149"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z160" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76. Салынған объектi бекiтiлген жобаға сәйкес толық әзiр болған жағдайда және сәйкестік туралы декларация, құрылыс-монтаждау жұмыстарының сапасы туралы қорытынды болған және орындалған жұмыстар бекітілген жобаға сәйкес келген жағдайда тапсырыс беруші оны пайдалануға қабылдауды жүргiзедi. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z161" w:id="150"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z161" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелері мен жабдықтарды өзгертуге байланысты емес қолданыстағы ғимараттар мен құрылыстардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) кезінде меншік иесі салынған объектіні пайдалануға беру актісінің бұрын берілген техникалық жобаға сәйкестігін жобалаушымен дербес келісім жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9000,71 +11066,177 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z162" w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      78-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78. Бекітілген жобаға сәйкес кіреберіс есігі мен терезе блоктары (толтыру) орнатылған, ішкі әрлеу жұмыстары аяқталған, қабырғалары мен төбелері сыланған және тегістелген (ішкі қаптау, сылау, тұсқағаз жапсыру жұмыстарынсыз), еден жабынын салу бойынша төсем салынған (таза едендер салусыз), электр кабельдері мен сымдарын өткізу көзделген, пәтер ішіндегі бөлу автоматтары орнатылған (тұрмыстық мақсаттағы электр техникалық аспаптарсыз, газды немесе электрлі ас үй плиталарсыз), аспаптарды орнату орындарына дейін жапқыш арматурасы мен тығындары бар су өткізу және кәріз құбырлары жүргізілген (санитариялық-техникалық жабдық пен аспаптар орнатусыз), сондай-ақ тұтынылған коммуналдық қызметтерді есептеу аспаптары (үйге ортақ және жеке) орнатылған, жылыту аспаптары мен терезелік жақтау тақтайлары орнатылған, егер шартта осы көзделмесе, атап көрсетілгеннен асатын көлемдердегі жұмыстар орындалған, сондай-ақ объекті инженерлік және коммуналдық қамтамасыз ету көздеріне қосылып салынған, объектінің құрылысына бөлінген аумақты аббатандыру және көгаландыру бойынша жұмыстар орындалған объектілердің (кешендердің) жай-күйі салынған объектілердің (кешендердің) толық әзірлігін білдіреді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ішкі әрлеу (қаптау, сылау, тұсқағаз жапсыру) жұмыстары аяқталған, таза едендер салынған, санитариялық-техникалық жабдық пен аспаптар, тұрмыстық мақсаттағы электр техникалық аспаптар, газды немесе электрлі ас үй плиталары, тұтынылған коммуналдық қызметтерді есептеу аспаптары (үйге ортақ және жеке), пәтерішілік есік блоктары орнатылып және объекті инженерлік және коммуналдық қамтамасыз ету көздеріне қосылып салынған, объектінің құрылысына бөлінген аумақты аббатандыру және көгаландыру бойынша жұмыстар орындалған объектілердің жай-күйі мемлекеттiк инвестициялардың қатысуымен салынған тұрғын үй объектілерінің толық әзірлігін білдіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -9121,110 +11293,234 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="152"/>
+    <w:bookmarkStart w:name="z163" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Объектіні пайдалануға қабылдау актісін бекітпей объектіні пайдалануға қабылдауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z201" w:id="153"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      79-1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79-1. Тапсырыс беруші объектіні пайдалануға қабылдау актісі бекітілгенге дейін инженерлік желілердің және (немесе) ғимараттардың (құрылыстардың) нақты орналасуының атқарушылық геодезиялық түсірілімін мемлекеттік қала құрылысы кадастрына тіркеу үшін "Қала құрылысы жобаларын, жобалау алдындағы және жобалау (жобалау-сметалық) құжаттамасын, сондай-ақ сәулет, қала құрылысы және құрылыс қызметі объектілерін мемлекеттік қала құрылысы кадастрының деректер базасында тіркеу қағидаларын бекіту туралы" Қазақстан Республикасы Өңірлік даму министрінің 2014 жылғы 16 маусымдағы № 172/НҚ бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9603 болып тіркелген) Қала құрылысы жобаларын, жобалау алдындағы және жобалау (жобалау-сметалық) құжаттамасын, сондай-ақ сәулет, қала құрылысы және құрылыс қызметі объектілерін мемлекеттік қала құрылысы кадастрының деректер базасында тіркеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын ЖАО "Азаматтарға арналған үкімет" мемлекеттік корпорациясынан (бұдан әрі – Мемлекеттік корпорациясы) құжаттарды алған кезден бастап бір жұмыс күні өткенге дейін тапсырыс берушінің құрылыс салуды ұйымдастыру және рұқсат беру рәсімдерінен өту қағидаларында айқындалған рәсімдерді сақтауын салыстырып тексереді және мемлекеттік қала құрылысы кадастрының ақпараттық жүйесі арқылы пайдалануға қабылдау актісін есепке алуды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9318,71 +11614,177 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z164" w:id="154"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      80-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. ЖАО-ның сәулет және қала құрылысы саласында функцияларды жүзеге асыратын құрылымдық бөлімшесінде есепке алынған және мемлекеттік қала құрылысы кадастрының ақпараттық жүйесіне ЖАО-ның сәулет және қала құрылысы саласында функцияларды жүзеге асыратын құрылымдық бөлімшесімен енгізілген объектiнi пайдалануға қабылдау актiсi жылжымайтын мүлiкке құқықтарды тiркеуді жүзеге асыратын мемлекеттiк органда объектiнi тiркеу үшiн негiз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9400,187 +11802,293 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z165" w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      81-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81. Объектіні пайдалануға қабылдау актілерін жүргізу және есепке алу тәртібі Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>75-1-бабымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> регламенттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, меншiк иесi пайдалануға дербес қабылдайтын объектiлерге қатысты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z210" w:id="156"/>
+    <w:bookmarkStart w:name="z210" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Мемлекеттік корпорация өтініш берушіден меншiк иесiнің объектіні пайдалануға дербес қабылдаудың бекітілген актісін алған кезден бастап бір күн ішінде инженерлік желілердің және (немесе) ғимараттардың (құрылыстардың) нақты орналасуының атқарушылық геодезиялық түсірілімін қоса бере отырып, объекті орналасқан жердегі сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын тиісті ЖАО құрылымдық бөлімшесіне объектіні пайдалануға дербес қабылдаудың бекітілген актісін жолдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z211" w:id="157"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z211" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тиісті ЖАО сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын құрылымдық бөлімшесі бір жұмыс күн ішінде меншiк иесiнің құрылыс салуды ұйымдастыру және рұқсат беру рәсімдерінен өту қағидаларында айқындалған рәсімдерді сақтауын салыстырып тексереді және мемлекеттік қала құрылысы кадастрының ақпараттық жүйесінде пайдалануға қабылдау актісін есепке алуды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұзушылықтар анықталған кезде Мемлекеттік корпорациядан құжаттарды алған сәттен бастап бір жұмыс күні ішінде ол туралы тіркеуші органға жазбаша хабарлайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="158"/>
+    <w:bookmarkStart w:name="z212" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бұзушылықтар болмаған жағдайда, Мемлекеттік корпорациядан құжаттарды алған сәттен бастап бір жұмыс күні ішінде ол туралы тіркеуші органға жазбаша хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9598,71 +12106,177 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z214" w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      81-1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81-1. ОБН-ді беру 1-мемлекеттік қызметті көрсету, 2-мемлекеттік қызметті көрсету, құрылыс объектілерін пайдалануға қабылдау кезеңінде мемлекеттік қала құрылысы кадастрының автоматтандырылған ақпараттық жүйесі арқылы автоматты режимде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9701,88 +12315,214 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:bookmarkStart w:name="z169" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Қағидалардың ережелерін бұзғаны үшін жауапкершілік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z170" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Осы Қағидалардың ережелерін бұзғаны үшін жауапкершілік Қазақстан Республикасының заңнамасына сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17362,726 +20102,852 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өту қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z249" w:id="162"/>
+    <w:bookmarkStart w:name="z249" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эскиздің (эскиздік жобаның), техникалық жобаның құрамы мен мазмұны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 30.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 457</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z250" w:id="163"/>
+    <w:bookmarkStart w:name="z250" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тиісті лицензиясы бар жобалау ұйымы әзірлеген жаңа құрылыс объектілері үшін жобалау алдындағы сатыда әзірленетін эскиздің (эскиздік жобаның) құрамы мен мазмұны:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z251" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. 1:1000; 1:2000; 1:5000 (аталғанның бірі) масштабындағы ахуалдық жоспар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z252" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1:500; 1:1000; 1:2000 (аталғанның бірі) масштабындағы объектінің бас жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z253" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 1:50; 1:100; 1:200; 1:400 (аталғанның бірі) масштабындағы сыртқы әрлеудің ведомосімен қоса, қасбеттер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z254" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 1:100; 1:200; 1:400 (аталғанның бірі) масштабындағы үй-жайлардың экспликациясы бар қабаттардың жоспары, бөліністер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z255" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 1:50; 1:100; 1:200; 1:400 (аталғанның бірі) масштабындағы шатыр жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z256" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 1:200; 1:500; 1:1000; 1:2000 (аталғанның бірі) масштабындағы инженерлік желілердің жоспарлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z257" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ғимараттың негізгі конструктивтік және сәулет-жоспарлау шешімдері, әрлеу материалдары мен қасбеттің түсіне қатысты шешімін таңдау, сондай-ақ негізгі көлемдік-жоспарлау көрсеткіштері (сыйымдылығы, өткізу қабілеті, қуаты, құрылыс көлемі, ғимараттың, құрылыс алаңының, көгалдандырылған және абаттандырылған учаске аумағының жалпы және пайдалы алаңы, әрлеу материалдары мен қасбеттің түсі) келтірілген абаттандыру мен көгалдандыру элементтері сипатталған жалпы деректер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z258" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті лицензиясы бар жобалау ұйымы әзірлеген қолданыстағы үйлер мен ғимараттардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) объектілері үшін әзірленетін техникалық жобаның және реконструкциядан кейін екі қабаттан аспайтын, қосымша жер учаскесін бөлуді (аумақтан телім беруді) талап етпейтін, екі қабаттан аспайтын жеке тұрғын үйлерді реконструкциялау үшін эскиздік жобаның құрамы мен мазмұны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z259" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қабаттылығы өзгерген кезде, кіреберіс алаңның құрылысына байланысты қасбеті өзгерген кезде, жапсарлас құрылыс салу жолымен реконструкциялау кезінде 1:1000; 1:2000; 1:5000 (аталғанның бірі) масштабтағы ахуалдық жоспар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z260" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қабаттылығы өзгерген кезде, кіреберіс алаңның құрылысына байланысты қасбеті өзгерген кезде, жапсарлас құрылыс салу жолымен реконструкциялау кезінде 1:500; 1:1000; 1:2000 (аталғанның бірі) масштабтағы объектінің бас жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z261" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қабаттылығы өзгерген кезде, кіреберіс алаңның құрылысына байланысты қасбеті өзгерген кезде, жапсарлас құрылыс салу жолымен реконструкциялау кезінде 1:50; 1:100; 1:200; 1:400 (аталғанның бірі) масштабтағы қасбеттер сыртқы әрлеу ведомосімен қоса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z262" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Реконструкциялауға (қайта жоспарлауға, қайта жабдықтауға) дейінгі үй-жайлардың 1:50; 1:100; 1:200 (аталғанның бірі) масштабтағы жоспарлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z263" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Реконструкциялаудан (қайта жоспарлаудан, қайта жабдықтаудан) кейінгі үй-жайлардың 1:50; 1:100; 1:200 (аталғанның бірі) масштабтағы жоспарлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z264" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қабаттылығы өзгерген және жапсарлас құрылыс салу жолымен реконструкциялау кезінде 1:50; 1:100; 1:200; 1:400 (аталғанның бірі) масштабтағы шатыр жоспары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z265" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қабаттылығы өзгерген кезінде 1:50; 1:100; 1:200 (аталғанның бірі) масштабтағы бөліністер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z266" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ғимараттың негізгі конструктивтік және сәулет-жоспарлау шешімдері, қасбеттердің әрлеу материалдары мен түсіне қатысты шешімді таңдау, бөлшектенетін конструкциялардың жай-күйі сипатталған, реконструкциялаудың (қайта жоспарлаудың, қайта жабдықтаудың) түрі туралы - тіреу және қоршау (сыртқы) конструкцияларын, инженерлік жүйелері мен жабдықтарын өзгертуге байланысты (байланысты емес) тұжырымдармен жалпы деректер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z267" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті лицензиясы бар тұлға немесе жобалау ұйымымен әзірленген елді мекендердегі үй-жайлардың шегінен тыс ашық кеңістікте орналастырылған сыртқы (көрнекі) жарнама объектілері үшін эскиздің (эскиздік жобаның) құрамы мен мазмұны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z268" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. 1:1000; 1:2000; 1:5000 (аталғанның бірі) масштабындағы ахуалдық жоспар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z269" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сыртқы (көрнекі) жарнама объектісінің күндізгі және түнгі бейнесі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z251" w:id="164"/>
+    <w:bookmarkStart w:name="z270" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. 1:1000; 1:2000; 1:5000 (аталғанның бірі) масштабындағы ахуалдық жоспар;</w:t>
+      3. Конструктивтік шешімдер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z252" w:id="165"/>
+    <w:bookmarkStart w:name="z271" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. 1:500; 1:1000; 1:2000 (аталғанның бірі) масштабындағы объектінің бас жоспары;</w:t>
+      4. Инженерлік қамту бойынша шешім;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z253" w:id="166"/>
+    <w:bookmarkStart w:name="z272" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 1:50; 1:100; 1:200; 1:400 (аталғанның бірі) масштабындағы сыртқы әрлеудің ведомосімен қоса, қасбеттер;</w:t>
+      5. Негізгі конструктивтік және сәулет-жоспарлау шешімдері, әрлеу материалдары мен түсіне қатысты шешімінің таңдауы сипатталған жалпы деректер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z254" w:id="167"/>
+    <w:bookmarkStart w:name="z273" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. 1:100; 1:200; 1:400 (аталғанның бірі) масштабындағы үй-жайлардың экспликациясы бар қабаттардың жоспары, бөліністер;</w:t>
+      Тиісті лицензиясы бар жобалау ұйымы әзірлеген инженерлік желілер эскизінің (эскиздік жобасының) құрамы мен мазмұны:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z255" w:id="168"/>
+    <w:bookmarkStart w:name="z274" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. 1:50; 1:100; 1:200; 1:400 (аталғанның бірі) масштабындағы шатыр жоспары;</w:t>
+      1. 1:1000; 1:2000; 1:5000 (аталғанның бірі) масштабтағы ахуалдық жоспар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z256" w:id="169"/>
+    <w:bookmarkStart w:name="z275" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. 1:200; 1:500; 1:1000; 1:2000 (аталғанның бірі) масштабындағы инженерлік желілердің жоспарлары;</w:t>
+      2. Жобаланатын және қолданыстағы (сақталатын және бұзылуға жататын) үйлер, ғимараттар, құрылыстар, инженерлік және көлік коммуникациялары, абаттандыру элементтері және көпжылдық жасыл екпелер, геодезиялық нүктелер салынатын бас жоспар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z257" w:id="170"/>
+    <w:bookmarkStart w:name="z276" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Ғимараттың негізгі конструктивтік және сәулет-жоспарлау шешімдері, әрлеу материалдары мен қасбеттің түсіне қатысты шешімін таңдау, сондай-ақ негізгі көлемдік-жоспарлау көрсеткіштері (сыйымдылығы, өткізу қабілеті, қуаты, құрылыс көлемі, ғимараттың, құрылыс алаңының, көгалдандырылған және абаттандырылған учаске аумағының жалпы және пайдалы алаңы, әрлеу материалдары мен қасбеттің түсі) келтірілген абаттандыру мен көгалдандыру элементтері сипатталған жалпы деректер.</w:t>
+      3. 1:200; 1:500; 1:1000; 1:2000 (аталғанның бірі) масштабтағы инженерлік желілердің жоспарлары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z258" w:id="171"/>
+    <w:bookmarkStart w:name="z277" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тиісті лицензиясы бар жобалау ұйымы әзірлеген қолданыстағы үйлер мен ғимараттардың үй-жайларын (жекелеген бөліктерін) реконструкциялау (қайта жоспарлау, қайта жабдықтау) объектілері үшін әзірленетін техникалық жобаның және реконструкциядан кейін екі қабаттан аспайтын, қосымша жер учаскесін бөлуді (аумақтан телім беруді) талап етпейтін, екі қабаттан аспайтын жеке тұрғын үйлерді реконструкциялау үшін эскиздік жобаның құрамы мен мазмұны:</w:t>
+      4. Инженерлік желілердің профильдері – кескіндер масштабы: тік 1:100 және көлденең 1:500; 1:1000; 1:2000 (аталғанның бірі);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z259" w:id="172"/>
+    <w:bookmarkStart w:name="z278" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қабаттылығы өзгерген кезде, кіреберіс алаңның құрылысына байланысты қасбеті өзгерген кезде, жапсарлас құрылыс салу жолымен реконструкциялау кезінде 1:1000; 1:2000; 1:5000 (аталғанның бірі) масштабтағы ахуалдық жоспар;</w:t>
+      5. Құрылымдық және құрылыс шешімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z260" w:id="173"/>
+    <w:bookmarkStart w:name="z279" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қабаттылығы өзгерген кезде, кіреберіс алаңның құрылысына байланысты қасбеті өзгерген кезде, жапсарлас құрылыс салу жолымен реконструкциялау кезінде 1:500; 1:1000; 1:2000 (аталғанның бірі) масштабтағы объектінің бас жоспары;</w:t>
+      6. Ерекшеліктер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z261" w:id="174"/>
+    <w:bookmarkStart w:name="z280" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қабаттылығы өзгерген кезде, кіреберіс алаңның құрылысына байланысты қасбеті өзгерген кезде, жапсарлас құрылыс салу жолымен реконструкциялау кезінде 1:50; 1:100; 1:200; 1:400 (аталғанның бірі) масштабтағы қасбеттер сыртқы әрлеу ведомосімен қоса;</w:t>
+      7. Инженерлік желілер мен коммуникацияларды орналастыру (төсеу) жөніндегі негізгі конструктивтік және сәулет-жоспарлау шешімдері, материалдарды таңдау, пайдалану қауіпсіздігін қамтамасыз ету жөніндегі инженерлік-техникалық іс-шаралар, қоршаған ортаны қорғау жөніндегі, сондай-ақ негізгі көлемдік-жоспарлау көрсеткіштерін (өткізу қабілеті, қуаты, көлемі, ұзындығы, құрылыс алаңы, көгалдандырылған және абаттандырылған учаскелер, материалдар) келтіре отырып, учаскені абаттандыру және көгалдандыру жөніндегі іс-шаралар баяндалған жалпы деректер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z262" w:id="175"/>
-[...378 lines deleted...]
-    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32458,50 +35324,176 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тапсырыс берушінің СЖТ-да қамтылған талаптармен келіспеуі сот тәртібімен шағымдалуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Несогласие заказчика с требованиями, содержащимися в АПЗ, обжалуется в судебном порядке.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -33065,50 +36057,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       күні: 20__ жылғы "___" ____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тапсырды (қолы) _______________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 555</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғаш ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>