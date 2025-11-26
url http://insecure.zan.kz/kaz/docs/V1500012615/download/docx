--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dff9712" w14:textId="dff9712">
+    <w:p w14:paraId="8817b69" w14:textId="8817b69">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1926,131 +1926,255 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Көрсетілетін қызметті беруші дербес сәйкестендіру нөмір-кодының беруін мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескетрпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 679</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>88-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес салық салу объектілерінің және (немесе) салық салуға байланысты объектілердің орналасқан жері бойынша жекелеген қызмет түрлерін жүзеге асыратын салық төлеуші ретінде тіркеу есебіне қойылмаған;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) этил спиртіне және/немесе толысылған шарапқа, алкоголь (сыра қайнату өнімінен басқа) өніміне дербес сәйкестендіру нөмір-кодтары болған жағдайларда бас тартады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
-[...15 lines deleted...]
-      2) этил спиртіне және/немесе толысылған шарапқа, алкоголь (сыра қайнату өнімінен басқа) өніміне дербес сәйкестендіру нөмір-кодтары болған жағдайларда бас тартады.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Осы Қағидалардың 7-қосымшасында көзделген жағдайларда, дербес сәйкестендіру нөмір-кодын беруден бас тартуды алған кезде, көрсетілетін қызметті алушы осы Қағидаларда белгіленген тәртіпте дербес сәйкестендіру нөмір-кодын беруге арналған өтінішті қайтадан береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2065,51 +2189,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес деректерді мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне енгізу тәртібі "Мемлекеттік көрсетілетін қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік көрсетілетін қызметті көрсету сатысы туралы деректер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Көлік және коммуникация министрінің міндетін атқарушының 2013 жылғы 14 маусымдағы № 452 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8555 болып тіркелген) бекітілген Мемлекеттік көрсетілетін қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік көрсетілетін қызметті көрсету сатысы туралы деректер енгізу қағидаларында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Мемлекеттік көрсетілетін қызмет қағидаларына өзгерістер (және) немесе толықтырулар енгізу кезінде көрсетілетін қызметті беруші Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін 3 (үш) жұмыс күні ішінде мемлекеттік қызметтерді көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2146,128 +2270,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Дербес сәйкестендіру нөмір-кодтарын беруді ақпараттық жүйеде құру кезінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша фасеттік кодтау жүйесінің құрылымы пайдаланылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Көрсетілетін қызметті беруші мемлекеттік қызметтер көрсету нәтижесімен келіспеген жағдайда көрсетілетін қызметті берушінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым Заңға сәйкес:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті беруші басшысының атына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2296,230 +2420,230 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметкерді көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте Мемлекеттік корпорация қызметкерлерінің әрекеттеріне (әрекетсіздігіне) шағым мемлекеттік қызмет Мемлекеттік корпорация арқылы көрсетілген кезде Мемлекеттік корпорация басшысының атына, не ақпараттандыру саласындағы уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Көрсетілетін қызметті алушының мемлекеттік қызметтерді тікелей көрсететін көрсетілетін қызметті берушінің атына келіп түскен шағымы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағына сәйкес тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен шағымы тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
-[...15 lines deleted...]
-      Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен шағымы тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
-[...15 lines deleted...]
-      13. Жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешімі әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті берушіге және/немесе олардың лауазымды тұлғаға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
-[...15 lines deleted...]
-      Шешімі әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті берушіге және/немесе олардың лауазымды тұлғаға беріледі.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
-[...15 lines deleted...]
-      Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не әкімшілік әрекет жасаса, шағымды қарайтын органға шағымды жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
-[...15 lines deleted...]
-      Бұл ретте шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не әкімшілік әрекет жасаса, шағымды қарайтын органға шағымды жібермеуге құқылы.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лауазымды адам әкімшілік рәсімге қатысушыға әкімшілік іс бойынша алдын ала шешімге өз ұстанымын білдіруге мүмкіндік береді, бұл туралы әкімшілік рәсімге қатысушы алдын ала, бірақ әкімшілік акт қабылданғанға дейін 3 (үш) жұмыс күнінен кешіктірмей хабардар етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z46" w:id="41"/>
-[...15 lines deleted...]
-      Лауазымды адам әкімшілік рәсімге қатысушыға әкімшілік іс бойынша алдын ала шешімге өз ұстанымын білдіруге мүмкіндік береді, бұл туралы әкімшілік рәсімге қатысушы алдын ала, бірақ әкімшілік акт қабылданғанға дейін 3 (үш) жұмыс күнінен кешіктірмей хабардар етіледі.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3331,50 +3455,176 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы __________________________________________ ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                      тегі, аты, әкесінің аты (ол болған жағдайда)        (қолы)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескетрпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 679</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4912,50 +5162,166 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодексімен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> белгіленген өзіне өзі қызмет көрсету, өздігінен қозғалу, бағдарлау қабілетін немесе мүмкіндігін толық немесе ішінара жоғалтқан көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды 1414, 8 800 080 7777 Бірыңғай байланыс орталығына жүгіну арқылы тұрғылықты жері бойынша шыға отырып, Мемлекеттік корпорацияның қызметкерлері жүргізеді (мемлекеттік қызметті мемлекеттік корпорация арқылы көрсету кезінде).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескетрпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 679</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5229,108 +5595,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(көрсетілетін қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы филиалының №__ бөлімі (мекенжайы көрсетілсін) Сіздің Қағидаларға 1-қосымшада көзделген тізбеге сәйкес құжаттардың толық топтамасын табыс етпеуіңізге байланысты "Мұнай өнімдерінің жекелеген түрлерін өндірушілерге (импорттаушыларға), сондай-ақ акцизделетін өнімдердің кейбір түрлерін, авиациялық отын мен мазут өндірушілер мен импорттаушылардың тауарларына дербес сәйкестендіру нөмірін (ДСН-код) беру" мемлекеттік қызметін көрсетуге құжаттарды қабылдаудан (қажеттінің астын сызу керек):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6033,55 +6399,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6407,31 +6773,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>