--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8817b69" w14:textId="8817b69">
+    <w:p w14:paraId="b0e9ecd" w14:textId="b0e9ecd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1926,255 +1926,193 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Көрсетілетін қызметті беруші дербес сәйкестендіру нөмір-кодының беруін мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) "Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>104-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес салық салу объектілерінің және (немесе) салық салуға байланысты объектілердің орналасқан жері бойынша жекелеген қызмет түрлерін жүзеге асыратын салық төлеуші ретінде тіркеу есебіне қойылмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) этил спиртіне және/немесе толысылған шарапқа, алкоголь (сыра қайнату өнімінен басқа) өніміне дербес сәйкестендіру нөмір-кодтары болған жағдайларда бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескетрпесі!</w:t>
+        <w:t>№ 679</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...132 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы Қағидалардың 7-қосымшасында көзделген жағдайларда, дербес сәйкестендіру нөмір-кодын беруден бас тартуды алған кезде, көрсетілетін қызметті алушы осы Қағидаларда белгіленген тәртіпте дербес сәйкестендіру нөмір-кодын беруге арналған өтінішті қайтадан береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2189,51 +2127,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес деректерді мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне енгізу тәртібі "Мемлекеттік көрсетілетін қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік көрсетілетін қызметті көрсету сатысы туралы деректер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Көлік және коммуникация министрінің міндетін атқарушының 2013 жылғы 14 маусымдағы № 452 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8555 болып тіркелген) бекітілген Мемлекеттік көрсетілетін қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік көрсетілетін қызметті көрсету сатысы туралы деректер енгізу қағидаларында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Мемлекеттік көрсетілетін қызмет қағидаларына өзгерістер (және) немесе толықтырулар енгізу кезінде көрсетілетін қызметті беруші Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін 3 (үш) жұмыс күні ішінде мемлекеттік қызметтерді көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2270,128 +2208,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Дербес сәйкестендіру нөмір-кодтарын беруді ақпараттық жүйеде құру кезінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша фасеттік кодтау жүйесінің құрылымы пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Көрсетілетін қызметті беруші мемлекеттік қызметтер көрсету нәтижесімен келіспеген жағдайда көрсетілетін қызметті берушінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым Заңға сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті беруші басшысының атына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2420,230 +2358,230 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметкерді көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте Мемлекеттік корпорация қызметкерлерінің әрекеттеріне (әрекетсіздігіне) шағым мемлекеттік қызмет Мемлекеттік корпорация арқылы көрсетілген кезде Мемлекеттік корпорация басшысының атына, не ақпараттандыру саласындағы уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Көрсетілетін қызметті алушының мемлекеттік қызметтерді тікелей көрсететін көрсетілетін қызметті берушінің атына келіп түскен шағымы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағына сәйкес тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен шағымы тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z41" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешімі әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті берушіге және/немесе олардың лауазымды тұлғаға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не әкімшілік әрекет жасаса, шағымды қарайтын органға шағымды жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лауазымды адам әкімшілік рәсімге қатысушыға әкімшілік іс бойынша алдын ала шешімге өз ұстанымын білдіруге мүмкіндік береді, бұл туралы әкімшілік рәсімге қатысушы алдын ала, бірақ әкімшілік акт қабылданғанға дейін 3 (үш) жұмыс күнінен кешіктірмей хабардар етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3455,176 +3393,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы __________________________________________ ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                      тегі, аты, әкесінің аты (ол болған жағдайда)        (қолы)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3702,105 +3514,152 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 26.12.2022 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1322</w:t>
+        <w:t>№ 679</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...17 lines deleted...]
-      нысан</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3929,51 +3788,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің облыстар, Нұр-Сұлтан, Алматы және Шымкент қалалары бойынша аумақтық органдары</w:t>
+Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің облыстар, республикалық маңызы бар қалалар және астана бойынша аумақтық органдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4005,52 +3864,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету тәсілдері </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4155,51 +4014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 (екі) жұмыс күні ішінде;</w:t>
+2 (екі) жұмыс күні ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4381,51 +4240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4-қосымшаға сәйкес нысан бойынша дербес сәйкестендіру нөмір-кодын беру немесе дәлелді бас тарту.</w:t>
+осы Қағидалардың 4-қосымшаға сәйкес нысан бойынша дербес сәйкестендіру нөмір-кодын беру немесе осы Қағидалардың 7-қосымшасында көзделген жағдайларда дәлелді бас тарту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4570,52 +4429,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Көрсетілетін қызметті берушінің және Мемлекеттік корпорацияның жұмыс кестесі</w:t>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті берушінің және Мемлекеттік корпорацияның жұмыс кестесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4647,127 +4506,87 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заңына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (бұдан әрі – Мерекелер туралы заң) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден жұмаға дейін, сағат 13.00–ден 14.30–ға дейін түскі үзіліспен, сағат 09.00–ден 18.30–ға дейін.</w:t>
+              <w:t xml:space="preserve"> (бұдан әрі – Мерекелер туралы заң) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден жұмаға дейін, сағат 13.00–ден 14.30–ға дейін түскі үзіліспен, сағат 08.30–дан 18.00–ге дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметті алу үшін алдын ала жазылу талап етілмейді, жеделдетілген қызмет көрсету көзделмеген;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес жексенбі, мереке күндерін қоспағанда, дүйсенбіден сенбіге дейін, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
+              <w:t>
+2) Мемлекеттік корпорация – Қазақстан Республикасының Еңбек кодексіне және Мерекелер туралы заңына сәйкес жексенбі, мереке күндерін қоспағанда, дүйсенбіден сенбіге дейін, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қабылдау электрондық кезек тәртібімен көрсетілетін қызметті алушының тіркеу орны бойынша жеделдетілген қызмет көрсетусіз жүргізіледі, электрондық кезекті брондауға болады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5003,61 +4822,61 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының мемлекеттік қызмет көрсетуден:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
-[...9 lines deleted...]
-              <w:t>88-бабына</w:t>
+1) Қазақстан Республикасы Салық кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>104-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес, салық салу объектілерінің және (немесе) салық салуға байланысты объектілердің орналасқан жері бойынша жекелеген қызмет түрлерін жүзеге асыратын салық төлеуші ретінде тіркеу есебіне қойылмаған; 2) этил спиртіне және/немесе толысылған шарапқа, алкоголь өніміне (сыра қайнату өнімдерінен басқа) дербес сәйкестендіру нөмір-кодтары болған жағдайлар бас тартуға негіз болып табылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5156,172 +4975,56 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодексімен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> белгіленген өзіне өзі қызмет көрсету, өздігінен қозғалу, бағдарлау қабілетін немесе мүмкіндігін толық немесе ішінара жоғалтқан көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды 1414, 8 800 080 7777 Бірыңғай байланыс орталығына жүгіну арқылы тұрғылықты жері бойынша шыға отырып, Мемлекеттік корпорацияның қызметкерлері жүргізеді (мемлекеттік қызметті мемлекеттік корпорация арқылы көрсету кезінде).</w:t>
+              <w:t xml:space="preserve"> белгіленген қызметті өз бетінше алу, өздігінен қозғалу, бағдарлау қабілетін немесе мүмкіндігін толық немесе ішінара жоғалтқан көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды 1414, 8 800 080 7777 Бірыңғай байланыс орталығына жүгіну арқылы тұрғылықты жері бойынша шыға отырып, Мемлекеттік корпорацияның қызметкерлері жүргізеді (мемлекеттік қызметті мемлекеттік корпорация арқылы көрсету кезінде).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5355,77 +5058,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дербес сәйкестендіру</w:t>
+              <w:t>Дербес сәйкестендіру нөмір-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нөмір-кодтарын беру</w:t>
-[...12 lines deleted...]
-              <w:t>қағидаларына</w:t>
+              <w:t>кодтарын беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5459,51 +5149,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5524,205 +5214,261 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
+              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(көрсетілетін қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_______________________</w:t>
+              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(көрсетілетін қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Қаржы министрінің 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 679</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
-[...9 lines deleted...]
-        <w:t>88-бабына</w:t>
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 20-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшылыққа ала отырып, "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы филиалының №__ бөлімі (мекенжайы көрсетілсін) Сіздің Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тізбеге сәйкес құжаттардың толық топтамасын табыс етпеуіңізге байланысты "Мұнай өнімдерінің жекелеген түрлерін өндірушілерге (импорттаушыларға), сондай-ақ акцизделетін өнімдердің кейбір түрлерін, авиациялық отын мен мазут өндірушілер мен импорттаушылардың тауарларына дербес сәйкестендіру нөмірін (ДСН-код) беру" мемлекеттік қызметін көрсетуге құжаттарды қабылдаудан (қажеттінің астын сызу керек):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>104-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, салық салу объектілерінің және (немесе) салық салуға байланысты объектілердің орналасқан жері бойынша жекелеген қызмет түрлерін жүзеге асыратын салық төлеуші ретінде тіркеу есебіне қойылмаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -5731,242 +5477,272 @@
       этил спиртіне және/немесе толысылған шарапқа, алкоголь өніміне дербес сәйкестендіру нөмір-кодтары болған жағдайларда бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоқ құжаттардың атауы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...118 lines deleted...]
-      Орындаушы: тегі, аты, әкесінің аты (ол болған жағдайда) _____________</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) _______________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) _______________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) _______________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осы қолхат әрбір тарап үшін бір-бірден 2 данада жасалды.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорациясының қызметкерінің тегі, аты, әкесінің аты</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (егер ол жеке басын куәландыратын құжатта көрсетілсе) ____________ (қолы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орындаушы: ________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      20__ жылғы "___" _________</w:t>
+        <w:t xml:space="preserve">Алдым: _________________________________/___________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушының тегі,                       қызметті алушыдың қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аты, әкесінің аты (егер ол жеке басын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>куәландыратын құжатта көрсетілсе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20__ жылғы "___" _________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6399,55 +6175,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>