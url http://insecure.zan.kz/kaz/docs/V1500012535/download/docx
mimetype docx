--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6cd7c60" w14:textId="6cd7c60">
+    <w:p w14:paraId="7b710e4" w14:textId="7b710e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,256 +112,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 23 қарашадағы № 709 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 26 желтоқсанда № 12535 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23-21)-тармақшасына және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1)-тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Кіріспе</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жаңа редакцияда көзделген - </w:t>
-[...145 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1147,56 +1031,1708 @@
         <w:t>
       5) өтініш беруші - бірінші және екінші деңгейдегі техникалық және технологиялық күрделі объектілерде ғимараттар мен құрылыстардың сенімділігі мен тұрақтылығын техникалық тексеру жөніндегі техникалық қадағалау жөніндегі инжинирингтік қызметтерді немесе сараптамалық жұмыстарды жүзеге асыратын ұйым ретінде аккредиттеу туралы куәлік алуға үміткер заңды тұлға;;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z276" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уәкілетті орган - сәулет, қала құрылысы және құрылыс қызметін мемлекеттік басқару саласында басшылықты жүзеге асыратын орталық мемлекеттік органның ведомствосы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z277" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Бірінші және екінші жауапкершілік деңгейлеріндегі объектілер бойынша техникалық қадағалау мен техникалық тексеруді жүзеге асыратын заңды тұлғаларды аккредиттеу" мемлекеттік көрсетілетін қызметті осы Қағидалар мен рұқсат беру талаптарына сәйкес Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z278" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Заңды тұлғалар (бұдан әрі - көрсетілетін қызметті алушы) мемлекеттік көрсетілетін қызметті алу үшін құжаттармен бірге өтінішті электрондық құжат нысанында, электрондық - цифрлық қолтаңбасымен (бұдан әрі-ЭЦҚ) куәландырылған түрде "электрондық үкіметтің" веб-порталы www.egov.kz немесе сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz) (бұдан әрі – ақпараттық жүйе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсету бойынша негізгі талаптар тізбесін қамтитын қосымша, оның ішінде "Бірінші және екінші жауапкершілік деңгейлеріндегі объектілер бойынша техникалық қадағалау мен техникалық тексеруді жүзеге асыратын заңды тұлғаларды аккредиттеу" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (бұдан әрі - Мемлекеттік қызмет көрсету бойынша негізгі талаптар тізбесі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі мемлекеттік көрсетілетін қызмет негізгі талаптардың тізбесінің 8-тармағымен анықталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы құжаттардың мәліметтері көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы ақпараттық жүйелерден ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы ақпараттық жүйелердегі заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісім береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетіле отырып, мемлекеттік қызметті көрсету үшін өтініштің қабылданғаны туралы мәртебе жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z280" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік қызмет көрсету процесінің құрамына кіретін іс-әрекеттер, орындалу ұзақтығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z281" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы Қағидалардың және рұқсат беру талаптарының 6-тармағының 1), 2) және 3) тармақшаларында көрсетілген құжаттармен өтінішті және рұқсат беру талаптарын автоматты тіркеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z282" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) куәлікті электрондық нысанда беру, қайта ресімдеу көрсетілетін қызметті берушінің қатысуынсыз ақпараттық жүйемен (компьютермен) жүзеге асырылады - 20-40 (жиырма - қырық) минут ішінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z283" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Аккредиттеу туралы куәлік заңды тұлғаның атауы және (немесе) орналасқан жері өзгерген жағдайларда қайта ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z284" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Көрсетілетін қызметті беруші Заңның 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне Мемлекеттік қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z285" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Ұйымдастыру-құқықтық нысаны өзгерген жағдайда аккредиттелген ұйым аккредиттеу рәсімінен өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z286" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аккредиттеу туралы куәліктің қолданылуын тоқтата тұру, қайта бастау, одан айыру (қайтарып алу) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының 47-бабында көзделген тәртіппен және (немесе) негіздер бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z287" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Қолданыстағы аккредиттеу туралы куәлік болмаса, ұйымның қызметін жүзеге асыруына жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z288" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Бірінші және екінші жауапкершілік деңгейіндегі техникалық және технологиялық күрделі объектілерде техникалық қадағалау жөніндегі инжинирингтік қызметтер көрсетуді жүзеге асыратын ұйымдарды аккредиттеуге рұқсат беру талаптары және оны өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z289" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Аккредиттеуден өту және растау үшін өтініш берушілер мынадай рұқсат беру талаптарына сәйкес келеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z290" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Техникалық және технологиялық жағынан күрделі бірінші жауапкершілік деңгейіндегі объектілерде техникалық қадағалауды жүзеге асыру үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құрамында тұрақты негізде бірінші жауапкершілік деңгейіндегі объектілерде, оның ішінде мамандандырулар бойынша техникалық қадағалауды жүзеге асыратын кемінде үш аттестатталған сарапшы болу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жауапкершілігі бірінші деңгейдегі объектілер бойынша-тіреу және қоршау конструкциялары бөлігінде (кемінде бір сарапшы));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші деңгейдегі жауапкершілік объектілері бойынша-инженерлік желілер бөлігінде (бір сарапшыдан кем емес));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жауапкершілігі бірінші деңгейдегі объектілер бойынша-технологиялық жабдықтар бөлігінде (кемінде бір сарапшы));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      меншік құқығында немесе тартылған (шарт негізінде) аккредиттелген зертхананың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      материалдық-техникалық жарақтандырылуы, оның ішінде жүктелген міндеттер мен функцияларды орындау үшін қажетті өлшеу және бақылау құралдары болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүктелген міндеттер мен функцияларды орындау үшін қажетті нормативтік құжаттамасының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z291" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Техникалық және технологиялық жағынан күрделі Екінші деңгейдегі объектілерде техникалық қадағалауды жүзеге асыру үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құрамында тұрақты негізде жауапкершіліктің екінші және үшінші деңгейлеріндегі объектілерде, оның ішінде мамандандырулар бойынша техникалық қадағалауды жүзеге асыратын кемінде үш аттестатталған сарапшы болуы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші және үшінші жауапкершілік деңгейіндегі объектілер бойынша-тіреу және қоршау конструкциялары бөлігінде (кемінде бір сарапшы));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші және үшінші жауапкершілік деңгейіндегі объектілер бойынша-инженерлік желілер бөлігінде (кемінде бір сарапшы));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жауапкершілігі екінші және үшінші деңгейдегі объектілер бойынша-технологиялық жабдықтар бөлігінде (кемінде бір сарапшы));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      меншік құқығында немесе тартылған (шарт негізінде) аккредиттелген зертхананың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      материалдық-техникалық жарақтандырылуы, оның ішінде жүктелген міндеттер мен функцияларды орындау үшін қажетті өлшеу және бақылау құралдары болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүктелген міндеттер мен функцияларды орындау үшін қажетті нормативтік құжаттамасының болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z292" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Техникалық және технологиялық жағынан күрделі бірінші және екінші жауапкершілік деңгейлеріндегі объектілерде техникалық қадағалау жөніндегі инжинирингтік қызметтерді жүзеге асыратын ұйымдарды аккредиттеу туралы куәлік "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес аккредиттеу немесе растау күнінен бастап екі жылда бір рет расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z293" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Көрсетілетін қызметті алушыны аккредиттеуді уәкілетті орган жүргізеді және осы Қағидаларға және рұқсат беру талаптарына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес электрондық түрде аккредиттеу туралы куәлікпен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z294" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Аккредиттелген ұйымдар осы Қағидаларға және рұқсат беру талаптарына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша техникалық және технологиялық жағынан күрделі жауапкершілік бірінші және екінші деңгейдегі объектілерде техникалық қадағалау жөніндегі инжинирингтік қызметтерді жүзеге асыратын аккредиттелген ұйымдардың тізіліміне енгізіледі, онда заңды тұлғаның деректемелері туралы ақпарат жиынтығы, аккредиттеу туралы куәліктің берілген күні мен нөмірі, жауапкершілік деңгейі, штатта мамандардың болуы туралы, сондай-ақ осы заңды тұлғаға қатысты қабылданған жауапкершілік шаралары туралы, Қазақстан Республикасы заңдарында белгіленген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z295" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Бірінші және екінші жауапкершілік деңгейіндегі техникалық және технологиялық күрделі объектілердегі ғимараттар мен құрылыстардың сенімділігін және орнықтылығын техникалық зерттеп-қарау бойынша сараптама жұмыстарын жүзеге асыратын ұйымдарды аккредиттеуге рұқсат беру талаптары және оны өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z296" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Аккредиттеуден өту үшін өтініш берушілер мынадай рұқсат беру талаптарына сәйкес келеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құрамында тұрақты негізде ғимараттар мен құрылыстардың сенімділігі мен тұрақтылығын техникалық тексеруді жүзеге асыратын кемінде үш аттестатталған сарапшы болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құрамында тұрақты негізде мамандандыру бойынша жобалардың сараптамасын жүзеге асыратын кемінде бір аттестатталған сарапшының конструктивтік бөлігі болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құрамында тұрақты негізде кемінде бір инженер-геодезист (кемінде үш жыл жұмыс тәжірибесі бар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      меншік құқығында немесе тартылған (шарт негізінде) аккредиттелген зертхананың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Денсаулық сақтау министрінің 2022 жылғы 16 маусымдағы № ҚР ДСМ-52 бұйрығымен бекітілген "Әкімшілік және тұрғын үй ғимараттарына қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28525 болып тіркелген) талаптарын қанағаттандыратын меншік немесе жалға алу құқығындағы бір жылдан астам мерзімге (құқықтық кадастрда мемлекеттік тіркеумен) әкімшілік-тұрмыстық үй-жайлары болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      материалдық-техникалық жарақтандырылуы, оның ішінде жүктелген міндеттер мен функцияларды орындау үшін қажетті өлшеу және бақылау құралдары, сондай-ақ есептерді орындау, графикалық және өзге де материалдарды жасау және ресімдеу үшін қажетті лицензиялық бағдарламалық қамтамасыз етумен жарақтандырылған компьютерлер болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүктелген міндеттер мен функцияларды орындау үшін қажетті нормативтік-техникалық және әдіснамалық әдебиеттің болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z297" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Бірінші және екінші деңгейдегі техникалық және технологиялық күрделі объектілерде ғимараттар мен құрылыстардың сенімділігі мен орнықтылығын техникалық тексеру жөніндегі сараптамалық жұмыстарды жүзеге асыратын ұйымды аккредиттеу туралы куәлік "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес аккредиттеу немесе растау күнінен бастап екі жылда бір рет расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z298" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. Көрсетілетін қызметті алушыны аккредиттеуді уәкілетті орган жүргізеді және осы Қағидаларға және рұқсат беру талаптарына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес электрондық түрде аккредиттеу туралы куәлікпен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z299" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Аккредиттелген ұйымдар осы Қағидаларға және рұқсат беру талаптарына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша және заңды тұлғаның деректемелері туралы ақпарат жиынтығын, аккредиттеу туралы куәліктің берілген күні мен нөмірін, штатында мамандардың бар-жоғын, сондай-ақ осы заңды тұлғаға қатысты қабылданған жауапкершілік шаралары туралы мәліметтерді қамтитын рұқсат беру талаптарын техникалық және технологиялық жағынан күрделі жауапкершілік бірінші және екінші деңгейдегі объектілерде ғимараттар мен құрылыстардың сенімділігі мен орнықтылығын техникалық тексеру жөніндегі сараптама жұмыстарын жүзеге асыратын, Қазақстан Республикасы заңдарында белгіленген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z300" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Осы Қағидалардың және рұқсат беру талаптарының 16 және 20-тармақтарында көзделген аккредиттелген ұйымдардың және рұқсат беру талаптарының тізіліміне осы Қағидаларға және рұқсат беру талаптарына 11-қосымшасына сәйкес нысан бойынша өтініш негізінде өзгерістер мен толықтырулар енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте енгізілген кез келген өзгерістер мен толықтырулар осы Қағидалардың және рұқсат беру талаптарының 13 және 17-тармақтарында көзделген рұқсат беру талаптарын және рұқсат беру талаптарын бұзуға әкеп соқпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z301" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Аккредиттелген ұйым аккредиттеу туралы куәлікті беру кезінде де, оның жарамдылық уақытының бүкіл кезеңі ішінде де қойылатын рұқсат беру талаптарына сәйкес келуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z302" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z303" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету мәселелері бойынша шағымды шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті берушіге, лауазымды адамға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, лауазымды адам егер 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім қабылдаса не әрекет жасаса, ол шағымды қарайтын органға шағымды жібермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Алып тасталды - ҚР Индустрия және инфрақұрылымдық даму министрінің 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Алып тасталды - ҚР Индустрия және инфрақұрылымдық даму министрінің 24.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -1206,1983 +2742,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-тармақ</w:t>
-[...1931 lines deleted...]
-        <w:t>осымша</w:t>
+        <w:t>1-қосымша</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жаңа редакцияда көзделген - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3461,64 +3065,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарды аккредиттеу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жөніндегі қағидалар</w:t>
+              <w:t>жөніндегі қағидалар мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен рұқсат беру талаптарына</w:t>
+              <w:t>рұқсат беру талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3550,51 +3154,145 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бірінші және екінші жауапкершілік деңгейіндегі объектілер бойынша техникалық қадағалауды және техникалық зерттеп-қарауды жүзеге асыратын заңды тұлғаларды аккредиттеу" мемлекеттік көрсетілетін қызмет стандарты (мемлекеттік көрсетілетін қызметтің атауын)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Бірінші және екінші жауапкершілік деңгейіндегі объектілер бойынша техникалық қадағалауды және техникалық зерттеп-қарауды жүзеге асыратын заңды тұлғаларды аккредиттеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапкершіліктің бірінші және екінші деңгейдегі техникалық және технологиялық күрделі объектілерінде техникалық қадағалау бойынша инжинирингтік қызметтерді көрсететін ұйымдарды аккредиттеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жауапкершіліктің бірінші және екінші деңгейдегі техникалық және технологиялық күрделі объектілерінде ғимараттар мен құрылыстардың сенімділігі мен орнықтылығын техникалық тексеру бойынша сараптамалық жұмыстарды жүзеге асыратын ұйымдарды аккредиттеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңды тұлғаның атауы және (немесе) орналасқан жері өзгерген кезде куәлікті қайта ресімдеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3663,51 +3361,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық іcтepі комитеті</w:t>
+Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық іcтepі комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3776,51 +3474,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Электрондық үкіметтің" веб-порталы: www.egov.kz.</w:t>
+"Электрондық үкіметтің" веб-порталы: www.egov.kz</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4323,87 +4039,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің жұмыс графигі</w:t>
+Көрсетілетін қызметті берушінің, ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) көрсетілетін қызметті берушінің жұмыс кестесі - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда сағат 09.00-ден 18.30-ға дейін, түскі үзіліс сағат 13.00-ден 14.30-ға дейін;</w:t>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті берушілер – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі-Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден жұмаға дейін, түскі үзіліспен сағат 13.00-ден 14.30-ға дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) порталдың - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері өтініш жасаған кезде, өтініштерді қабылдауды және мемлекеттік көрсетілетін қызметтің нәтижесін беруді келесі жұмыс күнінде жүзеге асырады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4490,141 +4226,221 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Техникалық және технологиялық жағынан күрделі бірінші және екінші жауапкершілік деңгейлеріндегі объектілерде техникалық қадағалау бойынша инжинирингтік қызметтерді жүзеге асыру бойынша аккредиттеу туралы куәлікті алған кезде порталға::</w:t>
+1) Техникалық және технологиялық жағынан күрделі бірінші және екінші жауапкершілік деңгейлеріндегі объектілерде техникалық қадағалау бойынша инжинирингтік қызметтерді жүзеге асыру бойынша аккредиттеу туралы куәлікті алған кезде порталға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және рұқсат беру талаптарына сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және рұқсат беру талаптарына сәйкес техникалық және технологиялық жағынан күрделі бірінші және екінші жауапкершілік деңгейлеріндегі объектілерде техникалық қадағалау бойынша инжинирингтік қызметтерді жүзеге асыратын ұйымның аккредиттеуден өтуі үшін мәліметтер нысаны;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-осы Қағидаларға 2-қосымшаға және рұқсат беру талаптарына сәйкес нысан бойынша өтініш;</w:t>
-[...71 lines deleted...]
-осы Қағидаларға 7-қосымшаға және рұқсат беру талаптарына сәйкес күрделілігі бірінші және екінші деңгейдегі техникалық және технологиялық күрделі объектілерде ғимараттар мен құрылыстардың сенімділігі мен тұрақтылығын техникалық тексеру бойынша сараптамалық жұмыстарды жүзеге асыратын ұйымның аккредиттеуден өтуі үшін мәліметтер нысаны;</w:t>
+2) бірінші және екінші деңгейдегі техникалық және технологиялық күрделі объектілерде ғимараттар мен құрылыстардың сенімділігі мен тұрақтылығын техникалық тексеру жөніндегі сараптамалық жұмыстарды жүзеге асыру бойынша аккредиттеу туралы куәлікті алған кезде порталға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және рұқсат беру талаптарына сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және рұқсат беру талаптарына сәйкес күрделілігі бірінші және екінші деңгейдегі техникалық және технологиялық күрделі объектілерде ғимараттар мен құрылыстардың сенімділігі мен тұрақтылығын техникалық тексеру бойынша сараптамалық жұмыстарды жүзеге асыратын ұйымның аккредиттеуден өтуі үшін мәліметтер нысаны;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 инженер-геодезист дипломының электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4633,52 +4449,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) аккредиттеу туралы куәлікті қайта ресімдеу кезінде порталға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-осы Қағидаларға 10-қосымшаға және рұқсат беру талаптарына сәйкес нысан бойынша өтініш;</w:t>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және рұқсат беру талаптарына сәйкес нысан бойынша өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заңды тұлғаны бөліп шығару нысанында қайта ұйымдастыру кезінде бөлініп шыққан заңды тұлғаның куәлігін қайта ресімдеуге келісімі туралы Қазақстан Республикасының заңнамасында белгіленген тәртіппен ресімделген шешімнің электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4842,51 +4678,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
+Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4896,51 +4732,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы мемлекеттік қызметті көрсетудің тәртібі мен мәртебесі туралы ақпаратты алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтер көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Министрліктің: www.kds.miid.gov.kz, көрсетілетін қызметті берушінің интернет-ресурстарында орналастырылған. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
+Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің анықтамалық қызметтерінің байланыс телефондары сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органның және көрсетілетін қызметті берушінің интернет-ресурстарында www.gov.kz орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6072,68 +5926,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z313" w:id="44"/>
+    <w:bookmarkStart w:name="z313" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірінші және екінші жауапкершілік деңгейіндегі техникалық және технологиялық күрделі объектілерді техникалық қадағалау жөніндегі инжинирингтік қызметтер көрсетуді жүзеге асыратын ұйымдардың аккредиттеуден өтуі үшін мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Техникалық қадағалау сарапшысының тиісті аттестаты бар қызметкерлері туралы мәліметтер</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9857,68 +9711,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z318" w:id="45"/>
+    <w:bookmarkStart w:name="z318" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірінші және екінші жауапкершілік деңгейіндегі техникалық және технологиялық күрделі объектілерде техникалық қадағалау жөніндегі инжинирингтік қызметтер көрсетуді жүзеге асыратын аккредиттелген ұйымдардың тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11786,68 +11640,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z323" w:id="46"/>
+    <w:bookmarkStart w:name="z323" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірінші және екінші жауапкершілік деңгейіндегі техникалық және технологиялық күрделі объектілердегі ғимараттар мен құрылыстардың сенімділігін және орнықтылығын техникалық зерттеп-қарау бойынша сараптама жұмыстарын жүзеге асыратын ұйымдардың аккредиттеуден өтуі үшін мәліметтер нысаны </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Ғимараттар мен құрылыстардың сенімділігін және орнықтылығын техникалық зерттеп-қарау бойынша сараптама жұмыстарың жүзеге асыру бойынша, қала құрылысы, конструктивтік бөлім бойынша маманданған жобалау алдындағы және жобалау-сметалық құжаттама сараптамасы бойынша тиісті аттестаты бар және инженер-геодезист дипломы бар қызметкерлер туралы мәлімет</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15466,68 +15320,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z328" w:id="47"/>
+    <w:bookmarkStart w:name="z328" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірінші және екінші жауапкершілік деңгейіндегі техникалық және технологиялық күрделі объектілердегі ғимараттар мен құрылыстардың сенімділігін және орнықтылығын техникалық зерттеп-қарау бойынша сараптама жұмыстарын жүзеге асыратын аккредиттелген ұйымдардың тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>