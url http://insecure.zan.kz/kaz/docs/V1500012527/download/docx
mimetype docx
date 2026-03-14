--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0e5d5f9" w14:textId="0e5d5f9">
+    <w:p w14:paraId="807a2a4" w14:textId="807a2a4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2351,171 +2351,213 @@
         <w:t>
       19-1) өндірістік объектінің қуат бірлігі инвестициялық құнының көрсеткіші – тапсырыс беруші белгілеген және тиісті саланың басшылығын жүзеге асыратын уәкілетті мемлекеттік органмен келісілген оның функционалдық мақсатын ескере отырып, жобаланатын объектінің қуат өлшемі бірлігіне арналған экономикалық көрсеткіштер шамасы бойынша жобалау шектеуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) тапсырыс беруші - бюджеттік бағдарламалар әкімшісі немесе квазимемлекеттік сектор субъектісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) квазимемлекеттік сектор субъектілері – мемлекеттік кәсіпорындар, жауапкершілігі шектеулі серіктестіктер, акционерлік қоғамдар, оның ішінде мемлекет құрылтайшысы, қатысушысы немесе акционері болып табылатын ұлттық басқарушы холдингтер, ұлттық холдингтер, ұлттық компаниялар, сондай-ақ еншілес, тәуелді және Қазақстан Республикасының заңнамалық актілеріне сәйкес олармен үлестес болып табылатын өзге де заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z107" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1) "толық бітіріп берілетін" құрылыс-жобалау, іздестіру, құрылыс-монтаждау (кеңейту, жаңғырту, техникалық қайта жарақтандыру, реконструкциялау, қалпына келтіру, күрделі жөндеу) және басқа да жұмыстарды орындауды, сондай-ақ жобалар мен техникалық қадағалаудың көрсетілетін қызметтеріне ведомстводан тыс кешенді сараптама жүргізуді қоспағанда, көрсетілген жұмыстарға ілеспе тауарларды жеткізуді және қызметтер көрсетуді қамтитын объектіні салу және оны пайдалануға беру жөніндегі кешенді жұмыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді – ҚР Индустрия және инфрақұрылымдық даму министрінің 05.04.2019 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгерістер енгізілді – ҚР Индустрия және инфрақұрылымдық даму министрінің 05.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 197</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі); 17.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 266</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік инвестициялардың немесе квазимемлекеттік сектор субъектілерінің қаражаттары есебінен қаржыландырылатын объектілерді салудың ресурстық сметалық құнын айқындау кезінде сметалық есептер әдістемесінің, рәсімдер мен нәтижелерінің анықтылығы мен транспаренттілігі, сондай-ақ, мемлекеттік-инвестициялық жобаны іске асырудың барлық сатыларында қаражатты жұмсаудың есептілігі негізгі талаптар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2570,191 +2612,191 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, осы Қағидалар және Заңның 20-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-16) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтік құжаттар (бұдан әрі - Мемлекеттік нормативтер) Қазақстан Республикасында объектілерді салудың құнын айқындаудың нормативтік және құқықтық негізі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Объектілер құрылысының құны мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жобалау алды және жобалау (жобалау-сметалық) құжаттаманы әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жобалау, мердігерлік және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инжинирингтік жұмыстарға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> арналған қызметтерді сатып алу бойынша конкурсты өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) объектіні салу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) құрылысы аяқталмаған объектілерді консервациялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объектілерді кейіннен кәдеге жарату сатыларында анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2773,70 +2815,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Объекті құрылысының құнына мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоба алды құжаттамасын (техникалық-экономикалық негіздемелерін) әзірлеу және сараптама жасау бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2879,100 +2921,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="41"/>
+    <w:bookmarkStart w:name="z104" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7-1. Қуат бірлігінің инвестициялық құнының көрсеткіші объектіпі пайдалануға беру жылына арналған объект қуатының өлшем бірлігіне есептелген шығындар түрлері бойынша нақтылаумен осы Қағидалардың 7-тармағымен қарастырылған шығындарды ескереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2991,110 +3033,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Объектілерді салуға арналған шығындардың құнын айқындау сатысына байланысты мыналар жасалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылыстың есептік құны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) құрылыстың жоба алды сметалық құны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3123,110 +3165,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) құрылыстың шарт құны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) құрылыстың нақты сметалық құны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) объектіні салуға арналған мердігердің нақты шығындары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3245,90 +3287,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мыналар құрылыс құнын айқындау үшін бастапқы деректер болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоба алды құжаттаманы әзірлеу сатысында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әзірлеуге арналған техникалық тапсырма немесе техникалық ерекшелік;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3339,70 +3381,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       эскиздік шешімдер (эскиздік жоба);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұқсас объектілер бойынша деректер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жобалау сатысында:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобалауға арналған тапсырма;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3413,90 +3455,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобалық шешімдер (жобалау құжаттама);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құрылыс ұйымының жобасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="51"/>
+    <w:bookmarkStart w:name="z105" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9-1. Құрылыстың жеке жобалары бойынша жүзеге асырылатын (бұдан әрі – бұдан әрі – өндірістік мақсаттағы және желілік құрылыстағы техникалық күрделі объектілер) Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 28 ақпандағы № 165 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10666 болып тіркелген) ғимараттар мен құрылыстарды техникалық және (немесе) технологиялық жағынан күрделі объектілерге жатқызудың жалпы тәртібін айқындау қағидаларының 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген объектілерді қоспағанда Қазақстан Республикасының аумағында ұқсас объектілер жоқ жүз миллион айлық есептік көрсеткіштерден астам инвестициялар көлемімен өндірістік мақсаттағы және инженерлік немесе көліктік инфрақұрылымның желілік құрылыстағы техникалық күрделі объектілердің жаңа құрылысының инвестициялық жобалары бойынша қайта енгізілетін өндірістік қуаттың бірлігіне арналған үлестік инвестициялық шығындар техникалық-экономикалық негіздемені әзірлеуге арналған техникалық тапсырмада және жобалау-сметалық құжаттамасын әзірлеуге арналған тапсырмада бекітілген қуат бірлігінің инвестициялық құнының көрсеткішінен аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тапсырыс беруші сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органға ұқсас объектілердің құжаттамасын ұсына отырып, тиісті салаға басшылықты жүзеге асыратын уәкілетті мемлекеттік органмен келісілген неғұрлым тиімді техникалық-экономикалық көрсеткіштері бар іске асырылған шетелдік ұқсас объектілердің деректері бойынша маркетингтік зерттеулер жүргізу арқылы қуат бірлігінің инвестициялық құнының көрсеткішін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3605,127 +3647,127 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Объектілерді салуға арналған жобалау алдындағы құжаттама әзірлеу мен сараптама құнын айқындау және жоба алды сатысында құрылыстың құнын айқындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 05.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 197</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жобалау алдындағы құжаттаманы (техникалық-экономикалық негіздемелерді) әзірлеу құны Мемлекеттік нормативтерге сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Жобалау алдындағы құжаттаманың сараптамасының (техникалық-экономикалық негіздемелердің) құны Заңның 20-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3740,188 +3782,188 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>айқындалады</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Жоба алды сатысындағы құрылыстың құны (құрылыстың есептік құны) Мемлекеттік нормативтерге сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z61" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Құрылыстың есептік құны мемлекеттік инвестицияларды жоспарлау, оның ішінде бюджеттік жоспарлау мақсатымен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z62" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 тарау. Салалық заңнамалық нормалар шеңберінде реттелетін инвестициялық жобалар бойынша шығындарын айқындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="58"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Салалық заңнамалық нормалар шеңберінде реттелетін инвестициялық жобалар бойынша шығындар құрамына мыналар кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z64" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылыс аумағын дайындауға (игеруге) және объектілерді пайдалануға беруге арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z65" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жергілікті жерде жер учаскесінің шекараларын белгілеу үшін жерге орналастыру жобасын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3936,371 +3978,371 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> немесе </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жер-кадастрлық жоспарын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> құруға арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құрылысқа арналған жер учаскесін алып қою (сатып алу) кезінде жер үшін төлемдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) археология, тарих және мәдениет, қала құрылысы және сәулет ескерткіштерінің тарихи-мәдени сараптамасына, сондай-ақ, құрылыс алаңы шегінде археологиялық қазбаларды орындауға байланысты шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бұзылатын қүрылыстар мен бау-бақша екпелері, егістік, жер жырту және басқа ауыл шаруашылығы жұмыстары үшін өтемақы төлеуге, табиғи ортаға келтірілетін нұқсанға, залалдарды және шығындарды өтеу бойынша шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) объектіні жобалау және құрылысы кезеңінде пайдаланылатын жер учаскесін жалға алу (құрылыс қажеттіліктері үшін берілген қосымша жер учаскесі) үшін төлем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) топырақтың, құмның, ұсақ тастың уақытша карьерлерін барлауға, бөлуге және әзірлеуге, бөлінген карьерлердегі қол қойылатын бонустары мен коммерциялық табу бонустарын төлеуге арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) объектіні салу үшін геодезиялық бөлу негізін (құрылыс торы, қызыл сызықтар, ғимараттың (құрылыстың) габариттерін айқындайтын басты бөлу осьтері, биіктік реперлер, инженерлік коммуникациялардың, автожолдардың, электрмен жабдықтау желілерінің, байланыстың, су құбыры трассасының, кәріздің, жылудың, газдандырудың басты осьтері) құруға арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z72" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) құрылыс кезеңінде жер салығын төлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z73" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) жер учаскесінің радиологиялық жағдайын өлшеуге арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z74" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) су пайдалануды тоқтатуға немесе шарттарын өзгертуге байланысты су шаруашылығы іс-шараларынан келтірілетін залалдарды өтеу бойынша шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) пайдаланушы персоналды дайындауға (өндірістік мақсаттағы жаңадан салынып жатқан объектілер үшін) арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) жабдықты кешенді байқап көрумен іске қосу-жөндеу жұмыстарына, іске қосу-жөндеу жұмыстары үшін шикізатқа және материалдық ресурстарға, іске қосу-жөндеу жұмыстарын жүргізу кезеңінде пайдаланушы персоналын ұстауға (өндірістік мақсаттағы объектілер үшін) арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z77" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) жер учаскелерін уақытша және тұрақты пайладану құқығына актіні дайындауға және беруге арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z78" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z78" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) жылжымайтын мүлік объектілеріне техникалық паспорт дайындауға және беруге арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z79" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z79" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) жылжымайтын мүлікке құқықты мемлекеттік тіркеуге арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z80" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) лицензиялық келісімдер және лицензиардың қызмет көрсетуі бойынша шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z81" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z81" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) сыртқы қарыз есебінен қаржыландырылуы болжанатын шығындар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4319,186 +4361,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="77"/>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Құрылыс аумағын дайындауға (игеруге) және объектіні пайдалануға беруге арналған жиынтық смета, нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9938 тіркелген "Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, объектілерді салуға арналған бюджеттік инвестициялық жоба технико-экономикалық негіздеме және/немесе бюджеттік инвестициялық жоба жобалау (жобалау-сметалық) құжаттама құрамында, кейінгі бекітумен салалық (өндірістік мақсаттағы объектілер үшін) және/немесе және кешенді ведомстводан тыс сараптамадан өтуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z83" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Объектіні салудың сметалық құнын айқындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 05.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 197</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="79"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Объектіні салудың сметалық құнына мыналар енгізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z85" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мердігерлік құрылыс-монтаж жұмыстарының, шығындар мен қызметтердің сметалық құны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4527,130 +4569,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сәулет, қала құрылысы және құрылыс қызметі саласындағы инжинирингтік қызметтерге арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z88" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жобалау-сметалық құжаттаманы әзірлеу құны, оның ішінде құрылыс үшін инженерлік іздестірулердің құны және жобалау жұмыстарына арналған шығындар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z89" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) жобалау-сметалық құжаттаманың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>сараптамасының құны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4777,90 +4819,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Объектілер құрылысының сметалық құны Заңның 20-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті орган бекітетін Қазақстан Республикасының баға белгілеу және сметалары жөніндегі нормативтік құжатқа (бұдан әрі – Нормативтік құжат) сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4879,70 +4921,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Заңнамада бекітілген тәртіппен бекітілген құрылыстың сметалық құны мемлекеттік инвестициялардың есебінен немесе квазимемлекеттік сектор субъектілерінің қаражаты есебінен инвестициялық жобаларды іске асыруға арналған қаражат көлемін айқындау үшін негіздеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4961,126 +5003,388 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkStart w:name="z108" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 4-1-тарау. "Толық бітіріп берілетін" құрылыстың есептік құнын айқындау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 4-1-тараумен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1. "Толық бітіріп берілетін" объектілерді салу әдісі құрылыс алаңының инженерлік-геологиялық жағдайларын, құрылыс-монтаждау жұмыстарын орындауды, құрылыстарды технологиялық және инженерлік жабдықтармен жинақтауды, іске қосу-баптау және салынып жатқан объектімен, сондай-ақ басқарумен, пайдаланумен, қызмет көрсетумен, тараптардың бірінің теңгеріміне берумен тығыз байланысты өзге де жұмыстарды ескере отырып, жобалау-сметалық құжаттамамен қаржыландыру, жоспарлау, уақтылы және сапалы қамтамасыз ету бойынша функцияны бас мердігердің бір ұйымдық құрылымында шоғырландыру мүмкіндігі негізінде пайдалануға немесе қызметтер көрсетуге дайындалған объектілерді салуды қамтамасыз етуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z110" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-2. Инвестициялық жобаны жаңа объектілерді тұрғызу жолымен дайын құрылыс өнімін құрудың бірыңғай үздіксіз кешенді процесі ретінде іске асыру кезінде (жобалау – құрылыстарды жабдықтармен жинақтау, объектіні пайдалануға беруді қоса алғанда, құрылыс және монтаждау жұмыстарын орындау), сондай-ақ "толық бітіріп берілетін" құрылыс кезінде тапсырыс берушінің (инвестордың) қаражатының лимитін айқындау үшін негіздеме жобалау алдындағы сатыдағы есеппен белгіленген және тапсырыс беруші бекіткен құрылыс құны болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z111" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-3. Конкурстық рәсімдерді өткізу және "толық бітіріп берілетін" құрылыс туралы шарттар жасасу үшін "толық бітіріп берілетін" құрылыстың есептік құны айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Толық бітіріп берілетін" құрылыстың есептік құны техникалық-экономикалық негіздеме немесе құрылыстың есептік құны бойынша ведомстводан тыс кешенді сараптаманың оң қорытындысы міндетті түрде болған кезде жобалау алдындағы сатыдағы құрылыс құнының есебі, құрылыс аумағын дайындауға (игеруге) және объектіні пайдалануға беруге (оның ішінде объектілерді пайдалануға беруге арналған жиынтық смета) арналған жиынтық смета негізінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-4. "Толық бітіріп берілетін" құрылыстың есептік құнына қосылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жобалау-сметалық құжаттаманы әзірлеу құны, оның ішінде іздестіру жұмыстарының құны (қажет болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) құрылыс-монтаждау жұмыстарының құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жабдықтың, жиһаздың, мүкәммалдың құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) күтпеген жұмыстарға арналған қаражат және жобалау алдындағы кезең үшін белгіленген мөлшердегі шығындар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) объектіні пайдалануға беруге арналған шығындар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салалық заңнамалық нормалар шеңберінде реттелетін объект құрылысының нақты шарттары мен ерекшеліктерін ескеретін бас мердігерге тапсырылатын басқа да шығындар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Объектіні салудың шарт бағасын айқындау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 05.04.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 197</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Мемлекеттік инвестициялары үшін құрылыстың шарттық бағасы мемлекеттік сатып алу саласындағы заңнамаға, квазимемлекеттік сектор үшін мемлекеттік мүлік саласындағы заңнамаға сәйкес жүзеге асырылатын мердігерлік жұмыстар мен көрсетілетін қызметтерді сатып алу қорытындылары бойынша жеңімпаздың баға ұснысының (конкурстық баға ұсынысы, тендерлік баға ұсынысы) оның сметасы (офертасы) негізінде, сондай-ақ Қазақстан Республикасы мүшесі болып табылатын халықаралық ұйымдар қаржыландыратын инвестициялық жобаларды іске асыру щеңберінде Қазақстан Республикасының халықаралық шарттарына сәйкес айқындалады. Құрылыстың шарттық бағасы тапсырыс берушінің сметасымен белгіленген қаражаттан аспауы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5099,90 +5403,290 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkStart w:name="z113" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-1. "Толық бітіріп берілетін" құрылыстың шарттық бағасы жеңімпаздың сметасы (офертасы) бойынша баға ұсынысы (конкурстық баға ұсынысы, тендерлік баға ұсынысы) негізінде Қазақстан Республикасының бюджеттік заңнамасына, Қазақстан Республикасының Мемлекеттік сатып алу туралы, квазимемлекеттік сектордың жекелеген субъектілерін сатып алу туралы, "Энергетикалық және коммуналдық секторларды жаңғырту" ұлттық жобасын іске асыру шеңберінде сатып алу туралы заңнамасына сәйкес жүзеге асырылатын мердігерлік жұмыстар мен көрсетілетін қызметтерді сатып алу қорытындылары бойынша айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Толық бітіріп берілетін" құрылыстың шарттық бағасы тапсырыс берушінің сметасында белгіленген "толық бітіріп берілетін" құрылыстың есептік құнынан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тарау 19-1-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-2. Cатып алу қорытындылары бойынша айқындалған "толық бітіріп берілетін" құрылыстың шарттық бағасын ұлғайтуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, осы Қағидалардың 18-4 тармағында көзделген шығындардың жекелеген баптары бойынша шарттық баға ведомстводан тыс кешенді сараптаманың оң қорытындысын алған жобалау-сметалық құжаттама және (немесе) объектілерді пайдалануға беруге арналған жиынтық смета бойынша олардың сметалық құнынан асып кеткен жағдайда, "толық бітіріп берілетін" құрылыстың шарттық бағасы шығындардың тиісті баптары бойынша мөлшерлес азайтылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тарау 19-2-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Тапсырыс берушінің сметасы электрондық форматта конкурстық құжаттама құрамында әлеуетті мердігерге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z97" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Мердігердің сметасы (оферта) еңбекке ақы төлеу жөніндегі мердігердің деректері, құрылыс машиналарын пайдаланудың құны, нақты мәмілілер, қолданыстағы келісім-шарттар бойынша немесе оларды жеткізуге арналған ұсыныстар бойынша, үстеме шығыстарының нақты деңгейі бойынша материалдық ресурстардың құны негізінде құрылыс ресурстарын қайта бағалап, тапсырыс берушінің сметасы базасындағы ағымдағы бағаларда жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5201,70 +5705,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Тапсырыс берушінің сметасы базасында мердігердің сметасын жасау кезінде жоба бойынша жұмыстардың атауы мен нақты көлемдері, құрылыс ресурстарының нормативтік шығыстары, жоба бойынша (тапсырыс беруші сметасының ресурстық бөлігі) құрылыс конструкциялары мен материал, өнімдер, конструкциялар, жабдықтарының сапалық және сандық құрамы өзгеріссіз қалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5283,110 +5787,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Мердігерге машиналар және тетіктер бөлігінде, егер енгізілетін техника қуаты мен өнімділігі бойынша нормативтік уақытқа әсер етпейтін болса, техникалық сипаттамалары бойынша сметалық нормаларда қабылданған құрылыс техникасының біріктірілген түрлеріне сәйкес келетін, пайдаланатын техниканың нақты маркасын көрсетуге рұқсат етіледі. Сондай-ақ, мердігер жұмыстардың нақты түрінде олардың үлесі ресурстардың тиісті тобының жалпы құнында 5% аспайтын, қосалқы технологиялық функцияларды орындайтын "өзге" (қосалқы) материалдардың, "өзге" (қосалқы) құрылыс машиналары мен тетіктерінің позициялары бойынша өзінің нұсқасын ұсына алады. Өзге ресурстардың нұсқаларын мердігер сапасын нашарлатпай және технологиясын бұзбай, жеке практиканы ескере отырып, сараптамалық бағалау әдісімен қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z100" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Тапсырыс берушінің және мердігердің сметаларындағы тиісті жұмыстар мен шығындардың бірыңғай құнын салыстыру негізінде шарт бағасының құрамында тапсырыс беруші сметасының барлық позициялары (жұмыстар және жеке шығындар) бойынша жекелеген шарт бағаларының каталогы жасалады және бекітіледі. Жекелеген шарт бағалары қосылған құн салығынсыз барлық тиісті қосымша есептермен бірге жоба бойынша жұмыстардың қабылданған бірлігіне теңгеде жасалады. Бұл жекелеген шарт бағаларының каталогы орындалған жұмыстар үшін тапсырыс беруші мен мердігердің арасындағы өзара есеп айырысу кезінде негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z101" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Мердігердің нақты деректері бойынша айқындалатын құн көрсеткіштерін қоспағанда Нормативтік құжаттың негізгі ережелері, талаптары, шарттары және шектеулері сақталып, мердігердің меншікті ұйымдық және техникалық мүмкіндіктері ескеріле отырып, мердігердің сметасы жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5405,124 +5909,124 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күннен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Конкурс аяқталғаннан кейін өтінімнің құрамында тапсырыс берушіге (конкурстық комиссияға) ұсынылған мердігерлердің сметаларының электрондық көшірмелері конкурстың нәтижелері ресми жарияланған күнінен бастап үш жұмыс күннен аспайтын мерзімде уәкілетті органға және (немесе) олар айқындаған сметалық нормативтерді әзірлеу жөніндегі функцияларды жүзеге асыртын ұйымға беріледі. Алынған ақпарат сметалық нормативтерді әзірлеу және жетілдіру бойынша жұмыстардың мақсаттары мен шегінде ғана пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>