--- v0 (2025-10-05)
+++ v1 (2025-11-24)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eb96f35" w14:textId="eb96f35">
+    <w:p w14:paraId="6e0c995" w14:textId="6e0c995">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,6362 +93,6796 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүргізу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 30 қарашадағы № 744 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 26 желтоқсанда № 12525 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 30 қарашадағы № 744 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 26 желтоқсанда № 12525 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 3-тармағына сәйкес</w:t>
+        <w:t xml:space="preserve">
+      "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 12-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігінің Төрағасының 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған Шаруашылық бойынша есепке алу деректерінің анықтығына нақтылау жүргізу қағидалары бекітілсін.</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z30" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ұлттық экономика министрлігінің Статистика комитеті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесінің мерзімді баспасөз басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберілуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігінің ресми интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Ұлттық экономика бірінші вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z32" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық 2016 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялануға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z2" w:id="5"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+      Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлттық экономика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е. Досаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛДІ"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ауыл шаруашылығы министрі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      А.С.Мамытбеков __________   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2015 жылғы 3 желтоқсан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық экономика министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 30 қарашадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 744 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z4" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүргізу қағидалары</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2) осы бұйрық мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмесінің мерзімді баспасөз басылымдарында және «Әділет» ақпараттық-құқықтық жүйесінде ресми жариялауға жіберілуін;</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-тараудың тақырыбы жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүргізу қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 12-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Президентінің 2020 жылғы 5 қазандағы № 427 Жарлығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігінің Төрағасының 2020 жылғы 23 қазандағы № 9-нқ бұйрығымен бекітілген Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігінің Ұлттық статистика бюросы туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28) тармақшасына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және уәкілетті орган ведомствосының облыстық аумақтық статистика органдарының органдарының мамандары шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүргізу тәртібін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігінің ресми интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
-[...12 lines deleted...]
-        <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...407 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Қағидаларда келесі ұғымдар қолданылады: </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z34" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерекқор (бұдан әрі – АШЖ БҚ) – диагностикалық зерттеулер нәтижелерін қоса алғанда, жануардың жеке нөмірі туралы, оны ветеринариялық дауалау туралы деректерді, сондай-ақ жануардың иесі туралы деректерді тіркеудің бірыңғай, көпдеңгейлі жүйесін көздейтін, жергілікті атқарушы органдар құрған мемлекеттік ветеринариялық ұйымдар жүзеге асыратын жануардың иесі туралы деректерді және ветеринария саласындағы уәкілетті орган пайдаланатын ветеринариялық есепке алудың бір бөлігі; </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z35" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік статистика саласындағы уәкілетті орган – өз құзыреті шегінде мемлекеттік статистика саласындағы басшылықты, сондай-ақ салааралық үйлестіруді жүзеге асыратын уәкілетті органның ведомствосы (бұдан әрі – уәкілетті органның ведомствосы);</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z36" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрондық шаруашылық бойынша есепке алуды жүргізуге арналған бағдарламалық қамтамасыз ету (бұдан әрі – ЭШБЕА БҚ) – кенттің, ауылдың, ауылдық округтің әкіміне шаруашылық бойынша есепке алу деректерін енгізуге, түзетуді және сақтауды жүзеге асыруға, сондай-ақ енгізілген ақпарат негізінде жиынтық біріктірілген деректерді қалыптастыруға мүмкіндік беретін қолданбалы бағдарламалық қамтамасыз ету.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z37" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды уәкілетті орган ведомствосының облыстық аумақтық статистика органдарының лауазымды адамдары мынадай бағыттар бойынша: </w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      1) шаруашылық бойынша есепке алуды жүргізудің Қазақстан Республикасы Статистика агенттігі төрағасының 2010 жылғы 10 маусымдағы № 136 </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z38" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) шаруашылық бойынша есепке алуды жүргізудің Қазақстан Республикасы Статистика агенттігі төрағасының 2010 жылғы 10 маусымдағы № 136 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілген, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2010 жылғы 15 шілдедегі № 6334 болып тіркелген «Әр шаруашылық бойынша есепке алуды жүргізу және тіркеу жазбаларын жүргізуді ұйымдастыру нысандары бойынша статистикалық әдіснама» (бұдан әрі – Әдіснама) талаптарына сәйкестігін; </w:t>
-[...14 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> бекітілген, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2010 жылғы 15 шілдедегі № 6334 болып тіркелген "Әр шаруашылық бойынша есепке алуды жүргізу және тіркеу жазбаларын жүргізуді ұйымдастыру нысандары бойынша статистикалық әдіснама" (бұдан әрі – Әдіснама) талаптарына сәйкестігін; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z39" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) шаруашылық бойынша есепке алу деректерінің жазбаларын тұрғын үй қоры статистикалық тіркелімінің (бұдан әрi – ТҚСТ) деректерімен салыстыру арқылы нақтылауды; </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z40" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) АЖБ ДБ бар ақпаратты қолданып, шаруашылық бойынша есепке алу жазбаларын нақтылауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z41" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Шаруашылық бойынша есепке алу деректерінің дұрыстығын нақтылау Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-1-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+        <w:t xml:space="preserve"> 2-тарау. Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мемлекеттік статистика саласындағы Тәуекелдер дәрежесін бағалау критерийлеріне сәйкес бекітілген Іріктемелі тексеру жүргізу тізімін (бұдан әрі – Тізім) уәкілетті орган ведомствосы қалыптастырады. </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z42" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүргізу іс-шарасы екi кезең бойынша жүргiзiледi. </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z43" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) бірінші кезеңде Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүргізу шаруашылық бойынша есепке алуды жүргізудің Әдiснама талаптарының сәйкессiздiктерiн анықтау, ЭШБЕА БҚ-дағы жазбаларды АШЖ БҚ және ТҚСТ деректерімен салыстыру жұмыстарын жүргізуді қамтиды. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Шаруашылық бойынша есепке алудың ЭШБЕА БҚ «Тұрғын үй жағдайлары» бөлімі бойынша нақтылау ТҚСТ деректерімен іріктеп салыстыру арқылы жүргізіледі. </w:t>
-[...3 lines deleted...]
-      </w:r>
+      Шаруашылық бойынша есепке алудың ЭШБЕА БҚ "Тұрғын үй жағдайлары" бөлімі бойынша нақтылау ТҚСТ деректерімен іріктеп салыстыру арқылы жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл салыстыруды жүргізу үшін уәкілетті орган ведомствосының облыстық аумақтық статистика органдары ТҚСТ деректерінің негізінде нақтылаумен қамтылған елдi мекен бойынша тұрғын үйлердің қалыптастырады.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Тізбеде үйдің сәйкестендіру коды, үй шаруашылығының жеке шоты, жер учаскесінің кадастрлік нөмірі, үй типі, үйдің жағдайы, меншік түрі, жалпы және тұрғын үй алаңының мөлшері, бөлме саны, абаттандырудың болуы, сыртқы қабырғалардың материалдары, тұратындардың саны және үй шаруашылықтарының саны көрсетіле отырып, елді мекеннің үйлері бойынша ақпарат қамтылады.  </w:t>
-[...3 lines deleted...]
-      </w:r>
+      Тізбеде үйдің сәйкестендіру коды, үй шаруашылығының жеке шоты, жер учаскесінің кадастрлік нөмірі, үй типі, үйдің жағдайы, меншік түрі, жалпы және тұрғын үй алаңының мөлшері, бөлме саны, абаттандырудың болуы, сыртқы қабырғалардың материалдары, тұратындардың саны және үй шаруашылықтарының саны көрсетіле отырып, елді мекеннің үйлері бойынша ақпарат қамтылады.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салыстыру үшін үй саны шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүзеге асыратын лауазымды адамдарға түсетін жүктемені ескере отырып анықталады.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Үйдің сәйкестендіру коды бойынша ТҚСТ деректерімен нақтылау кезінде жалпы және тұрғын алаң көлемінің, тұрғын үй типінің, тұрғын үйдің меншік түрінің, бөлмелер санының, сыртқы қабырға материалдарының, тұрғын үй-жайды абаттандырудың (электр, су құбыры, ыстық сумен қамтамасыз ету, кәріз, ванна, себезгі, жылу электр орталықтарынан жылыту, жеке қондырғылардан жылыту, газ, электр пеші, жеке су жылытқыштан ыстық сумен жабдықтау, пештен жылыту) сәйкестігіне жазбаларды салыстыру жүзеге асырылады. </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) екiншi кезеңдегі жұмыстарды жүргізу тәртібі АЖБ ДБ-да қамтылған ақпаратты пайдаланып, үй шаруашылықтарына бару арқылы ЭШБЕА БҚ жазбаларын нақтылау жұмыстарын жүргізуді қамтиды. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкілетті орган ведомствосының облыстық аумақтық статистика органының лауазымды адамы аралауға жататын үй шаруашылықтарының саны мен тізбесін анықтайды. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аралауға қажетті үй шаруашылықтарының саны шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүзеге асыратын лауазымды адамдарға түсетін жүктемені ескере отырып анықталады. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкілетті орган ведомствосының облыстық аумақтық статистика органының лауазымды адамы ветеринария саласындағы маманмен бiрлесiп (келісім бойынша) баруға жататын үй шаруашылықтарының тізбесі бойынша ЭШБЕА БҚ-да АЖБ ДБ көрсеткіштерімен жануарлардың түрлері және саны бойынша нақтылауды жүзеге асырады. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АЖБ ДБ-да іздестіру үй шаруашылығы иесінің немесе мүшесінің ЖСН-і немесе тегі, аты, әкесінің аты (бар болған жағдайда) бойынша жүргізіледі.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бұдан әрі ЭШБЕА БҚ «Шаруашылықтың жеке меншігі болып табылатын мал (басы)» бөлімінде көрсетілген мал басының саны бойынша ауыл шаруашылығы жануарларының саны АЖБ ДБ-дағы ауыл шаруашылығы малының саны бойынша жазбалар санымен салыстырылып тексеріледі. Ауыл шаруашылығы жануарларының түрлері мен саны бойынша ЭШБЕА БҚ-да нақты үй шаруашылығы бойынша ағымдағы жылғы 1 қаңтардағы және 1 шілдедегі жағдайға сәйкес деректерін нақтылау ағымдағы жылғы 1 қаңтардан және 1 шілдеден кейін болған ауылшаруашылығы жануарларының қозғалысын (сатып алынуын, төлдеуін және қатардан шығуын) есепке ала отырып жүзеге асырылады. </w:t>
-[...17 lines deleted...]
-      </w:r>
+      Бұдан әрі ЭШБЕА БҚ "Шаруашылықтың жеке меншігі болып табылатын мал (басы)" бөлімінде көрсетілген мал басының саны бойынша ауыл шаруашылығы жануарларының саны АЖБ ДБ-дағы ауыл шаруашылығы малының саны бойынша жазбалар санымен салыстырылып тексеріледі. Ауыл шаруашылығы жануарларының түрлері мен саны бойынша ЭШБЕА БҚ-да нақты үй шаруашылығы бойынша ағымдағы жылғы 1 қаңтардағы және 1 шілдедегі жағдайға сәйкес деректерін нақтылау ағымдағы жылғы 1 қаңтардан және 1 шілдеден кейін болған ауылшаруашылығы жануарларының қозғалысын (сатып алынуын, төлдеуін және қатардан шығуын) есепке ала отырып жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауыл шаруашылығы жануарларының қозғалысын есепке алу үшін АЖБ ДБ "Есепке қою күні" және "Есептен шығарылу себебі" бағандарындағы ақпарат пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭШБЕА БҚ деректерін нақтылау және олардың анықтығын растау үшiн кенттің, ауылдың, ауылдық округ әкімінің немесе әкімдігінің, уәкілетті орган ведомствосының облыстық аумақтық статистика органдарының лауазымды адамдарының қатысуымен және ветеринария саласындағы маманмен (келісім бойынша) бірге үй шаруашылықтарына бару жүзеге асырылады.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үй шаруашылықтарын аралау кезінде шаруашылық бойынша есепке алудың тiркеу жазбаларын нақтылау ауылшаруашылық жануарларын нақты қайта есептеу және картоп, көкөністер мен жеміс-жидектер және басқа да дақылдарға арналған егістік алаңдарын өлшеу арқылы жүргізіледі.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер нақты қайта есептеуді жүзеге асыру мүмкiн болмаған жағдайда нақтылау ауылшаруашылық жануарларының және егістік алаңдарының нақты болуы туралы үй шаруашылығының иесі немесе осы үй шаруашылығының кәмелетке толған мүшесiне пікіртерім жүргізу арқылы жүзеге асырылады.</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      7. Шаруашылық бойынша есепке алу деректерінің анықтығына жүргізілген нақтылау қорытындысы бойынша уәкілетті орган ведомствосының облыстық аумақтық статистика органдарының лауазымды адамдары осы Қағидалардың </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Шаруашылық бойынша есепке алу деректерінің анықтығына жүргізілген нақтылау қорытындысы бойынша уәкілетті орган ведомствосының облыстық аумақтық статистика органдарының лауазымды адамдары осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мiндеттi түрде Шаруашылық бойынша есепке алуды тіркеу жазбаларының сәйкессіздігі немесе сәйкестігі туралы акт (бұдан әрi – Акт) жасайды. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Акт үш данада жасалады. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Актінiң бiр данасы ауылдық округтің әкiмдiгі үшін, екiншiсі ветеринария саласындағы маман үшін, үшіншісі уәкілетті орган ведомствосының облыстық аумақтық статистика органы үшін.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Шаруашылық бойынша есепке алуды жүргiзудің Әдіснаманың талаптарына сәйкессiздiгі, сондай-ақ АЖБ ДБ-дағы деректермен сәйкессіздіктері анықталған жағдайда сәйкессiздiктер туралы ақпаратты уәкілетті орган ведомствосының аудандық статистика органдарының лауазымды адамдары еркін нысанда құрастырылатын қорытынды анықтамада көрсетеді және тоқсан сайын аудан әкіміне және Актінің (актілердің) көшірмесі қосымшасымен статистика уәкілетті органы ведомствосының облыстық аумақтық статистика органдарына жібереді. </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z47" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Үй шаруашылығы иесінің немесе осы шаруашылықтың кәмелетке толған мүшесінің анықсыз деректерді ұсынуы анықталған жағдайда кенттің, ауылдың, ауылдық округтің әкімі немесе жергілікті атқарушы органның маманы немесе ветеринария саласындағы маман ЭШБЕА БК немесе АЖБ ДБ-ға тиісті өзгерістер енгізеді. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Анықталған сәйкессіздіктер туралы ақпарат уәкілетті орган ведомствосының аудандық статистика органдарының лауазымды адамдары қорытынды анықтамада көрсетеді және үй шаруашылығының иесімен немесе үй шаруашылығының кәмелетке толған мүшесімен түсіндіру жұмыстарын жүргізеді.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Кенттің, ауылдың, ауылдық округтің әкiмi және ветеринария саласындағы маман нақтылау негізінде анықталған бұзушылықтар туралы ақпаратты алған кезде сәйкессіздіктердің Актіде көрcетiлген мерзiмде тиісінше жойылуын қамтамасыз етеді және уәкілетті орган ведомствосының аудандық статистика органына атқарылған жұмыс туралы ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z9" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+        <w:t xml:space="preserve"> 3-тарау. Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды қорытындылау бойынша уәкілетті орган ведомствосының облыстық аумақтық статистика органдарының іс-әрекеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Стратегиялық жоспарлау және реформалар агенттігі Ұлттық статистика бюросы Басшысының 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Кенттің, ауылдың, ауылдық округтің әкімдері сәйкессіздіктерді жою бойынша атқарылған жұмыстар туралы ақпаратты осы Қағидалардың 10-тармағына сәйкес Актіде көрсетілген мерзімде ұсынбаған жағдайда уәкілетті орган ведомствосының облыстық аумақтық статистика органдары іріктемелі тексеру барысында анықталған сәйкессіздіктерді жою талаптарымен ақпарат қалыптастырады және жоғарғы тұрған жергілікті атқарушы органға үш жұмыс күні ішінде жібереді. </w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      12. Аудандық статистика органдары тиісті уәкілетті орган ведомствосының облыстық аумақтық статистика органына ай сайын келесі айдың 3-ші күніне дейінгі мерзімде осы Қағидалардың </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z49" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Аудандық статистика органдары тиісті уәкілетті орган ведомствосының облыстық аумақтық статистика органына ай сайын келесі айдың 3-ші күніне дейінгі мерзімде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Актілер мен шаруашылық бойынша есепке алу деректерінің анықтығына нақтылау жүргізу туралы ақпарат жолдайды. </w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      13. Кенттің, ауылдың, ауылдық округтің әкімдері лауазымды адамдарын әкімшілік жауапкершілікке тарту («Әкімшілік құқық бұзушылық туралы» Қазақстан Республикасы Кодексінің 62-бабының </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z50" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Кенттің, ауылдың, ауылдық округтің әкімдері лауазымды адамдарын әкімшілік жауапкершілікке тарту ("Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің 62-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес) мүмкін болмаған жағдайда статистика органдары әкімнен сәйкессіздіктерді жою туралы ақпарат алған күннен бастап бес жұмыс күні ішінде қарауға және шаруашылық бойынша есепке алуды жүргізуге жауапты лауазымды адамдарды тәртіптік жауапкершілікке тарту үшін аудандардың әкімдіктеріне материалдар жолдайды. </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z51" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Бұзушылыққа жол берген лауазымды адамдарға қатысты қолданылған шаралар туралы ақпаратты, атап айтқанда тәртіптік жауапкершілікке тартылғандар туралы бұйрықтың көшірмесін не тәртіптік жауапкершілікке тартудың мүмкін болмау себептері туралы ақпаратты аудандардың әкімдіктері нақтылау қорытындылары туралы ақпаратты алған күннен бастап отыз күнтізбелік күн ішінде уәкілетті орган ведомствосының облыстық аумақтық статистика органдарына ұсынады.  </w:t>
-[...14 lines deleted...]
-      </w:r>
+      14. Бұзушылыққа жол берген лауазымды адамдарға қатысты қолданылған шаралар туралы ақпаратты, атап айтқанда тәртіптік жауапкершілікке тартылғандар туралы бұйрықтың көшірмесін не тәртіптік жауапкершілікке тартудың мүмкін болмау себептері туралы ақпаратты аудандардың әкімдіктері нақтылау қорытындылары туралы ақпаратты алған күннен бастап отыз күнтізбелік күн ішінде уәкілетті орган ведомствосының облыстық аумақтық статистика органдарына ұсынады.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z52" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Нақтылаудың қорытындылары бойынша уәкілетті орган ведомствосының облыстық аумақтық статистика органдарына есепті тоқсаннан кейінгі он жұмыс күні ішінде тиісті облыс әкімінің атына тәртіптік жазаға тарту туралы аудандық әкімдіктердің жауаптарын қоса ұсына отырып анықталған бұзушылықтар туралы ақпаратты тоқсан сайын жолдайды. </w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      16. Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылау жүргізу нәтижелері бойынша кенттердің, ауылдардың, ауылдық округтердің жауапкершілікке тартылған әкімдері туралы ақпаратты уәкілетті орган ведомствосының облыстық аумақтық статистика органдары уәкілетті орган ведомствосына есепті тоқсаннан кейінгі он бес жұмыс күні ішінде осы Қағидалардың </w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z53" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылау жүргізу нәтижелері бойынша кенттердің, ауылдардың, ауылдық округтердің жауапкершілікке тартылған әкімдері туралы ақпаратты уәкілетті орган ведомствосының облыстық аумақтық статистика органдары уәкілетті орган ведомствосына есепті тоқсаннан кейінгі он бес жұмыс күні ішінде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тапсырады. </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шаруашылық бойынша есепке алу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректерінің анықтығын нақтылауды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z12" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "_________________________ облысының Статистика департаменті" ММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________ ауданының статистика басқармасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шаруашылық бойынша есепке алу нысандары бойынша тіркеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жазбаларының сәйкессіздігі немесе сәйкестігі туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АКТІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________ ауданының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________ кенті, ауылы,      20__ жылғы " ___ " ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауылдық округі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біз, төменде қол қоюшылар, мемлекеттік статистика саласындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уәкілетті органның өкілдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________ әкімінің қатысуымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мемлекеттік статистика туралы" 2010 жылғы 19 наурыздағы</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Шаруашылық бойынша есепке алу  </w:t>
-[...17 lines deleted...]
-      </w:r>
+      Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-1 бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Кәсіпкерлік кодексі негізінде шаруашылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бойынша есепке алу нысандарындағы тіркеу жазбаларына салыстыруды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүргіздік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салыстыру нәтижелері бойынша мемлекеттік статистика саласындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уәкілетті органға әкімнің "Әкімшілік құқық бұзушылық туралы"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-жүргізу қағидаларына      </w:t>
-[...3 lines deleted...]
-      </w:r>
+      Қазақстан Республикасы Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>499-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген дәйексіз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әкімшілік деректерді ұсынуының мынадай фактілері анықталды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұзушылықтарды жою мерзімдері: осы Актіге қол қойылған күннен бастап</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5 (бес) жұмыс күні ішінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе (орындалғаны туралы ақпарат Актіге қол қойылғаннан кейін 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жұмыс күні ішінде аумақтық статистика органына ұсынылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолдары __________________________________ Мөрге арналған орын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-1-қосымша          </w:t>
-[...585 lines deleted...]
-      </w:r>
+      Тегі, аты, әкесінің аты (бар болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      және әкімнің қолы                             ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________ Мөрге арналған орын</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту (әкім қол қоюдан бас тартқан жағдайда "Қол қоюдан бас тартты"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      деген жазу жазылады және күні қойылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шаруашылық бойынша есепке алу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректерінің анықтығын нақтылауды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Тегі, аты, әкесінің аты (бар болған жағдайда) </w:t>
-[...64 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+      Нысан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Шаруашылық бойынша есепке алу  </w:t>
-[...17 lines deleted...]
-      </w:r>
+      Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүргізу туралы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-жүргізу қағидаларына       </w:t>
-[...3 lines deleted...]
-      </w:r>
+      20__ жылғы______________ ақпарат </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (айы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыс___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-2-қосымша             </w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+      Аудан___________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды жүргізу туралы </w:t>
-[...87 lines deleted...]
- </w:t>
+      Кент, ауыл, ауылдық округ_______________________________________ </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="562"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="4855"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1860" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>р/н</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+р/н</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2166" w:type="dxa"/>
-[...487 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Елді мекеннің (кенттің, ауылдың, ауылдық округтің) атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Үй шаруашылықтарының жалпы саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Бірінші кезеңде анықталған сәйкессіздіктер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Екінші кезеңде барған үй шаруашылықтарының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Сәйкессіздіктер анықталған үй шаруашылықтарының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Бұзушылықтарды жою бойынша қабылданған шаралар (ЭШБЕА БҚ өзгерістер енгізілді, акт жазылды, қорытынды анықтама бойынша әкімшілік жаза қолданылды және кенттің, ауылдың, ауылдық округтің әкімдері тәртіптік жауапкершілікке тартылды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...33 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...63 lines deleted...]
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-            </w:r>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шаруашылық бойынша есепке алу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деректерінің анықтығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нақтылауды жүргізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z26" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шаруашылық бойынша есепке алу деректерінің анықтығын нақтылауды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Шаруашылық бойынша есепке алу   </w:t>
-[...121 lines deleted...]
- </w:t>
+      жүргізу нәтижелері бойынша әкімдерді жауапкершілікке тарту туралы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы _____ тоқсандағы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыс____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="542"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1125" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>р/с</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
-[...170 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Облыс ауданының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...598 lines deleted...]
-            </w:r>
+Ауылдық округтердің саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Үй шаруашылықтарының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+Тартылған адамдар, саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+барылғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+сәйкессіздіктер анықталғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+барылғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+сәйкессіздіктер анықталғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+әкімшілік жауапкершілікке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+тәртіптік жауапкершілікке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="420" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...28 lines deleted...]
-            </w:r>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="420" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="542" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...1020 lines deleted...]
-            </w:r>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>