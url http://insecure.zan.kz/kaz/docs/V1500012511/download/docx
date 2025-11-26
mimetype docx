--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4d7469f" w14:textId="4d7469f">
+    <w:p w14:paraId="92be498" w14:textId="92be498">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2274,50 +2274,112 @@
         <w:t>
       Өтініш беруші актіге қол қойылған күннен бастап 10 (он) жұмыс күндік мерзімде оларды жою жөніндегі түзету іс-қимылдарының жоспарын (бұдан әрі – жоспар) ұсынады. Өтініш берушімен ұсынылған анықталған сәйкессіздіктерді жою жөніндегі шараларды бағалау негізінде жоспар уәкілетті ұйыммен келісіледі немесе негіздемесімен қоса пысықтауға қайтарылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z80" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоспарда көрсетілген мерзімді өтініш беруші өзгерту қажеттігі туралы негіздемені ұсынған жағдайда оны уәкілетті ұйыммен ұзартылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармаққа өзгеріс енгізілді - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z81" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Уәкілетті ұйым тексеру немесе бақылау мен қадағалаудың өзге де нысандарын жүргізу арқылы өтініш берушінің жоспарды ұсынуын және (немесе) жоспарда белгіленген мерзімдерде түзету іс-қимылдарының орындалуын бақылайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z82" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3136,960 +3198,1236 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Уәкілетті ұйым осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>21-тармағының</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> 3) және 5) тармақшаларында көзделген негіздер бойынша куәлікке және/немесе пайдалану ерекшеліктеріне өзгерістер енгізуден бас тартады.</w:t>
+        <w:t>2-қосымшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағының 3) және 5) тармақшаларында көзделген негіздер бойынша куәлікке және/немесе пайдалану ерекшеліктеріне өзгерістер енгізуден бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z115" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бас тарту қайта өтініш беруге кедергі жасамайды.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="102"/>
+      Бас тарту қайта өтініш беруге кедергі болмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде уәкілетті ұйым өтініш берушіге мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ өтініш берушіге алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z117" w:id="103"/>
+      Мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде уәкілетті ұйым өтініш берушіге мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ өтініш берушіге алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тыңдау туралы хабарлама Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z118" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тыңдау қорытындысы бойынша мемлекеттік қызмет көрсету нәтижесі не осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-қосымшасына</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="105"/>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қызмет көрсетуден дәлелді бас тарту қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтің нәтижесі уәкілетті ұйымның уәкілетті тұлғасымен ЭЦҚ қойылған электрондық құжат нысанында өтініш берушінің "жеке кабинетіне" жіберіледі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z120" w:id="106"/>
+      Мемлекеттік көрсетілетін қызметтің нәтижесі уәкілетті ұйымның уәкілетті тұлғасымен ЭЦҚ қойылған электрондық құжат нысанында өтініш берушінің "жеке кабинетіне" жіберіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Авиациялық жұмыстарды орындау құқығына арналған куәліктің қолданылуын тоқтата тұру және қайтарып алу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z121" w:id="107"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z121" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      30. Азаматтық авиация саласындағы уәкілетті ұйым Заңның </w:t>
+      30. Уәкілетті ұйым Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-3-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ережелеріне сәйкес, сондай-ақ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z122" w:id="108"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z369" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сертификаттау талаптарын орындамаған;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="109"/>
+      1) пайдаланушы сертификаттау талаптарын орындамаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z370" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндетті сақтандыру түрлері туралы Қазақстан Республикасы заңнамасының талаптарына сәйкес сақтандыруды қамтамасыз етпеген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z124" w:id="110"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z371" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) инспекциялық тексеру кезінде, оның ішінде шет мемлекеттерде тексеру кезінде белгілі болған ұшу қауіпсіздігіне әсер ететін бұзушылықтар анықталған жағдайларда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z125" w:id="111"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z372" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) пайдаланушының жазбаша өтініші болған жағдайларда куәліктің қолданылуын толық немесе жартылай шектейді, тоқтата тұрады.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      4) пайдаланушының жазбаша өтініші болған жағдайларда куәліктің қолданылуын тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Азаматтық авиация саласындағы уәкілетті ұйым авиациялық жұмыстарды орындау құқығына арналған куәлікті мынадай жағдайларда:</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ұсынылған құжаттарды бұрмалау арқылы пайдаланушының авиациялық жұмыстарды орындау құқығына куәлік алған, сертификаттау талаптарына сәйкестігін қолдаған кезде;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z128" w:id="114"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Уәкілетті ұйым авиациялық жұмыстарды орындау құқығына арналған куәлікті мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z373" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұсынылған құжаттарды бұрмалау арқылы пайдаланушының авиациялық жұмыстарды орындау құқығына куәлік алған, сертификаттау талаптарына сәйкестігін қолдаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z374" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) авиациялық жұмыстарды орындау құқығына арналған куәлікті заңсыз пайдалану немесе заңға қайшы әрекеттер жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z129" w:id="115"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z375" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) азаматтық авиация саласындағы уәкілетті ұйымға Қазақстан Республикасы әуе кеңістігінің шегінен тыс жерде орындалған тұрақты емес халықаралық ұшудың күні мен мақсаты туралы хабарламау немесе хабарламада анық емес ақпарат ұсыну;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="116"/>
+      3) уәкілетті ұйымға Қазақстан Республикасы әуе кеңістігінің шегінен тыс жерде орындалған тұрақты емес халықаралық ұшудың күні мен мақсаты туралы хабарламау немесе хабарламада дәйексіз ақпарат ұсынған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z376" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасы әуе кеңістігінің шегінен тыс тұрақты емес ұшуларды орындайтын азаматтық әуе кемесін пайдаланушының бас кеңсесі Қазақстан Республикасының аумағында орналаспаса және ұйымның қызметі мен операцияларын бағыттауға, бақылауға және үйлестіруге әсер ететін операциялық-қаржылық шешімдер құзыретті мемлекеттік органдардың тексеруі үшін қол жетімді болмаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z131" w:id="117"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z377" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) егер өтініш берушіге қатысты соттың заңды күшіне енген, оған осы қызмет түрін көрсетуге тыйым салатын шешімі болған кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z132" w:id="118"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z378" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) пайдаланушының жазбаша өтініші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z133" w:id="119"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z379" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) жеңіл және аса жеңіл әуе кемелерін пайдаланушыларға куәліктің қолданылуы үш жылдан астам мерзімге тоқтатыла тұрған жағдайда кері қайтарып алады.</w:t>
-[...48 lines deleted...]
-        <w:jc w:val="both"/>
+      7) жеңіл және аса жеңіл әуе кемелерін пайдаланушыларға куәліктің қолданылуы үш жылдан астам мерзімге тоқтатыла тұрған жағдайларда кері қайтарып алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер пайдаланушы жоспармен белгіленген мерзімде пайдаланушыны авиациялық жұмыстарға рұқсаттамасының қолданылуын тоқтата тұруға әкелген бұзушылықтарды жоймаса, уәкілетті ұйым пайдаланушыны авиациялық жұмыстарға рұқсаттаманы қайтарып алады. Пайдаланушыны куәлік қайтарып алу кезінде пайдаланушы уәкілетті ұйымға куәлік қайтарып алу туралы хабарламаны алған сәттен бастап куәліктің түпнұсқасын 3 (үш) жұмыс күні ішінде қайтарады.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Куәлік, оның қолданысын тоқтата тұру жағдайда, қолданылуын қайта қалпына келтіруді, уәкілетті ұйымға, пайдаланушының белгіленген мерзімдерде жоспарды орындау және тексеру жүргізгеннен кейін жүзеге асырады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z137" w:id="123"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Куәліктің қолданысын қалпына келтіру немесе қалпына келтіруден бас тарту жөніндегі шешімді уәкілетті ұйымға тексеру аяқталған сәттен бастап 3 (үш) жұмыс күні мерзімінде пайдаланушыға жазбаша нысанда хабарлайды.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z138" w:id="124"/>
+      32. Осы Қағидалардың 30-тармағының 1), 2) және 3) тармақшаларында көрсетілген жағдайларда, уәкілетті ұйым пайдаланушының анықталған бұзушылықтарды жою сәтіне дейін тоқтата тұру себептерін көрсете отырып, куәліктің қолданылуын тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер пайдаланушы жоспармен белгіленген мерзімде куәліктің қолданылуын тоқтата тұруға әкелген сәйкессіздіктер мен (немесе) бұзушылықтарды жоймаса, уәкілетті ұйым куәлікті қайтарып алады. Пайдаланушы куәлікті қайтарып алу кезінде уәкілетті ұйымға куәлікті қайтарып алу туралы хабарламаны алған сәттен бастап куәліктің түпнұсқасын 3 (үш) жұмыс күні ішінде қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Куәліктің қолданылуы тоқтатылған жағдайда, оның қолданылуын қайта қалпына келтіру уәкілетті ұйыммен пайдаланушы жоспарды белгіленген мерзімдерде орындағаннан кейін және уәкілетті ұйым пайдаланушыны тексеру жүргізген соң жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Уәкілетті ұйым куәліктің қолданылуын қайта бастау не қайта бастаудан бас тарту туралы қабылданған шешім туралы пайдаланушыға тексеру аяқталған күннен бастап 3 (үш) жұмыс күнінен кешіктірілмейтін мерзімде жазбаша нысанда хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Куәліктің қолданысы тоқтатыла тұрған немесе ол қайтарылып алынған жағдайда уәкілетті ұйым қабылданған шешім туралы 3 (үш) жұмыс күні ішінде пайдаланушыны және әуе қозғалысына қызмет көрсету органын хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z139" w:id="125"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z139" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Куәліктің қолданылуы тоқтатыла тұрған немесе қайтарып алынған жағдайда уәкілетті ұйым "азаматтарға арналған үкімет" порталына ақпаратты енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z140" w:id="126"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z140" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z141" w:id="127"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z141" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Уәкілетті ұйымның әкімшілік актіні әкімшілік (сотқа дейінгі) тәртіппен қабылдауға байланысты әкімшілік әрекетіне (әрекетсіздігіне) шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган Қазақстан Республикасының заңнамасына сәйкес жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z142" w:id="128"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z142" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. "Мемлекеттік көрсетілетін қызметтер туралы" Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтініш берушінің шағымы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z143" w:id="129"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z143" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уәкілетті ұйымның шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z144" w:id="130"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z144" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) азаматтық авиация саласындағы уәкілетті органның, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның оны тіркеген күннен бастап 15 (он бес) жұмыс күні ішінде қарауына жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z145" w:id="131"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z145" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Шағым Қазақстан Республикасының заңнамасына сәйкес уәкілетті ұйымға және (немесе) азаматтық авиация саласындағы уәкілетті органға және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды тұлғаға, сондай-ақ мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z146" w:id="132"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z146" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті ұйым, азаматтық авиация саласындағы уәкілетті орган, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z147" w:id="133"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z147" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, егер 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылданса, уәкілетті ұйым, азаматтық авиация саласындағы уәкілетті орган, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағымды қарайтын органға шағым жібермейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z148" w:id="134"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z148" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкілетті ұйымның, азаматтық авиация саласындағы уәкілетті органның, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z149" w:id="135"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z149" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z150" w:id="136"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z150" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қосымша ақпарат алған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z151" w:id="137"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z151" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарау мерзімі ұзартылған жағдайда, шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген өтініш берушіге ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z152" w:id="138"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z152" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, сотқа жүгінуге Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4396,164 +4734,164 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші – заңды тұлғаның орналасқан жері (мекенжайы) немесе өтініш беруші – жеке тұлғаның тұрғылықты жері:__________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Байланыс телефондары/факсы/электрондық поштасының мекенжайы, авиациялық электр байланысы желісінің (АФТН) коды: ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="139"/>
+    <w:bookmarkStart w:name="z160" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пайдаланушының авиациялық жұмыстарға рұқсат алуға өтінімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z161" w:id="140"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z161" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. ____________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (өтініш берушінің толық атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       авиациялық жұмыстарды орындауға рұқсат беруді сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="141"/>
+    <w:bookmarkStart w:name="z164" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасының шегінде немесе одан тыс жерлерде ұшу өңірлері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z165" w:id="142"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z165" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мәлімделген авиациялық жұмыс түрлері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5970,70 +6308,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z167" w:id="143"/>
+    <w:bookmarkStart w:name="z167" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарушы персонал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6363,70 +6701,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z168" w:id="144"/>
+    <w:bookmarkStart w:name="z168" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нұсқаушы және ұшқыштар құрамы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -6825,70 +7163,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z169" w:id="145"/>
+    <w:bookmarkStart w:name="z169" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Инженерлік-техникалық персонал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7287,70 +7625,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z170" w:id="146"/>
+    <w:bookmarkStart w:name="z170" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Әуе кемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7749,70 +8087,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="147"/>
+    <w:bookmarkStart w:name="z171" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Өтініш беруші: сертификаттау рәсімдерін орындауға; сертификаттық талаптарға жауап беруге; Қазақстан Республикасының әуе кеңістігін пайдалануға және авиация қызметі саласындағы заңнаманың және нормативтік құқықтық актілердің талаптарын қабылдау және орындауға міндеттенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8105,68 +8443,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өтініш берушінің толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z183" w:id="148"/>
+    <w:bookmarkStart w:name="z183" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пайдаланушының атауы, заңды тұлғаның ұйымдық-құқықтық нысаны, заңды мекенжайы, ведомстволық бағыныстылығы өзгерген жағдайда куәлікке және/немесе тиісті пайдалану ерекшеліктеріне өзгерістер енгізуге өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8758,68 +9096,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өтініш берушінің толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="149"/>
+    <w:bookmarkStart w:name="z190" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__жылғы "___"____________№___авиациялық жұмыстарды орындау құқығына арналған куәлікке пайдалану ерекшеліктерінің А және В бөліктеріне эксплуатациядағылармен бірдей типтегі әуе кемелерін енгізуге өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9656,68 +9994,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өтініш берушінің толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z198" w:id="150"/>
+    <w:bookmarkStart w:name="z198" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__жылғы "___"____________№___авиациялық жұмыстарды орындау құқығына арналған куәлікке пайдалану ерекшеліктерінің А және В бөліктеріне басқа типтегі әуе кемелерін енгізуге өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10572,88 +10910,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өтініш берушінің толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z207" w:id="151"/>
+    <w:bookmarkStart w:name="z207" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__жылғы "___"____________№___авиациялық жұмыстарды орындау құқығына арналған куәлікке пайдалану ерекшеліктерінің В бөлігіне авиациялық жұмыстарды енгізуге өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z208" w:id="152"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z208" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келесі авиациялық жұмыс түрлерін пайдалану ерекшеліктерінің В бөлігіне енгізуді сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12070,70 +12408,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z210" w:id="153"/>
+    <w:bookmarkStart w:name="z210" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әуе кемесі бойынша ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12466,88 +12804,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(өтініш берушінің толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z215" w:id="154"/>
+    <w:bookmarkStart w:name="z215" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__жылғы "___"____________№___авиациялық жұмыстарды орындау құқығына арналған куәлікке пайдалану ерекшеліктерінің А және/немесе В бөліктерінен әуе кемелерін және/немесе авиациялық жұмыстарды алып тастау туралы өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z216" w:id="155"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z216" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келесі әуе кемелерін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14274,100 +14612,138 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Пайдаланушыны авиациялық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жұмыстарға рұқсат беру</w:t>
+              <w:t xml:space="preserve">жұмыстарға рұқсат беру </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z222" w:id="156"/>
+    <w:bookmarkStart w:name="z222" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Авиациялық жұмыстарды орындау құқығына арналған куәлік беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбе жаңа редакцияда - ҚР Көлік министрінің 05.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 360</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14381,285 +14757,705 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің атауы "Авиациялық жұмыстарды орындау құқығына арналған куәлік беру"</w:t>
-[...233 lines deleted...]
-12) басқа жеке және (немесе) заңды тұлғалар мүдделері үшін арнайы операцияларды орындаумен байланысты басқа да авиациялық жұмыстарының түрлері.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің атауы "Авиациялық жұмыстарды орындау құқығына арналған куәлік беру"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің кіші түрлері:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) авиациялық-химиялық жұмыстар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) әуелік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түсірілімдер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және бақылау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) орман қорын күзету және қорғау бойынша авиациялық жұмыстар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) құрылыс-монтаждау және тиеу-түсіру жұмыстары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) ашық теңіздер мен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мұхиттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аралдарына ұшу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) теңіз кемелері мен теңіз бұрғылау жабдықтарынан ұшу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) халыққа медициналық көмек көрсету және санитариялық іс-шараларды өткізуге арналған ұшулар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) тәжірибелік және ғылыми-зерттеу жұмыстарын жүргізуге арналған ұшулар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) десант түсіру және парашютшілерді түсіру немесе </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>парашюттардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктерді тастауға арналған ұшулар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10) іздеу және апаттық-құтқару жұмыстары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) ұшуларды радиотехникалық қамтамасыз етудің жерде орналасқан жабдықтарын, авиациялық радиобайланыс және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әуеайлақтардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> схемаларды тексеру ұшулары (айналып ұшулары);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12) басқа жеке және (немесе) заңды тұлғалар мүдделері үшін арнайы операцияларды орындаумен байланысты басқа да авиациялық жұмыстарының түрлері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) пайдаланушының атауы, заңды тұлғаның ұйымдық-құқықтық нысаны, заңды мекенжайы, ведомстволық бағыныстылығы өзгерген жағдайда куәлік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және/немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> онымен байланысты пайдалану ерекшеліктерін беру; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14) пайдаланылатын бірдей типтегі әуе кемелерін енгізген жағдайда А және В бөліктерінің пайдалану ерекшеліктерін беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15) бұдан бұрын пайдаланылмаған басқа типтегі әуе кемелерін енгізген жағдайда А және В бөліктерінің пайдалану ерекшеліктерін беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16) авиациялық жұмыстардың түрлерін енгізген жағдайда В бөлігінің пайдалану ерекшеліктерін беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17) әуе кемелерін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және/немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авиациялық жұмыстардың түрін алып тастаған жағдайда А </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және/немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> В бөліктерінің пайдалану ерекшеліктерін беру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14840,52 +15636,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік көрсетілетін қызметтің барлық кіші түлері бойынша: </w:t>
+              <w:t>
+Мемлекеттік көрсетілетін қызметтің барлық кіші түлері бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "электрондық үкімет" порталы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14990,159 +15786,159 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Авиациялық жұмыстарды орындау құқығына арналған куәлікті беру - 38 (отыз сегіз) жұмыс күні.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы мерзім 2-ші деңгейдегі анықталған сәйкессіздіктерді жою үшін қажетті, бірақ осы Қағидалардың 16-тармағына сәйкес үш айдан аспайтын мерзімге ұзартылады.</w:t>
+Осы мерзім 2-деңгейдегі анықталған сәйкессіздіктерді жою үшін қажетті, бірақ осы Қағидалардың 16-тармағына сәйкес үш айдан аспайтын мерзімге ұзартылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Куәлікке және/немесе пайдалану ерекшеліктеріне өзгерістер енгізу:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пайдаланушының атауы, заңды тұлғаның ұйымдық-құқықтық нысаны, заңды мекенжайы, ведомстволық бағыныстылығы өзгерген жағдайда куәлікке және/немесе тиісті пайдалану ерекшеліктеріне өзгерістер енгізу – 10 жұмыс күн;</w:t>
-[...71 lines deleted...]
-пайдалану ерекшеліктерінің А және/немесе В бөліктерінен әуе кемелерін және/немесе авиациялық жұмыстарды алып тастау – 3 жұмыс күн.</w:t>
+1) пайдаланушының атауы, заңды тұлғаның ұйымдық-құқықтық нысаны, заңды мекенжайы, ведомстволық бағыныстылығы өзгерген жағдайда куәлікке және/немесе онымен байланысты пайдалану ерекшеліктеріне өзгерістер енгізу – 10 жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) пайдаланылатын бірдей типтегі әуе кемелерінің А және В бөліктерінің пайдалану ерекшеліктерін енгізу – 15 жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) бұдан бұрын пайдаланылмаған басқа типтегі әуе кемелерінің А және В бөліктерінің пайдалану ерекшеліктерін енгізу – 20 жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) авиациялық жұмыстардың түрлерінің В бөлігінің пайдалану ерекшеліктерін енгізу – 20 жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) әуе кемелерін және/немесе авиациялық жұмыстардың түрлерінен А және/немесе В бөліктерінің пайдалану ерекшеліктерінен алып тастау – 3 жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15324,159 +16120,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Авиациялық жұмыстарды орындау құқығына арналған куәлік және пайдалану ерекшеліктерін беру.</w:t>
-[...107 lines deleted...]
-Мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап. </w:t>
+Авиациялық жұмыстарды орындауға арналған куәлік және пайдалану ерекшеліктерін беру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланушының атауы, заңды тұлғаның ұйымдық-құқықтық нысаны, заңды мекенжайы, ведомстволық бағыныстылығы өзгерген жағдайда куәлік және/немесе онымен байланысты пайдалану ерекшеліктерін беру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылатын бірдей типтегі әуе кемелерін енгізген жағдайда А және В бөліктерінің пайдалану ерекшеліктерін беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұдан бұрын пайдаланылмаған басқа типтегі әуе кемелерін енгізген жағдайда А және В бөліктерінің пайдалану ерекшеліктерін беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авиациялық жұмыстардың түрлерін енгізген жағдайда В бөлігінің пайдалану ерекшеліктерін беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әуе кемелерін және/немесе авиациялық жұмыстардың түрлерінен алып тастаған жағдайда А және/немесе В бөліктерінің пайдалану ерекшеліктерін беру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15509,285 +16305,197 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде өтініш берушіден алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны өндіріп алу тәсілдері</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетлетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны өндіріп алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...198 lines deleted...]
-6. Пайдалану ерекшеліктерінің А және/немесе В бөліктерінен әуе кемелерін және/немесе авиациялық жұмыстарды алып тастау– ақысыз көрсетіледі.</w:t>
+              <w:t xml:space="preserve">
+1. Авиациялық жұмыстарды орындау құқығына арналған куәлік беру мемлекеттік көрсетілетін қызмет "Азаматтық авиация саласындағы уәкілетті ұйымның ақылы көрсетілетін қызметтерінің тізбесін және азаматтық авиация саласындағы төлем мөлшерлемелерін бекіту туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2023 жылғы 17 наурыздағы № 167 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32089 болып тіркелген) сәйкес заңды және жеке тұлғаларға ақылы негізде көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Пайдаланушының атауы, заңды тұлғаның ұйымдық-құқықтық нысаны, заңды мекенжайы, ведомстволық бағыныстылығы өзгерген жағдайда куәлікке және/немесе онымен байланысты пайдалану ерекшеліктеріне өзгерістер енгізу – ақысыз көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Пайдаланылатын бірдей типтегі әуе кемелерінің А және В бөліктерінің пайдалану ерекшеліктерін енгізу – ақысыз көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Бұдан бұрын пайдаланылмаған басқа типтегі әуе кемелерінің А және В бөліктерінің пайдалану ерекшеліктерін енгізу – ақысыз көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Авиациялық жұмыстардың түрлерінің В бөлігінің пайдалану ерекшеліктерін енгізу – ақысыз көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Әуе кемелерін және/немесе авиациялық жұмыстардың түрлерінен А және/немесе В бөліктерінің пайдалану ерекшеліктерінен алып тастау – ақысыз көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15820,105 +16528,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс істеу кестесі</w:t>
+Көрсетілетін қызметті берушінің жұмыс істеу кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген кезде өтінімдерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады);</w:t>
-[...17 lines deleted...]
-2) уәкілетті ұйым – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұма аралығында сағат 9-00-ден 18-30-ға дейін, түскі үзіліс 13-00-ден 14-30-ға дейін.</w:t>
+1) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (өтініш беруші жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері, жүгінген жағдайда өтінімдерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) уәкілетті ұйым – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұма аралығында сағат 8-30-дан 17-30-ға дейін, түскі үзіліс 13-00-ден 14-00-ге дейін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15987,105 +16695,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куәлікті алу үшін мынадай құжаттар тіркелген ЭЦҚ қойылған өтінім беріледі:</w:t>
-[...17 lines deleted...]
-1) уәкілетті ұйымның қағаз жеткізгіштегі қызметі үшін ақы төленгенін растайтын құжаттың көшірмесі немесе құжаттың pdf форматындағы электрондық көшірмесі;</w:t>
+1. Куәлікті алу үшін мынадай құжаттар тіркелген ЭЦҚ қойылған өтінім беріледі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) уәкілетті ұйымның қызметі үшін ақы төленгенін растайтын құжаттың қағаз жеткізгіштегі көшірмесі немесе құжаттың pdf форматындағы электрондық көшірмесі; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) ұшуды орындау жөніндегі нұсқаулықтың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) ұшу қауіпсіздігін басқару жүйесін ұйымдастыру жөніндегі нұсқаулықтың электрондық көшірмесі;</w:t>
+3) ұшу қауіпсіздігін басқару жүйесін ұйымдастыру жөніндегі нұсқаулықтың электрондық көшірмесі (бар болған жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқаулығының электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16095,159 +16803,159 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) әуе кемелерінің техникалық қызмет көрсету бағдарламасының (регламент) электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) сақтандырудың міндетті түрлері туралы Қазақстан Республикасының заңдарына сәйкес пайдаланушының азаматтық-құқықтық жауапкершілігін міндетті сақтандырудың сақтандыру полистерінің электрондық көшірмелері;</w:t>
-[...71 lines deleted...]
-Пайдаланушының атауы, заңды тұлғаның ұйымдық-құқықтық нысаны, заңды мекенжайы, ведомстволық бағыныстылығы өзгерген жағдайда куәлікке және/немесе тиісті пайдалану ерекшеліктеріне өзгерістер енгізу кезінде өтініш беруші келесі құжаттарды тіркей отырып ЭЦҚ қойылған өтінім береді:</w:t>
+6) Қазақстан Республикасының міндетті сақтандыру түрлері туралы заңдарына сәйкес пайдаланушының азаматтық-құқықтық жауапкершілігін міндетті сақтандырудың сақтандыру полистерінің электрондық көшірмелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) пайдаланушы басшысымен бекітілетін әуе кемелерінің бояу үлгілері және мәтіндік сипаттамасының электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) пайдаланушының авиациялық қауіпсіздік бағдарламасының электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) Азаматтық авиация саласындағы уәкілетті ұйымның ақылы қызметтерінің тізбесімен және азаматтық авиация саласындағы төлем мөлшерлемелерімен айқындалатын тәртіппен және мөлшерде алынатын, уәкілетті ұйымның ұшу қауіпсіздігі мен авиациялық қауіпсіздікті қамтамасыз етуді тұрақты қадағалауды жүзеге асырғаны үшін сертификатталған пайдаланушылардың міндетті аударымдарын растайтын құжаттың электрондық көшірмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Пайдаланушының атауы, заңды тұлғаның ұйымдық-құқықтық нысаны, заңды мекенжайы, ведомстволық бағыныстылығы өзгерген жағдайда куәлікке және/немесе онымен байланысты пайдалану ерекшеліктеріне өзгерістер енгізу кезінде өтініш беруші келесі құжаттарды тіркей отырып, ЭЦҚ қойылған өтінім береді:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) ұшуды орындау жөніндегі нұсқаулықтың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) ұшу қауіпсіздігін басқару жүйесін ұйымдастыру жөніндегі нұсқаулықтың электрондық көшірмесі;</w:t>
+2) ұшу қауіпсіздігін басқару жүйесін ұйымдастыру жөніндегі нұсқаулықтың электрондық көшірмесі (бар болған жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқаулығының электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16275,285 +16983,303 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) пайдаланушы басшысымен бекітілетін әуе кемелерінің әуе кемелерінің бояу үлгілері және мәтіндік сипаттамасының электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) пайдаланушының авиациялық қауіпсіздігінің бағдарламасының электрондық көшірмесі.</w:t>
-[...179 lines deleted...]
-1) ұшуды орындау жөніндегі нұсқаулыққа енгізілген өзгерістердің электрондық көшірмесі;</w:t>
+6) пайдаланушының авиациялық қауіпсіздік бағдарламасының электрондық көшірмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Пайдаланылатын бірдей типтегі әуе кемелерін А және В бөліктерінің пайдалану ерекшеліктерін енгізу кезінде өтініш беруші келесі құжаттарды тіркей отырып, ЭЦҚ қойылған өтінім береді:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) әуе кемесін пайдалануының бақылауына, техникалық қызмет және ұшуға жарамдылығына жауапты тараптар, сонымен қатар әуе кемесін жалға алудың қолданылуы мерзімі көрсетілген экипажсыз жалға алу шартының электрондық көшірмесі; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ұшуды орындау жөніндегі нұсқаулыққа, техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқаулығына, техникалық қызмет көрсету бағдарламасына, ең аз жабдықтар тізбесіне (MEL) (бар болған жағдайда) енгізілген өзгерістердің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Қазақстан Республикасының міндетті сақтандыру түрлері туралы заңдарына сәйкес пайдаланушының азаматтық-құқықтық жауапкершілігін міндетті сақтандырудың сақтандыру полистерінің электрондық көшірмелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Басқа типтегі әуе кемелерін А және В бөліктерінің пайдалану ерекшеліктерінің енгізу кезінде өтініш беруші келесі құжаттарды тіркей отырып, ЭЦҚ қойылған өтінім береді:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) әуе кемесін пайдалануының бақылауына, техникалық қызмет және ұшуға жарамдылығына жауапты тараптар, сонымен қатар әуе кемесін жалға алудың қолданылуы мерзімі көрсетілген экипажсыз жалға алу шартының электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ұшуды орындау жөніндегі нұсқаулыққа, техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушының нұсқаулығына, техникалық қызмет көрсету бағдарламасына, ең аз жабдықтар тізбесіне (MEL) (бар болған жағдайда) енгізілген өзгерістердің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Қазақстан Республикасының міндетті сақтандыру түрлері туралы заңдарына сәйкес пайдаланушының азаматтық-құқықтық жауапкершілігін міндетті сақтандырудың сақтандыру полистерінің электрондық көшірмелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Авиациялық жұмыстардың түрдерігің В бөлігінің пайдалану ерекшеліктерін енгізу үшін өтініш беруші келесі құжаттарды тіркей отырып, ЭЦҚ қойылған өтінім береді:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ұшуды орындау жөніндегі нұсқаулыққа енгізілген өзгерістер мен толықтырулардың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) пайдаланушы әзірлеген және бекіткен авиациялық жұмыстардың жекелеген түрлерін орындау тәртібі туралы нұсқаулықтың электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Пайдалану ерекшеліктерінің А және/немесе В бөліктерінен әуе кемелерін және/немесе авиациялық жұмыстарды алып тастау үшін өтініш беруші ЭЦҚ қойылған өтінім береді.</w:t>
-[...17 lines deleted...]
- Жеке басын куәландыратын құжаттар, білімі, еңбек шарттары, авиациялық персоналдың куәлігі, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, дара кәсіпкер ретінде мемлекеттік тіркеу туралы мәліметтерді, авиациялық жұмыстарды орындауға арналған куәлік (бар болған жағдайда), азаматтық әуе кемесін мемлекеттік тіркеу, ұшуға жарамдылық сертификаты, әуе кемесінің шуыл бойынша сертификаты, радиотаратқыш аппаратураны пайдалануға рұқсаттарын уәкілетті ұйым тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкіметтің" шлюзі арқылы алады.</w:t>
+6. Әуе кемелерін және/немесе авиациялық жұмыстардың түрлерінен А және/немесе В бөліктерінің пайдалану ерекшеліктерін алып тастау үшін өтініш беруші ЭЦҚ қойылған өтінім береді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басын куәландыратын құжаттар, білімі, еңбек шарттары, авиациялық персоналдың куәлігі, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкер ретінде мемлекеттік тіркеу туралы мәліметтерді, авиациялық жұмыстарды орындауға арналған куәлік (бар болған жағдайда), азаматтық әуе кемесін мемлекеттік тіркеу, ұшуға жарамдылық сертификаты, әуе кемесінің шуыл бойынша сертификаты, радиотаратқыш аппаратураны пайдалануға рұқсаттарын уәкілетті ұйым тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкіметтің" шлюзі арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш беруші, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісім береді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16696,51 +17422,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) пайдаланушының авиациялық жұмыстарға рұқсатын алу үшін өтініш беруші ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) өтініш берушіге қатысты оған осы қызмет түрін көрсетуге тыйым салатын сот шешімі болған жағдайларда тоқтатылады;</w:t>
+4) өтініш берушіге қатысты оған осы қызмет түрін көрсетуге тыйым салатын сот шешімі болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -17076,68 +17802,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z299" w:id="157"/>
+    <w:bookmarkStart w:name="z299" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификаттық тексеру актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________ 20__ жылғы "___" _______ № _________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17738,68 +18464,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z330" w:id="158"/>
+    <w:bookmarkStart w:name="z330" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫ  _____________________________________________________  Уәкілетті ұйымның атауы Авиациялық жұмыстарды орындау құқығына арналған куәлік  № KАZ –</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18158,146 +18884,146 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уәкілетті ұйымның атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пайдаланушының атауы Куәлік №</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z350" w:id="159"/>
+    <w:bookmarkStart w:name="z350" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пайдалану ерекшеліктері (пайдалану талаптары мен шектеулері)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z351" w:id="160"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z351" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> А бөлігі - Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z352" w:id="161"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z352" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы пайдалану ерекшеліктері "Пайдаланушыны авиациялық жұмыстарға рұқсат беру қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 30 қазандағы № 1024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12511 болып тіркелген) сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z353" w:id="162"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z353" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пайдаланушыға авиациялық жұмыстарды орындау үшін мынадай әуе кемелерін пайдалануға рұқсат беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18710,126 +19436,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкілетті ұйымның атауы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пайдаланушының атауы                                           Куәлік №</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z360" w:id="163"/>
+    <w:bookmarkStart w:name="z360" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пайдалану ерекшеліктері (пайдалану талаптары мен шектеулері)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z361" w:id="164"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z361" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> В бөлігі - Авиациялық жұмыстарды орындау бойынша рұқсаттар мен шектеулер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z362" w:id="165"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z362" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Пайдаланушының "_____" әуе кемелері Қазақстан Республикасының (уағдаласушы мемлекеттер) қолданыстағы нормативтік құқықтық актілері мен ұшу қағидаларына сәйкес авиациялық жұмыстарды орындауға дайын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z363" w:id="166"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z363" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұшуға: Қазақстан Республикасы аумағы шегінде және/немесе Қазақстан Республикасы аумағынан тыс жерлерде (мемлекет) рұқсат етілді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -19399,68 +20125,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z368" w:id="167"/>
+    <w:bookmarkStart w:name="z368" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Авиациялық жұмыстарды орындау құқығына куәлік беруден дәлелді бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстанның авиациялық әкімшілігі" АҚ Сіздің [өтініш берген күні] жылғы № [өтініш нөмірі] өтінішіңізді қарап, авиациялық жұмыстарды орындау құқығына куәлікті беруден бас тарту туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19606,55 +20332,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -19980,31 +20706,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>