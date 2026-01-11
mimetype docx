--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="92be498" w14:textId="92be498">
+    <w:p w14:paraId="287e3ce" w14:textId="287e3ce">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -20332,55 +20332,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>