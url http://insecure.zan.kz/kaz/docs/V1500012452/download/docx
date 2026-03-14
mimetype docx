--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c615bf0" w14:textId="c615bf0">
+    <w:p w14:paraId="08ba30c" w14:textId="08ba30c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,51 +103,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Инвестициялар және даму министрінің м.а. 2015 жылғы 10 қарашадағы № 1061 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 22 желтоқсанда № 12452 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" 2010 жылғы 15 шілдедегі Қазақстан Республикасы Заңының 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41-31) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -166,51 +271,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -229,230 +333,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Азаматтық әуе кемелерін пайдаланушыны сертификаттау және оған сертификат беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Инвестициялар және даму министрлігінің Азаматтық авиация комитеті (Б.К. Сейдахметов):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде оның көшірмелерін мерзімді баспа басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықты Қазақстан Республикасы Инвестициялар және даму министрлігінің интернет-ресурсында және мемлекеттік органдардың интранет-порталында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Инвестициялар және даму министрлігінің Заң департаментіне осы бұйрықтың 2-тармағының 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылауды өзіме қалдырамын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4 Осы бұйрық оның алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -829,184 +933,288 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1061 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Азаматтық әуе кемелерін пайдаланушыны сертификаттау және оған сертификат беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 23.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 541</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="10"/>
+    <w:bookmarkStart w:name="z98" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Азаматтық әуе кемелерін пайдаланушыны сертификаттау және оған сертификат беру қағидалары (бұдан әрі - Қағидалар) "Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы" 2010 жылғы 15 шілдедегі Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі - Заң) және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1025,70 +1233,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қағида сертификаттау және "Пайдаланушы сертификатын беру" мемлекеттік қызметті көрсетуді (бұдан әрі - мемлекеттік қызмет), сондай-ақ жолаушылардың, багаждың, жүктің және почта жөнелтілімдерінің коммерциялық тасымалдарын (әуе тасымалдарын) жүзеге асыратын авиакомпаниялардың азаматтық әуе кемелерін пайдаланушы сертификатын (бұдан әрі - пайдаланушы сертификаты) тоқтата тұру және кері қайтарып алу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1107,70 +1315,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік көрсетілетін қызметті азаматтық авиация саласындағы уәкілетті ұйым (бұдан әрі - уәкілетті ұйым) атқарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1189,90 +1397,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="14"/>
+    <w:bookmarkStart w:name="z102" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. Азаматтық әуе кемелерін пайдаланушы куәлігін беру үшін "Қазақстан Республикасының азаматтық авиациясы саласындағы төлемдерді алу қағидаларын бекіту туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің міндетін атқарушының 2023 жылғы 24 наурыздағы № 177 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен төлем алынады (Қазақстан Республикасының нормативтік құқықтық актілерінің мемлекеттік тізілімінде № 32120 болып тіркелді). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Азаматтық авиация саласындағы уәкілетті ұйымның ақылы көрсетілетін қызметтерінің тізбесін және азаматтық авиация саласындағы төлем мөлшерлемелерін бекіту туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2023 жылғы 17 наурыздағы № 167 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1346,71 +1554,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Халықаралық коммерциялық тасымалдау құқығын беретін пайдаланушы сертификатын алғаш рет алған авиакомпания Халықаралық азаматтық авиация ұйымында (бұдан әрі - ИКАО) тіркеледі. Авиакомпанияға үш әріптік код пен телефонның шартты түрде шақыру белгісі беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркеу уәкілетті ұйым ИКАО-ға жіберетін сұрау салу арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1446,91 +1750,187 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мемлекеттік қызметті көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесі Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі нысанында осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жазылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1549,70 +1949,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Сертификаттау мынадай тәртіпте жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтiнiмдi беру алдындағы кезең;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1659,90 +2059,204 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уәкілетті ұйымға өтініш берушіге сертификаттық тексеру жүргізуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шешім қабылдау және пайдаланушы сертификатын беру (беруден бас тарту).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сертификаттау мен пайдаланушы сертификатын берудің жалпы мерзімі – өтінім берілген сәттен бастап алпыс төрт жұмыс күні.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Қағидаларда мынадай терминдер мен анықтамалар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) азаматтық әуе кемелерiн пайдаланушының сертификаты - уәкілетті ұйым берген сертификаттау талаптарына және осы Қағидаларға сәйкестiгiн куәландыратын құжат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1757,316 +2271,720 @@
       2) өтінім – өтініш берушінің азаматтық әуе кемелерін пайдаланушының сертификатын алу үшін уәкілетті ұйымға жүгінуі (бұдан әрі - өтінім);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш беруші – азаматтық әуе кемелерін пайдаланушы сертификатын алу үшін уәкілетті ұйымға жүгінген Қазақстан Республикасының заңды тұлғасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...30 lines deleted...]
-        <w:t>;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-тармақты 3-1) тармақшамен толықтыру көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) сертификаттық тексеру – уәкілетті ұйымға жүзеге асыратын өтініш берушінің құралдарын, жабдықтарын, пайдалану рәсімдерін, технологиялық процестерін, құжаттамасын, ұйымдық құрылымын, әкімшілік, ұшу және жер бетіндегі персоналының құзыретін сертификаттық талаптарға сәйкестігіне және сәйкессіздіктер бар болған кезде – уәкілетті ұйымға бекіткен түзету іс-қимылдарының жоспарын (бұдан әрі - түзету іс-қимылдарының жоспары) орындауға (қолдануға) тексеру.</w:t>
+        <w:t xml:space="preserve">
+      4) сертификаттық талаптар – "Азаматтық әуе кемелерін пайдаланушыларға қойылатын сертификаттық талаптарды бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 24 ақпандағы № 153 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11459 болып тіркелген, 2015 жылғы 28 шілдеде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) әуе тасымалдарын, авиациялық жұмыстарды жүзеге асыратын азаматтық әуе кемелерінің пайдаланушыларына қойылатын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгеріс енгізілді – ҚР Индустрия және инфрақұрылымдық даму министрінің 23.04.2020 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) тармақшаны алып тастау көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сертификаттық тексеру – уәкілетті ұйымға жүзеге асыратын өтініш берушінің құралдарын, жабдықтарын, пайдалану рәсімдерін, технологиялық процестерін, құжаттамасын, ұйымдық құрылымын, әкімшілік, ұшу және жер бетіндегі персоналының құзыретін сертификаттық талаптарға сәйкестігіне және сәйкессіздіктер бар болған кезде – уәкілетті ұйымға бекіткен түзету іс-қимылдарының жоспарын (бұдан әрі - түзету іс-қимылдарының жоспары) орындауға (қолдануға) тексеру.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-тармақты 6) тармақшамен толықтыру көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармаққа өзгеріс енгізілді – ҚР Индустрия және инфрақұрылымдық даму министрінің 23.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 220</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi); 15.03.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 159</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Сертификаттауды жүргізу тәртібі және мемлекеттік қызмет көрсету</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 23.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Өтiнiмдi беру алдындағы кезең</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Өтiнiмдi алғашқы рет беру алдындағы кезең өтініш берушінің уәкілетті ұйымға пайдаланушының сертификатын алу ниеті туралы алдын ала жүгінуін көздейді, онда оған ұшулардың рұқсат етілген түріне, өтінімді қарастырған кезде қолданылатын рәсімдерге және өтініш беруші ұсынатын мәліметтерге қатысты толыққанды ақпарат беріледі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өз кезегінде, өтiнiш беруші алдын ала бағалау үшін пайдалануға жоспарланатын әуе кемелерінің түріне, оның ұшу қауіпсіздігін қамтамасыз ету үшін қаржы-экономикалық жағдайына және ұсынылатын тасымалдауларға сәйкес келетін маршруттардың құрылымына, тасымалдаулардың жоспарланатын рентабельдiгiне, бiлiктi персоналдың бар болуына, қажеттiлiктерге немесе сұранысқа ие және қоғам мүдделеріне жауап беретін қызмет көрсетудің деңгейіне қатысты ақпаратты ұсынады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="23"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      9. Өтiнiмдi алғашқы рет беру алдындағы кезең өтініш берушінің уәкілетті ұйымға пайдаланушының сертификатын алу ниеті туралы алдын ала жүгінуін көздейді, онда оған ұшулардың рұқсат етілген түріне, өтінімді қарастырған кезде қолданылатын рәсімдерге және өтініш беруші ұсынатын мәліметтерге қатысты толыққанды ақпарат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өз кезегінде, өтiнiш беруші алдын ала бағалау үшін пайдалануға жоспарланатын әуе кемелерінің түріне, оның ұшу қауіпсіздігін қамтамасыз ету үшін қаржы-экономикалық жағдайына және ұсынылатын тасымалдауларға сәйкес келетін маршруттардың құрылымына, тасымалдаулардың жоспарланатын рентабельдiгiне, бiлiктi персоналдың бар болуына, қажеттiлiктерге немесе сұранысқа ие және қоғам мүдделеріне жауап беретін қызмет көрсетудің деңгейіне қатысты ақпаратты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       9-1. Бастапқы сертификаттау кезінде өтініш беруші жоспарланып отырған қызметті жүзеге асыру және ұшу қауіпсіздігі мен авиациялық қауіпсіздікті қамтамасыз ету үшін авиация персоналын кәсіптік даярлауға, әуе кемелерінің ұшуға жарамдылығын қолдауға, жабдықтарды, құралдарды сатып алуға, еңбекке ақы төлеу қорына және өзге де шығыстарға қаржы ресурстарын бөлуді қамтитын қызметтің кеңейтілген қаржы-экономикалық жоспарын ұсынады. Қызметтің қаржы-экономикалық жоспарын пайдаланушы сертификатын алуға үміткер заңды тұлғаның меншік иесі (қатысушылары, акционерлері) бекітеді. Жеткілікті қаржы ресурстарының болуы өтініш берушінің банктік шотынан соңғы үш айдағы тиісті үзінді көшірмемен расталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2084,139 +3002,329 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...14 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+        <w:t>
+      10. Уәкілетті ұйым жүгінген күннен бастап он жұмыс күні мерзімінде өтініш берушіге алдын ала бағалау нәтижелері бойынша оң немесе теріс қорытынды туралы хабарлайды. Оң қорытынды пайдаланушыны сертификаттауға дайындауды бастау үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Өтінімді және құжаттарды беру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       11. Өтінім беруші ұшуларды орындауды бастаудың жоспарланған күніне дейін 60 (алпыс) жұмыс күні мерзімінде Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша пайдаланушы сертификатын алу үшін "электрондық үкіметтің" www.egov.kz (бұдан әрі - портал) веб-порталына өтінімді жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2234,91 +3342,187 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Өтінімге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген "Пайдаланушы сертификатын беру" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесінің (бұдан әрі – Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесі) 8-тармағында көрсетілген құжаттар қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті ұйым құжаттар мен мәліметтерді олар келіп түскен күні тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2390,71 +3594,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Кезекті пайдаланушы сертификатын алу үшін өтініш беруші өзгерістер болған және/немесе толықтырулар енгізілген мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесінің реттік нөмірі 8-жолда көрсетілген құжаттармен бірге өтінімді және азаматтық авиация саласындағы төлемдердің төленгенін растайтын құжаттарды береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2473,140 +3773,244 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Құжаттаманы бағалау және шешім қабылдау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Пайдаланушы сертификатын алуға арналған өтінім бойынша шешім" нысан бойынша тиісті шешім қабылдайды.</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      14. Порталға жүгінген кезде өтініш берушінің "жеке кабинетіне" мемлекеттік қызметке сұрау салуды қабылдау туралы мәртебе жолданады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уәкілетті ұйым құжаттарды келіп түскен күні тіркеуді жүзеге асырады, сонымен қатар ұсынылған құжаттарды қарайды, олар бойынша Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Пайдаланушы сертификатын алуға арналған өтінім бойынша шешім" нысан бойынша тиісті шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       Қараудың барынша ұзақ мерзімі жиырма жұмыс күнін құрайды, өтінім мен қоса берілген құжаттар Қағидалардың талаптарына сәйкессіздіктер анықталған жағдайда өтініш берушіге анықталған сәйкессіздіктерді жою мүмкіндігі беріледі, бұл ретте жою мерзімі он жұмыс күніне белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2629,90 +4033,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармағымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімде өтініш беруші анықталған сәйкессіздіктерді жоймаған жағдайда, өтініш берушіге бас тарту себептері көрсетіліп, өтінімді қараудан бас тарту туралы шешім жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2730,71 +4134,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Өтінім мен құжаттар Қағидалардың талаптарына сәйкес келген жағдайда, уәкілетті ұйым өтініш берушіге сертификаттық тексеру кезеңіне көшу туралы шешім жібереді және оны өткізу үшін 4 (төрт) жұмыс күні ішінде уәкілетті ұйымның авиация инспекторлары қатарынан Комиссия (бұдан әрі - Комиссия) құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2813,206 +4313,662 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Сертификаттық тексеруді өткізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Комиссия 10 (он) жұмыс күні ішінде өтініш берушіге сертификаттық тексеруді авиация инспекторлары үшін уәкілетті ұйым әзірлеген нұсқамалық материалды пайдалана отырып, пайдаланушының белгіленген сертификаттау талаптарына сәйкестігіне, оның ішінде ұшу қауіпсіздігін қамтамасыз ету үшін оның қаржы-экономикалық жағдайына жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Ұшу және жер бетіндегі қызметтерді тексеру қойылған міндеттерді шешу үшін авиация персоналының, жердегі құралдардың және жабдықтардың дайындық дәрежесін айқындау мақсатында жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте ғимараттар мен құрылыстардың тиісінше жабдықталғаны және олардың тікелей мақсаты бойынша пайдаланылуы тексеріліп, расталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Пайдаланушы сертификатын алғаш рет алған кезде өтініш берушіні сертификаттық тексеру мыналарды қосымша қамтиды: өтініш берушінің ұшуларға басшылық ету жүйесін көрсету, суға мәжбүрлі қонуды көрсетуге еліктеу, авариялық эвакуацияны көрсету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Сертификаттық тексеру нәтижелері бойынша Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша екі данада Сертификаттық тексеру актісі (бұдан әрі - Акт) жасалынады, онда өтініш беруші объектілерінің нақты жай-күйі, қорытындылар, ұсынымдар мен пайдаланушының сертификатын беру мүмкіндігі немесе мүмкін еместігі туралы қорытынды көрсетіледі. Актіге бір күннің ішінде Комиссияның мүшелері қол қояды және танысу үшін өтініш берушіге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Сертификаттық зерттеп-қарау кезінде анықталған сертификаттау талаптарына сәйкессіздіктер үш деңгейге бөлінеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-деңгей, 2-деңгей және 3-деңгей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3229,70 +5185,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Уәкілетті ұйым пайдаланушының жеке және заңды тұлғалардың ұшу қауіпсіздігін және авиациялық қауіпсіздікті қамтамасыз ету жөніндегі қызметін бақылау мен талдауды қамтитын тексеру немесе бақылау мен қадағалаудың өзге де нысандарын жүргізу арқылы жоспарда белгіленген мерзімдерде түзету іс-қимылдары жоспарын ұсынуын және (немесе) түзету іс-қимылдарының орындалуын бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұшу қауіпсіздігін және авиациялық қауіпсіздікті қамтамасыз ету жөніндегі жеке және заңды тұлғалардың қызметін бақылау және талдау, сондай-ақ авиациялық оқиғалар мен оқыс оқиғаларды тергеп-тексеру нәтижелері бойынша ұсынымдарды орындау мақсатында Заң талаптарына сәйкес уәкілетті ұйымның жеке және заңды тұлғалары ұсынған ақпарат, құжаттар мен материалдар негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3347,88 +5303,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Шешім қабылдау және пайдаланушы сертификатын беру (беруден бас тарту)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z43" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Пайдаланушы сертификатын беру үшін пайдаланушы сертификатын беру туралы қорытындысы бар сертификаттық зерттеп-қарау актісі негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уәкілетті ұйым 3 (үш) жұмыс күні мерзімінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3577,70 +5533,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="42"/>
+    <w:bookmarkStart w:name="z103" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-1. Пайдаланушы сертификаты қолданылу саласы мен мерзімі көрсетіліп, екі жыл мерзімге беріледі және басқа тұлғаға беруге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3659,90 +5615,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:bookmarkStart w:name="z44" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Уәкілетті ұйымның басшысының немесе оны алмастырушы тұлғаның қолымен және мөрімен расталған пайдаланушы сертификатының көшiрмесi және онымен байланысты пайдалану ерекшеліктерінің көшірмелері әуе кемесінің бортында болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z45" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Пайдаланушының сертификатын беруден бас тарту үшін Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесінің 9-тармағында көзделген жағдайларда пайдаланушының сертификатын беруден бас тарту туралы қорытындысы бар сертификаттық зерттеп-қарау тексеру актісі негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3761,90 +5717,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:bookmarkStart w:name="z46" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Уәкілетті ұйым пайдаланушы сертификатын беруден бас тарту туралы шешім қабылданған күннен бастап, мерзімі үш жұмыс күні ішінде өтініш берушіге жазбаша түрде дәлелді бас тартуды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z99" w:id="46"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z99" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26-1. Уәкілетті ұйым мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызметті көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер автоматты режимде мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3919,70 +5875,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="47"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Уәкілетті ұйымның әкімшілік актіні әкімшілік (сотқа дейінгі) тәртіппен қабылдауға байланысты әкімшілік әрекетіне (әрекетсіздігіне) шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган Қазақстан Республикасының заңнамасына сәйкес жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш берушінің шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4259,88 +6215,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="48"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Пайдаланушы сертификатын тоқтата тұру және қайтарып алу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z49" w:id="49"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Уәкілетті ұйым:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пайдаланушы сертификаттық талаптар мен шектеулерді сақтамаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4389,70 +6345,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген бірінші деңгейдегі немесе ұшулардың қауіпсіздігіне әсер ететін бұзушылықтар анықталған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) пайдаланушы жазбаша өтініш берген жағдайда, пайдаланушы сертификатының қолданылуын толық немесе ішінара шектейді, тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="50"/>
+    <w:bookmarkStart w:name="z101" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28-1. Азаматтық авиация саласындағы уәкілетті ұйым мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұсынылған құжаттарды бұрмалау арқылы пайдаланушы сертификатын алған, пайдаланушының сертификаттау талаптарына сәйкестігін қолдаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4597,70 +6553,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="51"/>
+    <w:bookmarkStart w:name="z50" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Заңның талаптарын бұзу дәрежесіне қарай, тұрақты қадағалау нәтижелері бойынша анықталған бұзушылықтар бірінші және екінші деңгейдегі бұзушылықтар болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заң талаптарын ұшу қауіпсіздігіне және авиациялық қауіпсіздікке тікелей қатер төндіретіндей елеулі бұзушылықтар бірінші деңгейдегі бұзушылықтарға жатады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4671,474 +6627,588 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірінші деңгейдегі бұзушылықтарға кірмейтін, Заң талаптарының барлық бұзушылығы екінші деңгейдегі бұзушылықтарға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірінші деңгейдегі бұзушылықтарға кірмейтін, Қазақстан Республикасының әуе кеңістігін пайдалану және авиация қызметі туралы Қазақстан Республикасының заңнамасында белгіленген талаптарды бұзудың барлығы екінші деңгейдегі бұзушылықтарға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="52"/>
+    <w:bookmarkStart w:name="z51" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Пайдаланушы коммерциялық әуе тасымалдарын алты айдан астам мерзімге тоқтатқан жағдайда, уәкілетті ұйым пайдаланушы сертификатын қайтарып алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті ұйым көрсетілген мерзім басталғанға дейін отыз жұмыс күні бұрын пайдаланушыға сертификатты кері қайтарып алу мүмкіндігі туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="53"/>
+    <w:bookmarkStart w:name="z52" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Осы Қағидалардың 28-тармағының 1), 2) және 3) тармақшаларында көрсетілген жағдайларда, уәкілетті ұйым пайдаланушының анықталған бұзушылықтарды жою сәтіне дейін тоқтата тұру себептерін көрсете отырып, пайдаланушы сертификатының қолданылуын тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инспекторлық ұйғарым берілген немесе тексеру нәтижелері туралы актімен танысқан күннен бастап он жұмыс күні мерзімде пайдаланушы уәкілетті ұйымға бұзушылықтарды жою бойынша түзету іс-қимылдарының жоспарын және бұзушылықтар жойылғаннан кейін жоспармен белгіленген мерзімдерде растайтын құжаттаманы қоса бере отырып, түзету іс-қимылдарының орындалуы туралы анықтаманы ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер пайдаланушы жоспарда белгіленген мерзімдерде пайдаланушы сертификатының қолданылуын тоқтата тұруға әкелген анықталған бұзушылықтарды жоймаса, уәкілетті ұйым пайдаланушы сертификатын қайтарып алады. Пайдаланушы сертификатының қолданылуын тоқтату осы Қағидалардың 28-тармағында көрсетілген барлық жағдайларда, алты айдан аспайтын мерзімде жүзеге асырылады, одан кейін уәкілетті ұйым пайдаланушының сертификатын кері қайтарып алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="54"/>
+    <w:bookmarkStart w:name="z53" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Пайдаланушы сертификатының қолданылуы тоқтатылған жағдайда уәкілетті ұйым пайдаланушы түзету әрекеттері жоспарының жоспарда белгіленген мерзімдерде орындалғаны туралы анықтаманы растайтын құжаттамамен бірге бергеннен және пайдаланушыны уәкілетті ұйым тексергеннен кейін оны қайта жаңартуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z54" w:id="55"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z54" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Уәкілетті ұйымғ пайдаланушы сертификатының қолданылуын қайта қалпына келтіру немесе қайта қалпына келтіруден бас тарту туралы шешімді тексеру аяқталған сәттен бастап, үш жұмыс күні мерзімде пайдаланушыға жазбаша нысанда хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z55" w:id="56"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z55" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Пайдаланушы сертификатының қолданылуы тоқтатыла тұрған немесе ол қайтарып алынған жағдайда, уәкілетті ұйым қабылданған шешім туралы пайдаланушыға және әуе қозғалысына қызмет көрсету органына дереу хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z56" w:id="57"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      35-тармақ жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Пайдаланушы сертификаты қайтарып алынған жағдайда, пайдаланушы сертификаттың түпнұсқасын уәкілетті ұйымға дереу қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z57" w:id="58"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Уәкілетті ұйым қайтарып алу туралы шешім қабылданған сәттен бастап он жұмыс күні мерзімде бұл туралы ИКАО-ға хабарлайды (халықаралық әуе тасымалдарын жүзеге асыратын пайдаланушы үшін).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z58" w:id="59"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z59" w:id="60"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Пайдаланушы сертификатына өзгерістер мен толықтырулар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пайдаланушының өтінімі бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пайдаланушыға жүргізілген тексеру нәтижелері бойынша уәкілетті ұйымның шешімі бойынша енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="61"/>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Пайдаланушы атауының, оның мәртебесінің, ведомстволық тиесілігінің өзгеруі (егер олар сертификаттау талаптарына сәйкессіздіктерге әкеп соқтырмайтын болса), әуе кемелерін пайдалануды тоқтатқан жағдайда, сондай-ақ пайдаланушы пайдаланғанмен бір типтегі әуе кемелерін меншікке, экипажсыз жалға алған жағдайда, пайдаланушы сертификатына тиісті өзгерістер енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z61" w:id="62"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Осы Қағидалардың 38-тармағында көрсетілген жағдайларда пайдаланушы уәкілетті ұйымға Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша пайдаланушы сертификатына өзгерістер мен толықтырулар енгізуге өтінімді жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z62" w:id="63"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Өтінімді алған сәттен бастап уәкілетті ұйым жиырма жұмыс күні ішінде ұсынылған құжаттарды қарастырады және пайдаланушының сертификатына тиісті өзгерістер мен толықтырулар енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z63" w:id="64"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Пайдаланушы бұрын өзі пайдаланбаған басқа типтегі әуе кемелерін меншікке, экипажсыз жалға алған жағдайда, уәкілетті ұйым өтінімді алған сәттен бастап отыз жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұсынылған құжаттарды қарайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) нәтижелері бойынша пайдаланушының пайдалану ерекшеліктеріне тиісті өзгерістер мен толықтырулар енгізілетін бөлігінде пайдаланушыға тексеруді жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="65"/>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Егер мәлімделген әуе кемесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы сертификаттық талаптарға сәйкессіздікті әкелетін болса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5169,70 +7239,186 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Пайдаланушы сертификатына өзгерістер мен толықтырулар енгізуге арналған құжаттардың тізбесіне сәйкес келмесе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мәлімделген әуе кемесі басқа пайдаланушының сертификаты немесе куәлігінің пайдалану ерекшеліктеріне енгізілсе, мәлімделген әуе кемесін пайдаланушы сертификатының пайдалану ерекшеліктеріне енгізуден бас тарту жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="66"/>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Уәкілетті ұйым мәлімделген әуе кемесін пайдаланушы сертификатына енгізуден бас тартқан жағдайда, өтініш берушіге өтінімді алған сәттен бастап он жұмыс күні мерзімде жазбаша түрде дәлелді бас тарту беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5324,68 +7510,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="67"/>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Пайдаланушы сертификатын беру" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 15.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5399,50 +7585,57 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Көлік министрінің 17.01.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7751,50 +9944,155 @@
               <w:t>
 порталдағы "жеке кабинеті", сондай-ақ мемлекеттік қызметтерді көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы қашықтықтан қол жеткізу режимінде мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметтерді көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефоны: 1414, 8 800 080 7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8133,68 +10431,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(көрсетілетін қызметті берушінің атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="68"/>
+    <w:bookmarkStart w:name="z69" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық немесе қағаз құжат нысанындағы пайдаланушы сертификатын (ПС) алуға өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің 23.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16020,68 +18318,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пайдаланушы сертификатын алуға арналған өтінім бойынша шешім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                         20__ жылғы "___" __________ № _____ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16472,68 +18770,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:bookmarkStart w:name="z81" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификаттық тексеру акті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________ 20__ жылғы "___" ______ № ________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16992,50 +19290,166 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
                         (тегі, аты, әкесінің аты                   (қолы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                         (бар болғанда), лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-қосымша жаңа редакцияда көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17194,68 +19608,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:bookmarkStart w:name="z83" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пайдаланушы сертификаты және пайдалану ерекшеліктері Қазақстан Республикасының Мемлекеттік Елтаңбасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17736,146 +20150,146 @@
               <w:t>
 Лауазымы: (тегі, аты, әкесінің аты (бар болғанда) қызметі және қолы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мордін орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:bookmarkStart w:name="z84" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уәкілетті ұйымның атауы Пайдалану ерекшеліктері  (пайдаланудағы талаптар мен шектеулер)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z85" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> А бөлігі - Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z86" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы пайдалану ерекшеліктері Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы ____________ № _______ бұйрығымен бекітілген Азаматтық әуе кемелерін пайдаланушыны сертификаттау және оған сертификат беру қағидаларына және Халықаралық азаматтық авиация туралы конвенцияға (Чикаго, 1944 ж.) 6-қосымшаға (I бөлім) сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z87" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Пайдаланушы "________" ұшуды орындауға даярланған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z88" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Пайдаланушы "________" коммерциялық әуе тасымалдарын орындау үшін мынадай өндірушілер мен модельдердің әуе кемелерін пайдалануға рұқсат етіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ішкі және (немесе) халықаралық әуе желілерінде ұшу үшін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18306,68 +20720,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                                   Мордін орны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні: 20__ ж. "___" __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:bookmarkStart w:name="z89" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уәкілетті ұйымның атауы Пайдалану ерекшеліктері  (пайдаланудағы талаптар мен шектеулер)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В бөлігі – Маршруттардағы рұқсаттар мен шектеулер (ұшақтар)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22003,68 +24417,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:bookmarkStart w:name="z90" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уәкілетті ұйымның атауы Пайдалану ерекшеліктері  (пайдаланудағы талаптар мен шектеулер)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В/1 бөлігі – Маршруттардағы рұқсаттар мен шектеулер (тікұшақтар)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -25514,50 +27928,155 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-қосымшаны алып тастау көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25792,68 +28311,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уәкілетті ұйымның </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лауазымды тұлғасына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пайдаланушы сертификатына өзгерістер мен толықтырулар енгізуге өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ___________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25988,50 +28507,166 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басшы ________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                               (лауазымы / қолы / күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-қосымшаны алып тастау көзделген - ҚР Көлік министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 450</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26125,144 +28760,144 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пайдаланушы сертификатына өзгерістер мен толықтырулар енгізуге арналған құжаттардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z95" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Әуе кемесін пайдаланушы сертификатына енгізген кезде өтініш беруші пайдаланушы сертификатына өзгерістер мен толықтырулар енгізуге өтінім мен бірге мынадай құжаттарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының міндетті сақтандыру түрлері туралы заңдарына сәйкес пайдаланушының оның қызметкерлері алдындағы азаматтық-құқықтық жауапкершілігін міндетті сақтандырудың сақтандыру полистерінің көшірмелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұшуды жүргізу жөніндегі нұсқауға, техникалық қызмет көрсетуді реттеу жөніндегі пайдаланушы нұсқауына, техникалық қызмет көрсету бағдарламасына, ең аз жабдықтардың тізбесіне (MEL) тиісті өзгерістер мен толықтырулар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Экипажсыз жалға алған әуе кемесін пайдаланушы сертификатына енгізген кезде өтініш беруші, осы тізбенің 1-тармағында көрсетілген құжаттарға қосымша мыналарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әуе кемесінің типі, моделі және сериялық нөмірі туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26291,70 +28926,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тіркелген мемлекеті, ұлттық және тіркеу белгілері туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әуе кемесін пайдалану бойынша бақылауға, техникалық қызмет көрсетуге және ұшу жарамдылығын сақтауға жауапты тараптар, сондай-ақ жалға алу мерзімі көрсетілген әуе кемесін экипажсыз жалға алу туралы шарттың көшірмесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жоғарыда көрсетілген құжаттардың барлық көшірмелері өтініш берушінің қолымен куәландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -26392,55 +29027,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>