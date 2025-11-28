--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="920a1b9" w14:textId="920a1b9">
+    <w:p w14:paraId="eb5f24a" w14:textId="eb5f24a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -124,53 +124,57 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      РҚАО-ның ескертпесі!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бұйрық 15.12.2015 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -403,62 +407,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық 2015 жылғы 15 желтоқсанынан бастап қолданысқа енгізіледі және ресми түрде жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -466,51 +471,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Министр</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1001,70 +1006,184 @@
         <w:t>
       4) тізбеге енгізілген тауарлар – баждардың төмендетілген мөлшерлемелері, сондай-ақ осындай мөлшерлемелердің мөлшері қолданылуы мүмкін, үшінші елдерден Қазақстан Республикасының аумағына әкелінген тауарлар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z37" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тауардың ілеспе құжаттары – "Қазақстан Республикасының Дүниежүзілік сауда ұйымына қосылуына байланысты Еуразиялық экономикалық одақтың кедендік аумағына тауарлардың жекелеген түрлерін әкелуді және олардың айналысының кейбір мәселелері туралы" Еуразиялық үкіметаралық кеңестің 2016 жылғы 12 тамыздағы № 5 Шешімімен бекітілген құжаттар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z38" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің м.а. 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 590</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Есепке алу жүйесі осы Нұсқаулықта Тізбеге енгізілген тауарлардың өткізілуін есепке алу жиынтығы деп түсіну, сондай-ақ ЕАЭО мүше мемлекеттердің өзара трансшекаралық саудасы шеңберінде ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарлардың мынадай түрінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ішкі тұтыну үшін шығарудың кедендік рәсіміне орналастырылатын тауарлар бойынша мемлекеттік кірістер органдарының (бұдан әрі – МКО) ақпараттық жүйесінде тіркеуге жататын Кеден одағы комиссиясының 2010 жылғы 20 мамырдағы №257 "Кеден декларацияларын және кеден декларациясының нысандарын толтыру жөніндегі нұсқаулық" шешімімен бекітілген (бұдан әрі – тауарларды декларациялау) тауарларға арналған декларацияларды есепке алу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1231,202 +1350,316 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аумақтық мемлекеттік кірістер органының тасымалдау құжаттарын куәландыруы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЕАЭО мүше басқа мемлекеттердің уәкілетті органдарына беру үшін есепке алу жүйесіндегі ақпараттарды өңдеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="17"/>
+    <w:bookmarkStart w:name="z39" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Өзара трансшекаралық саудасы шеңберінде жекелеген тауарларды, оларды өткізу кезінде есепке алу жүйесін ұйымдастыру жөніндегі тәртібі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z40" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тізбеге енгізілген тауарларды үшінші елдерден Қазақстан Республикасының аумағына әкелген кезде, олар бойынша баждардың төмендетілген мөлшерлемелері қолданылатын, Тізбеге енгізілген тауарлар бойынша тауарға арналған декларация жеке (тауарлардың жеке декларациясы) ресімделеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z40" w:id="18"/>
-[...15 lines deleted...]
-      4. Тізбеге енгізілген тауарларды үшінші елдерден Қазақстан Республикасының аумағына әкелген кезде, олар бойынша баждардың төмендетілген мөлшерлемелері қолданылатын, Тізбеге енгізілген тауарлар бойынша тауарға арналған декларация жеке (тауарлардың жеке декларациясы) ресімделеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Декларант ЕАЭО БКТ белгілеген кедендік әкелу бажының төмендетілген мөлшерлемелері қолданылған, Тізбеге енгізілген тауарларды және Тізбеге енгізілмеген тауарларды әкелген кезде декларациялауды тауарға арналған бір декларацияда жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Ішкі тұтыну үшін шығару кедендік рәсіміне орналастырылған, Тізбеге енгізілген тауарларды орналастырған кезде тауарлардың декларациясының тіркеу нөмірінің 3 элементінің бірінші саны мынадай тәртіпте толтырылуы тиіс:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Декларант ЕАЭО БКТ белгілеген кедендік әкелу бажының төмендетілген мөлшерлемелері қолданылған, Тізбеге енгізілген тауарларды және Тізбеге енгізілмеген тауарларды әкелген кезде декларациялауды тауарға арналған бір декларацияда жүргізеді.</w:t>
-[...36 lines deleted...]
-        <w:t>
       0 – ЕАЭО БКТ мөлшерлемелері қолданылған тауарларға қатысты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 – олар бойынша баждың төмендетілген мөлшерлемелері қолданылған тауарларға қатысты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің м.а. 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 590</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Тізбеге енгізілген тауарлар, сондай-ақ ЕАЭО СЭҚ ТН коды мен атауы Тізбеге енгізілген, ЕАЭО басқа мүше мемлекеттерге әкетілетін тауарлар туралы мәліметтердің тауарлар туралы ақпараттармен қатынасы көрсетілген тауарларды өткізу кезінде, "Электрондық шот-фактуралардың ақпараттық жүйесінде шот-фактураны электронды нысанда жазып беру қағидаларын және оның нысандарын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің бірінші орынбасары – Қазақстан Республикасы Қаржы министрінің 2019 жылғы 22 сәуірдегі № 370 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілер мемлекеттік тіркеу тізілімінде № 18583 болып тіркелген) электрондық шот фактурада (бұдан әрі – электрондық шот-фактура):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрондық шот-фактураның G бөлімінің 2-бағанында көрсетілген тауардың шығарылған жерінің белгісін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1643,70 +1876,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="21"/>
+    <w:bookmarkStart w:name="z12" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Салық төлеуші:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрын үшінші елдердің аумағынан Қазақстан Республикасының аумағына әкелінген, Тізбеге енгізілген тауарларды өткізген немесе өтеусіз берген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1905,51 +2138,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="22"/>
+    <w:bookmarkStart w:name="z13" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Қазақстан Республикасының аумағынан ЕАЭО басқа мүше мемлекеттің аумағына Тізбеге енгізілген тауарларды, сондай-ақ ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарларды әкету кезінде салық төлеуші МКО осы нұсқаулықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1984,51 +2217,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тауарға ілеспе құжаттарды куәландыру туралы өтінішті табыс етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МКО табыс етілген өтініштің негізінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2153,70 +2386,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МКО өтінішті табыс еткен күннен кейінгі күнтізбелік бір күннен кешіктірмей табыс етілген құжаттардың көшірмелерін куәландырады не оны куәландырудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы және ЕАЭО заңнама талаптарына сәйкес келмеген жағдайда құжаттар куәландыруға жатпайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="23"/>
+    <w:bookmarkStart w:name="z14" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Бұрын үшінші елден Қазақстан Республикасының аумағына әкелінген, Тізбеге енгізілген тауарларды Қазақстан Республикасының аумағынан ЕАЭО мүше мемлекеттердің аумағына әкеткен кезде МКО мөрімен куәландырылған электрондық шот-фактуралардың және тауарларға арналған декларациялардың көшірмелері тауарға ілеспе құжат болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық төлеуші аумақтық МКО тауарға арналған декларациялардың және электрондық шот-фактуралардың көшірмелерін тауарға ілеспе құжат ретінде растау туралы өтінішті осы Нұсқаулықтағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2303,70 +2536,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       МКО өтінішті табыс еткен күннен кейінгі күнтізбелік бір күннен кешіктірмей табыс етілген электрондық шот-фактуралар мен тауарларға арналған декларациялардың көшірмелерін куәландырады не куәландырудан бас тартады. Бас тарту осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="24"/>
+    <w:bookmarkStart w:name="z15" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген және бұрын ЕАЭО мүше мемлекеттен Қазақстан Республикасының аумағына әкелінген тауарларды Қазақстан Республикасының аумағынан ЕАЭО мүше мемлекеттің аумағына әкеткен кезде, МКО мөрімен куәландырылған, электрондық шот-фактуралардың көшірмелері және тауарларды әкелу және жанама салықты төлеу туралы өтініш тауарға ілеспе құжат болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық төлеуші аумақтық МКО электрондық шот-фактураның көшірмелерін және тауарларды әкелу және жанама салықты төлеу туралы өтінішті тауарға ілеспе құжат ретінде куәландыру туралы өтінішті табыс етіп, осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2453,70 +2686,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       МКО өтініш табыс етілген күннен кейінгі күнтізбелік бір күннен кешіктірмей, табыс етілген электрондық шот-фактуралардың көшірмелерін куәландырады не оларды куәландырудан бас тартады. Бас тарту осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="25"/>
+    <w:bookmarkStart w:name="z16" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген, Қазақстан Республикасының аумағында өндірілген тауарларды Қазақстан Республикасының аумағынан ЕАЭО мүше мемлекеттердің аумағына әкеткен кезде МКО мөрімен куәландырылған электрондық шот-фактуралардың көшірмелері тауарларға арналған ілеспе жүкқұжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық төлеуші аумақтық МКО-ға осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2683,70 +2916,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="26"/>
+    <w:bookmarkStart w:name="z17" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасының аумағынан Тізбеге енгізілген тауарларды, сондай-ақ ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарларды ЕАЭО басқа мүше мемлекеттердің аумағына әкеткен және Хаттама күшіне енгенге дейін әкелген (өндірген) кезде, МКО мөрімен куәландырылған тауарға ілеспе құжаттарының көшірмелері тауарға ілеспе құжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салық төлеуші МКО:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2837,70 +3070,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Тізбеге енгізілген, Хаттама күшіне енгенге дейін Қазақстан Республикасының аумағына әкелінген не Қазақстан Республикасының аумағында өндірілген тауарлар қалдығының барын растау мақсатында салықтық тексеру жүргізуге өтінішті табыс етеді. Өтінішті осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша табыс етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="27"/>
+    <w:bookmarkStart w:name="z18" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. МКО табыс еткен өтініштердің негізінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кедендік декларациялау Кеден одағының және (немесе) Қазақстан Республикасының кеден заңнамасына сәйкес жүргізілген, үшінші елдерден Қазақстан Республикасының аумағына Тізбеге енгізілген тауарларды әкелу фактісіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3021,70 +3254,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Салықтық тексерудің нәтижелері бойынша осы тармақта көрсетілген мәселелер расталмаған жағдайда, МКО тауарға ілеспе құжаттарын куәландырудан бас тартады. Бас тарту осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Осы Нұсқаулықтың 8, 9, 10, 11 және 13-тармақтарында көзделген жағдайларға сәйкес келмеген кезде электрондық шот-фактуралардың көшірмелері куәландырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3550,68 +3783,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бизнес-сәйкестендіру номері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20__ жылғы "___" ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="29"/>
+    <w:bookmarkStart w:name="z19" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тауарға арналған декларациялар мен электрондық шот-фактуралардың көшірмелерін тауарға ілеспе құжаттары ретінде куәландыру туралы өтініш  №____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Премьер-Министрінің Бірінші орынбасары – ҚР Қаржы министрінің 04.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3709,523 +3942,482 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тауарлардың декларациялары (ТД) мен электрондық шот- фактуралардың (ЭШФ) мынадай көшірмелерін тауарлардың ілеспе құжаты ретінде растауыңызды өтінем:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2736"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5028"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2736" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат көшірмесінің түрі (ТД немесе ЭШФ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ТД немесе ЭШФ құжатының тіркеу нөмірі (тиісінше)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2736" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2736" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2736" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5028" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Куәландырылған шот-фактураға түзетілген, қосымша шот-фактураларды жазу, тауарлардың декларациясына түзетулер берілген, сондай-ақ куәландырылған шот-фактура кері қайтарылған, күші жойылған жағдайда, электрондық шот-фактуралардың, тауарлар декларациясының алдында куәландырған көшірмелері қолдануға жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4557,68 +4749,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="30"/>
+    <w:bookmarkStart w:name="z20" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тауарлар арналған ілеспе жүкқұжаттарын куәландырудан бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда – ҚР Қаржы министрінің 06.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4716,523 +4908,482 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тауарларға арналған ілеспе жүкқұжаттарды куәландыру туралы Өтінішке қоса берілген мынадай көшірмелерді:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5830"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2713"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5830" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3757" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат көшірмесінің түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркеу нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5830" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3757" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5830" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3757" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5830" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3757" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2713" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тауарларға арналған ілеспе жүкқұжаттар ретінде куәландырудан бас тарту туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6872,68 +7023,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бизнес-сәйкестендіру номері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20__ жылғы "___" ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="31"/>
+    <w:bookmarkStart w:name="z21" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық шот-фактуралардың және тауарларды әкелу және жанама салықты төлеу туралы өтініштің көшірмелерін тауарға ілеспе құжаттар ретінде куәландыру туралы өтініш  №___</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда – ҚР Премьер-Министрінің Бірінші орынбасары – ҚР Қаржы министрінің 04.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7103,523 +7254,482 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өтінем</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1937"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4721"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5642" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжат көшірмесінің түрі (ЭШФ) және тауарларды әкелу және жанама салықты төлеу туралы өтініш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4721" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЭШТ тіркеу нөмірі және тауарларды әкелу және жанама салықты төлеу туралы өтініштің нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5642" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4721" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5642" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4721" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5642" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4721" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Куәландырылған шот-фактураға түзетілген, қосымша шот-фактураларды жазу, тауарларды әкелу және жанама салықты төлеу туралы өтінішті кері қайтарылған, сондай-ақ куәландырылған шот-фактура кері қайтарылған, күші жойылған жағдайда, электрондық шот-фактуралардың, тауарларды әкелу және жанама салықты төлеу туралы өтініштің алдында куәландырған көшірмелері қолдануға жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -8172,68 +8282,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">20__ жылғы "___" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="32"/>
+    <w:bookmarkStart w:name="z22" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық шот-фактуралардың көшірмелерін тауарларға арналған ілеспе жүкқұжаттар ретінде куәландыру туралы өтініш №___</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда – ҚР Қаржы министрінің 06.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8295,523 +8405,482 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тауарға ілеспе құжаттар ретінде СТ-1 немесе СТ-KZ нысанындағы тауардың шығарылуы туралы сертификаттары бар электрондық шот-фактуралардың (ЭШФ) мынадай ұсынылған көшірмелерін куәландыруды сұраймын:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2388"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8373"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2388" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЭШФ тіркеу нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8373" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СТ-1 немесе СТ-KZ нысанындағы тауардың шығарылуы туралы сертификатының нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2388" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8373" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2388" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8373" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2388" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1539" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8373" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Куәландырылған шот-фактураға түзетілген, қосымша шот-фактураларды жазу, сондай-ақ куәландырылған шот-фактура кері қайтарылған, күші жойылған жағдайда, электрондық шот-фактуралардың бұрын куәландырған көшірмелері қолдануға жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -9416,68 +9485,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20__ жылғы "___"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="33"/>
+    <w:bookmarkStart w:name="z23" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салықтық тексеру жүргізу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда – ҚР Қаржы министрінің 06.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>