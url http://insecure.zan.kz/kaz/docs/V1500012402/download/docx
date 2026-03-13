--- v1 (2025-11-28)
+++ v2 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eb5f24a" w14:textId="eb5f24a">
+    <w:p w14:paraId="64f9ae5" w14:textId="64f9ae5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1006,200 +1006,86 @@
         <w:t>
       4) тізбеге енгізілген тауарлар – баждардың төмендетілген мөлшерлемелері, сондай-ақ осындай мөлшерлемелердің мөлшері қолданылуы мүмкін, үшінші елдерден Қазақстан Республикасының аумағына әкелінген тауарлар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z37" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тауардың ілеспе құжаттары – "Қазақстан Республикасының Дүниежүзілік сауда ұйымына қосылуына байланысты Еуразиялық экономикалық одақтың кедендік аумағына тауарлардың жекелеген түрлерін әкелуді және олардың айналысының кейбір мәселелері туралы" Еуразиялық үкіметаралық кеңестің 2016 жылғы 12 тамыздағы № 5 Шешімімен бекітілген құжаттар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Есепке алу жүйесі осы Нұсқаулықта Тізбеге енгізілген тауарлардың өткізілуін есепке алу жиынтығы деп түсіну, сондай-ақ ЕАЭО мүше мемлекеттердің өзара трансшекаралық саудасы шеңберінде ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарлардың мынадай түрінде:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-      ішкі тұтыну үшін шығарудың кедендік рәсіміне орналастырылатын тауарлар бойынша мемлекеттік кірістер органдарының (бұдан әрі – МКО) ақпараттық жүйесінде тіркеуге жататын Кеден одағы комиссиясының 2010 жылғы 20 мамырдағы №257 "Кеден декларацияларын және кеден декларациясының нысандарын толтыру жөніндегі нұсқаулық" шешімімен бекітілген (бұдан әрі – тауарларды декларациялау) тауарларға арналған декларацияларды есепке алу; </w:t>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ішкі тұтыну үшін шығарудың кедендік рәсіміне орналастырылатын тауарлар бойынша мемлекеттік кірістер органдарының (бұдан әрі – МКО) ақпараттық жүйесінде тіркеуге жататын "Тауарларға арналған декларацияның нысаны және оны толтыру тәртібі туралы" Кеден одағы комиссиясының 2010 жылғы 20 мамырдағы №257 шешімімен бекітілген (бұдан әрі – тауарларға арналған декларация) тауарларға арналған декларацияларды есепке алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электрондық шот-фактуралардың ақпараттық жүйесінде (бұдан әрі – ЭШФ АЖ) жазып беруге және тіркеуге жататын электрондық шот-фактураларды тауарға ілеспе құжат ретінде есепке алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1350,839 +1236,807 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес аумақтық мемлекеттік кірістер органының тасымалдау құжаттарын куәландыруы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЕАЭО мүше басқа мемлекеттердің уәкілетті органдарына беру үшін есепке алу жүйесіндегі ақпараттарды өңдеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Қаржы министрінің м.а. 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 590</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Өзара трансшекаралық саудасы шеңберінде жекелеген тауарларды, оларды өткізу кезінде есепке алу жүйесін ұйымдастыру жөніндегі тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z40" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z40" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тізбеге енгізілген тауарларды үшінші елдерден Қазақстан Республикасының аумағына әкелген кезде, олар бойынша баждардың төмендетілген мөлшерлемелері қолданылатын, Тізбеге енгізілген тауарлар бойынша тауарға арналған декларация жеке (тауарлардың жеке декларациясы) ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Декларант ЕАЭО БКТ белгілеген кедендік әкелу бажының төмендетілген мөлшерлемелері қолданылған, Тізбеге енгізілген тауарларды және Тізбеге енгізілмеген тауарларды әкелген кезде декларациялауды тауарға арналған бір декларацияда жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="18"/>
+    <w:bookmarkStart w:name="z10" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ішкі тұтыну үшін шығару кедендік рәсіміне орналастырылған, Тізбеге енгізілген тауарларды орналастырған кезде тауарлардың декларациясының тіркеу нөмірінің 3 элементінің бірінші саны мынадай тәртіпте толтырылуы тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       0 – ЕАЭО БКТ мөлшерлемелері қолданылған тауарларға қатысты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 – олар бойынша баждың төмендетілген мөлшерлемелері қолданылған тауарларға қатысты.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z11" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тізбеге енгізілген тауарлар, сондай-ақ ЕАЭО СЭҚ ТН коды мен атауы Тізбеге енгізілген, ЕАЭО басқа мүше мемлекеттерге әкетілетін тауарлар туралы мәліметтердің тауарлар туралы ақпараттармен қатынасы көрсетілген тауарларды өткізу кезінде Қазақстан Республикасы Салық кодексінің ережелерін ескере отырып уәкілетті орган айқындаған тәртіппен және нысан бойынша жазып берілетін электрондық шот-фактурада:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық шот-фактураның G бөлімінің 2-бағанында көрсетілген тауардың шығарылған жерінің белгісін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші елден әкелінген тауарларды өткізген жағдайда – тауарға арналған декларацияның тіркеу нөмірін және декларацияланатын тауардың реттік нөмірін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші елден әкелінген тауарларды өткізген жағдайда – тауарға арналған декларацияның 32-жолында көрсетілген тауардың реттік нөмірін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрын ЕАЭО мүше мемлекеттен Қазақстан Республикасының аумағына әкелінген тауарларды өткізген жағдайда – тауарларды әкелу және жанама салықты төлеу туралы өтініштің нөмірі, 2009 жылғы 11 желтоқсанда қол қойылған Еуразиялық экономикалық одаққа мүше мемлекеттердің салық органдары арасында жанама салықтардың төленген сомалары туралы ақпараттарды электрондық түрде алмасу туралы хаттамамен бекітілген (бұдан әрі – тауарларды әкелу және жанама салықты төлеу туралы өтініш) тауарларды әкелу және жанама салықтарды төлеу туралы өтініштің нөмірін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрын ЕАЭО мүше мемлекеттен Қазақстан Республикасының аумағына әкелінген тауарларды өткізген жағдайда – тауарларды әкелу және жанама салықты төлеу туралы өтініштің 1-бағанында көрсетілген тауардың реттік нөмірін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында өндірілген тауарды өткізген жағдайда – СТ-1 немесе СТ-KZ нысанындағы тауардың шығарылу сертификатының тіркеу нөмірін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аумағына тауар әкетілетін ЕАЭО мүше мемлекеттің әріптік кодын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕАЭО мүше мемлекеттің аумағына тауарды әкеткен жағдайда – межелі пунктті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауардың атауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕАЭО СЭҚ ТН кодын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      санының (көлемінің) өлшем бірлігін көрсете отырып, тауарлардың санын (көлемін) көрсету арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржы министрінің м.а. 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 590</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Салық төлеуші:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрын үшінші елдердің аумағынан Қазақстан Республикасының аумағына әкелінген, Тізбеге енгізілген тауарларды өткізген немесе өтеусіз берген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕАЭО мүше мемлекеттердің аумағынан Қазақстан Республикасының аумағына әкелінген, ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарларды өткізген немесе өтеусіз берген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аумағында өндірілген, ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарларды өткізген немесе өтеусіз берген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      импорт кезінде ЕАЭО БКТ баждарының ставкаларымен салыстырғанда кедендік әкелу баждарының неғұрлым төмен ставкалары қолданылатын, Тізбеден алынып тасталған тауарларды өткізген немесе өтеусіз берген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір заңды тұлға шегінде тауардың берілуіне байланысты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрын үшінші елдердің аумағынан Қазақстан Республикасының аумағына әкелінген, Тізбеге енгізілген тауарларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрын ЕАЭО мүше мемлекеттердің аумағынан Қазақстан Республикасының аумағына әкелінген, ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарларды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аумағында өндірілген, ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарларды Қазақстан Республикасының аумағынан ЕАЭО мүше мемлекеттердің аумағына әкеткен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының аумағынан ЕАЭО мүше басқа мемлекеттің аумағына ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарларды уақытша әкеткен кезде электрондық шот-фактураны жазып береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте аталған әкету Қазақстан Республикасының салық заңнамасында айқындалған өткізу бойынша айналымға енгізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің м.а. 10.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Қаржы министрінің 06.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 590</w:t>
+        <w:t>№ 905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...559 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="20"/>
+    <w:bookmarkStart w:name="z13" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Қазақстан Республикасының аумағынан ЕАЭО басқа мүше мемлекеттің аумағына Тізбеге енгізілген тауарларды, сондай-ақ ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарларды әкету кезінде салық төлеуші МКО осы нұсқаулықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2217,51 +2071,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тауарға ілеспе құжаттарды куәландыру туралы өтінішті табыс етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МКО табыс етілген өтініштің негізінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2386,70 +2240,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МКО өтінішті табыс еткен күннен кейінгі күнтізбелік бір күннен кешіктірмей табыс етілген құжаттардың көшірмелерін куәландырады не оны куәландырудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы және ЕАЭО заңнама талаптарына сәйкес келмеген жағдайда құжаттар куәландыруға жатпайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="21"/>
+    <w:bookmarkStart w:name="z14" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Бұрын үшінші елден Қазақстан Республикасының аумағына әкелінген, Тізбеге енгізілген тауарларды Қазақстан Республикасының аумағынан ЕАЭО мүше мемлекеттердің аумағына әкеткен кезде МКО мөрімен куәландырылған электрондық шот-фактуралардың және тауарларға арналған декларациялардың көшірмелері тауарға ілеспе құжат болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық төлеуші аумақтық МКО тауарға арналған декларациялардың және электрондық шот-фактуралардың көшірмелерін тауарға ілеспе құжат ретінде растау туралы өтінішті осы Нұсқаулықтағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2536,70 +2390,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       МКО өтінішті табыс еткен күннен кейінгі күнтізбелік бір күннен кешіктірмей табыс етілген электрондық шот-фактуралар мен тауарларға арналған декларациялардың көшірмелерін куәландырады не куәландырудан бас тартады. Бас тарту осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="22"/>
+    <w:bookmarkStart w:name="z15" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген және бұрын ЕАЭО мүше мемлекеттен Қазақстан Республикасының аумағына әкелінген тауарларды Қазақстан Республикасының аумағынан ЕАЭО мүше мемлекеттің аумағына әкеткен кезде, МКО мөрімен куәландырылған, электрондық шот-фактуралардың көшірмелері және тауарларды әкелу және жанама салықты төлеу туралы өтініш тауарға ілеспе құжат болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық төлеуші аумақтық МКО электрондық шот-фактураның көшірмелерін және тауарларды әкелу және жанама салықты төлеу туралы өтінішті тауарға ілеспе құжат ретінде куәландыру туралы өтінішті табыс етіп, осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2686,70 +2540,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       МКО өтініш табыс етілген күннен кейінгі күнтізбелік бір күннен кешіктірмей, табыс етілген электрондық шот-фактуралардың көшірмелерін куәландырады не оларды куәландырудан бас тартады. Бас тарту осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="23"/>
+    <w:bookmarkStart w:name="z16" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген, Қазақстан Республикасының аумағында өндірілген тауарларды Қазақстан Республикасының аумағынан ЕАЭО мүше мемлекеттердің аумағына әкеткен кезде МКО мөрімен куәландырылған электрондық шот-фактуралардың көшірмелері тауарларға арналған ілеспе жүкқұжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық төлеуші аумақтық МКО-ға осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2916,70 +2770,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="24"/>
+    <w:bookmarkStart w:name="z17" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасының аумағынан Тізбеге енгізілген тауарларды, сондай-ақ ЕАЭО СЭҚ ТН коды және атауы Тізбеге енгізілген тауарларды ЕАЭО басқа мүше мемлекеттердің аумағына әкеткен және Хаттама күшіне енгенге дейін әкелген (өндірген) кезде, МКО мөрімен куәландырылған тауарға ілеспе құжаттарының көшірмелері тауарға ілеспе құжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салық төлеуші МКО:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3046,94 +2900,74 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандардың біреуі бойынша тауарға ілеспе құжаттар ретінде растау туралы өтінішті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="25"/>
+        <w:t>
+      Тізбеге енгізілген, Хаттама күшіне енгенге дейін Қазақстан Республикасының аумағына әкелінген не Қазақстан Республикасының аумағында өндірілген тауарлар қалдығының барын растау мақсатында салықтық тексеру жүргізуге өтінішті табыс етеді. Өтінішті осы Нұсқаулыққа 5-қосымшаға сәйкес нысан бойынша табыс етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. МКО табыс еткен өтініштердің негізінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кедендік декларациялау Кеден одағының және (немесе) Қазақстан Республикасының кеден заңнамасына сәйкес жүргізілген, үшінші елдерден Қазақстан Республикасының аумағына Тізбеге енгізілген тауарларды әкелу фактісіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3254,70 +3088,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Салықтық тексерудің нәтижелері бойынша осы тармақта көрсетілген мәселелер расталмаған жағдайда, МКО тауарға ілеспе құжаттарын куәландырудан бас тартады. Бас тарту осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Осы Нұсқаулықтың 8, 9, 10, 11 және 13-тармақтарында көзделген жағдайларға сәйкес келмеген кезде электрондық шот-фактуралардың көшірмелері куәландырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3783,68 +3617,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бизнес-сәйкестендіру номері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20__ жылғы "___" ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="27"/>
+    <w:bookmarkStart w:name="z19" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тауарға арналған декларациялар мен электрондық шот-фактуралардың көшірмелерін тауарға ілеспе құжаттары ретінде куәландыру туралы өтініш  №____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Премьер-Министрінің Бірінші орынбасары – ҚР Қаржы министрінің 04.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4749,68 +4583,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="28"/>
+    <w:bookmarkStart w:name="z20" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тауарлар арналған ілеспе жүкқұжаттарын куәландырудан бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда – ҚР Қаржы министрінің 06.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7023,68 +6857,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бизнес-сәйкестендіру номері</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20__ жылғы "___" ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="29"/>
+    <w:bookmarkStart w:name="z21" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық шот-фактуралардың және тауарларды әкелу және жанама салықты төлеу туралы өтініштің көшірмелерін тауарға ілеспе құжаттар ретінде куәландыру туралы өтініш  №___</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда – ҚР Премьер-Министрінің Бірінші орынбасары – ҚР Қаржы министрінің 04.05.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8282,68 +8116,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">20__ жылғы "___" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="30"/>
+    <w:bookmarkStart w:name="z22" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электрондық шот-фактуралардың көшірмелерін тауарларға арналған ілеспе жүкқұжаттар ретінде куәландыру туралы өтініш №___</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда – ҚР Қаржы министрінің 06.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9485,68 +9319,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20__ жылғы "___"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="31"/>
+    <w:bookmarkStart w:name="z23" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салықтық тексеру жүргізу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда – ҚР Қаржы министрінің 06.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9816,55 +9650,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>