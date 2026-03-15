--- v0 (2025-11-13)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7386b5c" w14:textId="7386b5c">
+    <w:p w14:paraId="876350f" w14:textId="876350f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3690,203 +3690,147 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      25. Тізбенің 9-тармағында көзделген негіздер болған кезде көрсетілетін қызметті берушінің орындаушысы көрсетілетін қызметті алушыны мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабардар етеді.</w:t>
+        <w:t xml:space="preserve">
+      25. Тізбенің 9-тармағында көзделген негіздер болған кезде көрсетілетін қызметті берушінің орындаушысы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша субсидия тағайындаудан бас тарту туралы хабарлама жіберу тәсілімен мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
-[...74 lines deleted...]
-        <w:t>
       Көрсетілетін қызметті берушінің орындаушысы мемлекеттік қызмет көрсету нәтижесінің жобасын көрсетілетін қызметті берушінің басшысына немесе оның міндетін атқарушыға басшының жетекшілік ететін орынбасарының және (немесе) көрсетілетін қызметті берушінің құрылымдық бөлімшесі басшысының келісімі бойынша жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті берушінің басшысы немесе оның міндетін атқарушының ЭЦҚ қол қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-тармаққа өзгеріс енгізілді - ҚР Көлік министрінің м.а. 10.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 403</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Көлік министрінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -10864,51 +10808,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Маршрут атауы не нөмірі*, сондай-ақ осы маршрутқа қызмет көрсететін тасымал даушының атауы</w:t>
+              <w:t xml:space="preserve">Маршрут атауы не нөмірі*, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ осы маршрутқа қызмет көрсететін тасымал даушының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10956,357 +10910,397 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қағидалар дың 7-тармағына сәйкес маршрутқа тариф бойынша есептеулер ұсынылған </w:t>
+              <w:t xml:space="preserve">Қағидалар дың 7-тармағына </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>күні (күні: күн, ай, жыл)</w:t>
+              <w:t>сәйкес маршрутқа тариф бойынша есептеулер ұсынылған күні (күні: күн, ай, жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Маршрутқа тариф бойынша есептеулерді себепті көрсете отырып қайта </w:t>
+              <w:t xml:space="preserve">Маршрутқа тариф бойынша </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пысықтауға жіберілген күні (күні: күн, ай, жыл)</w:t>
+              <w:t>есептеулерді себепті көрсете отырып қайта пысықтауға жіберілген күні (күні: күн, ай, жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әлеуметтік маңызы бар қатынастар тізбесін жасау күні (күні: күн, ай, жыл)</w:t>
+              <w:t xml:space="preserve">Әлеуметтік маңызы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар қатынастар тізбесін жасау күні (күні: күн, ай, жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Комиссия жұмысының нәтижелері бойынша тарифті белгілеу күні (күні: күн, ай, жыл)</w:t>
+              <w:t>Комиссия жұмысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ның нәтижелері бойынша тарифті белгілеу күні (күні: күн, ай, жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бюджеттік өтінімді әзірлеу күні (күні: күн, ай, жыл)</w:t>
+              <w:t xml:space="preserve">Бюджеттік өтінімді әзірлеу </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күні (күні: күн, ай, жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бюджетті бекіту күні (күні: күн, ай, жыл)</w:t>
+              <w:t xml:space="preserve">Бюджетті бекіту күні </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(күні: күн, ай, жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әлеуметтік маңызы бар субсидияла натын қатынастар бойынша үш жыл</w:t>
+              <w:t xml:space="preserve">Әлеуметтік маңызы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дық кезеңге сомманы бекіту күні (күні: күн, ай, жыл)</w:t>
+              <w:t>бар субсидияла натын қатынастар бойынша үш жылдық кезеңге сомманы бекіту күні (күні: күн, ай, жыл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27431,55 +27425,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>