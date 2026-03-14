--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eb9243d" w14:textId="eb9243d">
+    <w:p w14:paraId="ca54e4f" w14:textId="ca54e4f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,106 +76,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Ұлттық ұланын автоматтандыру техникасымен және мүлікімен жабдықтау заттай нормаларын бекіту туралы</w:t>
+        <w:t>Қазақстан Республикасының Ұлттық ұланын ақпараттандыру объектілерімен және ақпараттық-коммуникациялық технологиялар құралдарымен жабдықтаудың заттай нормаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 9 қазандағы № 829 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 12 қарашада № 12277 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Ішкі істер министрінің 27.08.2025 </w:t>
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Ішкі істер министрінің 19.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 637</w:t>
+        <w:t>№ 112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -252,100 +252,100 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған Қазақстан Республикасының Ұлттық ұланын автоматтандыру техникасымен және мүлікімен жабдықтау заттай нормалары бекітілсін.</w:t>
+      1. Қоса беріліп отырған Қазақстан Республикасының Ұлттық ұланын ақпараттандыру объектілерімен және ақпараттық-коммуникациялық технологиялар құралдарымен жабдықтаудың заттай нормалары бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 27.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 19.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 637</w:t>
+        <w:t>№ 112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -829,90 +829,110 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының Ұлттық ұланын автоматтандыру техникасымен және мүлкімен жабдықтау заттай нормалары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Ұлттық ұланын ақпараттандыру объектілерімен және ақпараттық-коммуникациялық технологиялар құралдарымен жабдықтаудың заттай нормалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Жабдықтау нормаларына өзгеріс енгізілді – ҚР Ішкі істер министрінің 27.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 637</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-тарау. Есептеу және ұйымдастыру техникасы құралдарымен жабдықтау заттай нормасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -1961,87 +1981,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҰҰБҚ, ӨңҚ, құрама, бригада, ә/б, ӘОО, ӘММ, ЖОБ қолбасшылығының (бірінші басшы және оның орынбасарлары) бір штаттық бірлігіне; басқарма бастықтары және оның орынбасарларына; бөлім, қызмет, ҰҰ мекемелері орталығының бастықтарына; сондай-ақ автоматандыру, мемлекеттік сатып алу, баспасөз қызметі, редакция, бейнестудия мамандарына және ҰҰБҚ бойынша, ӨңҚ бойынша жедел кезекшілеріне, құрама бойынша, бригада бойынша, ә/б бойынша, ӘОО бойынша кезекшілерінің бір лауазымды тұлғасына</w:t>
+ҰҰБҚ, ӨңҚ, құрама, бригада, ә/б, ӘОО, ӘММ, ЖОБ қолбасшылығының (бірінші басшы және оның орынбасарлары) бір штаттық бірлігіне; басқарма бастықтары және оның орынбасарларына; бөлім, қызмет, ҰҰ мекемелері орталығының бастықтарына; сондай-ақ цифрландыру, мемлекеттік сатып алу, баспасөз қызметі, редакция, бейнестудия мамандарына және ҰҰБҚ бойынша, ӨңҚ бойынша жедел кезекшілеріне, құрама бойынша, бригада бойынша, ә/б бойынша, ӘОО бойынша кезекшілерінің бір лауазымды тұлғасына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бұл жедел ақпартты іздеуге, айырбастауға және жинауға әрі мемлекеттік сатып алу порталында, интернет желісіндегі электронды почтада жұмыс жасауға арналған аппараттық және бағдарламалық құралдар кешені (дербес компьютер; моноблок; жіңішке клиент)</w:t>
+бұл жедел ақпаратты іздеуге, айырбастауға және жинауға әрі мемлекеттік сатып алу порталында, интернет желісіндегі электронды поштада жұмыс жасауға арналған аппараттық және бағдарламалық құралдар кешені (дербес компьютер; моноблок; жіңішке клиент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2218,87 +2238,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҰҰБҚ, ӨңҚ, құрама, бригада, ә/б, ӘОО, ӘММ, ЖОБ қолбасшылығының (бірінші басшы және оның орынбасарлары) бір штаттық бірлігіне; басқарма бастықтары мен оның орынбасарларына; кафедра, бөлім, қызмет, ҰҰ мекемелері орталығының бастықтарына; автоматтандыру мамандарына; арнайы мақсаттағы бөлімшелердің офицерлік құрамдағы әскери қызметшілеріне; дивизион, батальон, батарея, рота, взвод қолбасшылығының бір штаттық бірлігіне; жиынтық жасақ, әскери жедел резерв (топ), ансанбль, клуб, бейнестудия, редакция жетекшілерінің бір штаттық бірлігіне; ҰҰБҚ бойынша, ӨңҚ бойынша жедел кезекші және оның көмекшілерінің, құрама бойынша, бригада бойынша, ә/б бойынша, ӘОО бойынша, ЖОБ бойынша кезекшілер мен олардың көмекшілерінің бір лауазымды тұлғасына</w:t>
+ҰҰБҚ, ӨңҚ, құрама, бригада, ә/б, ӘОО, ӘММ, ЖОБ қолбасшылығының (бірінші басшы және оның орынбасарлары) бір штаттық бірлігіне; басқарма бастықтары мен оның орынбасарларына; кафедра, бөлім, қызмет, ҰҰ мекемелері орталығының бастықтарына; цифрландыру мамандарына; арнайы мақсаттағы бөлімшелердің офицерлік құрамдағы әскери қызметшілеріне; дивизион, батальон, батарея, рота, взвод қолбасшылығының бір штаттық бірлігіне; жиынтық жасақ, әскери жедел резерв (топ), ансамбль, клуб, бейнестудия, редакция жетекшілерінің бір штаттық бірлігіне; ҰҰБҚ бойынша, ӨңҚ бойынша жедел кезекші және оның көмекшілерінің, құрама бойынша, бригада бойынша, ә/б бойынша, ӘОО бойынша, ЖОБ бойынша кезекшілер мен олардың көмекшілерінің бір лауазымды тұлғасына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бұл ҰҰ ақпараттық жүйелерінде, электронды почтада, басқа да мемлекеттік органдардың әртүрлі сервистерінде, электрондық почтамен жұмыс жасауға және өзінің жұмыс орнынан тыс қызметтік -жауынгерлік және оқу үдерісінің басқа да міндеттерін орындауға арналған аппараттық және бағдарламалық құралдар кешені</w:t>
+бұл ҰҰ ақпараттық жүйелерінде, электронды поштада, басқа да мемлекеттік органдардың әртүрлі сервистерінде, электрондық почтамен жұмыс жасауға және өзінің жұмыс орнынан тыс қызметтік-жауынгерлік және оқу үдерісінің басқа да міндеттерін орындауға арналған аппараттық және бағдарламалық құралдар кешені</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2517,51 +2537,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҰҰБҚ, ӨңҚ, құрама, бригада, ә/б, ӘОО, ӘММ, ЖОБ қолбасшылығының (бірінші басшы және оның орынбасарлары) бір штаттық бірлігіне және автоматандыру мамандарына</w:t>
+ҰҰБҚ, ӨңҚ, құрама, бригада, ә/б, ӘОО, ӘММ, ЖОБ қолбасшылығының (бірінші басшы және оның орынбасарлары) бір штаттық бірлігіне және цифрландыру мамандарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3031,51 +3051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-автоматтандыру және бейнестудиядың бір бөлімшесіне (басқарма, бөлім, бөлімше, қызмет, орталық, топ) бірден және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда), сондай-ақ қойма, сақтау базасының бастықтарына</w:t>
+цифрландыру және бейнестудиядың бір бөлімшесіне (басқарма, бөлім, бөлімше, қызмет, орталық, топ) бірден және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда), сондай-ақ қойма, сақтау базасының бастықтарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4591,87 +4611,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бір автоматтандыру бөлімшесіне (басқарма, бөлім, бөлімше, қызмет, орталық, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда), сондай-ақ қойма, сақтау базасының бастықтарына</w:t>
+Бір цифрландыру бөлімшесіне (басқарма, бөлім, бөлімше, қызмет, орталық, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда), сондай-ақ қойма, сақтау базасының бастықтарына</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-құрылғыға түсірілген таңбаларды оқитын және құрылғы туралы ақпартты көрсететін немесе осы ақпаратты компьютерге беретін құрылғы</w:t>
+құрылғыға түсірілген таңбаларды оқитын және құрылғы туралы ақпарfтты көрсететін немесе осы ақпаратты компьютерге беретін құрылғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5619,51 +5639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-ҰҰБҚ, ӨңҚ, құрама, бригада қолбасшылығының (бірінші басшы және оның орынбасарлары), ә/б командирлерінің бір штаттық бірлігіне, ӘОО, ӘММ бастығы мен бірінші орынбасарына; бір басқармаға, кафедраға, ҰҰ мекемесіне; бір автоматандыру бөлімшесіне (бөлім, бөлімше, қызмет, орталық, топ) және бір арнайы мақсаттағы бөлімшеге (орталық, жасақ, жеке бөлімше) </w:t>
+ ҰҰБҚ, ӨңҚ, құрама, бригада қолбасшылығының (бірінші басшы және оның орынбасарлары), ә/б командирлерінің бір штаттық бірлігіне, ӘОО, ӘММ бастығы мен бірінші орынбасарына; бір басқармаға, кафедраға, ҰҰ мекемесіне; бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, орталық, топ) және бір арнайы мақсаттағы бөлімшеге (орталық, жасақ, жеке бөлімше) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6647,87 +6667,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (басқарма, бөлім, бөлімше, қызмет, орталық, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (басқарма, бөлім, бөлімше, қызмет, орталық, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-қағаздарды жолақтап немесе майдалап турауға арналған </w:t>
+ қағаздарды жолақтап немесе майдалап турауға арналған </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7460,51 +7480,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7717,51 +7737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-автоматтандырудың бір бөлімшесіне (бөлім, бөлімше, қызмет, топ) бірден және әскери бөлімдегі бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+цифрландырудың бір бөлімшесіне (бөлім, бөлімше, қызмет, топ) бірден және әскери бөлімдегі бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7974,51 +7994,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8386,51 +8406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Ақпарат тасығыштарды сақтауға арналған металл шкаф (жәшік, сейф) </w:t>
+ Ақпарат тасығыштарды сақтауға арналған металл шкаф (жәшік, сейф) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8530,51 +8550,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-автоматтандыру мамандарының бір штаттық бірлігіне және бір серверлік үй-жайға </w:t>
+цифрландыру мамандарының бір штаттық бірлігіне және бір серверлік үй-жайға </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8787,51 +8807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9044,51 +9064,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9301,51 +9321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9558,51 +9578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9815,51 +9835,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10072,51 +10092,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10329,51 +10349,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10586,51 +10606,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10843,51 +10863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11100,51 +11120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11375,87 +11395,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б бір цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-автоматтандыру үй-жайларында оңтайлы климаттық ахуалды ұстап тұруға арналған құрылғы</w:t>
+цифрландыру үй-жайларында оңтайлы климаттық ахуалды ұстап тұруға арналған құрылғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12660,51 +12680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-автоматтандыру мамандарының бір штаттық бірлігіне </w:t>
+цифрландыру мамандарының бір штаттық бірлігіне </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12917,51 +12937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13174,51 +13194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б автоматтандыру маманына (бөлімше болмаған жағдайда)</w:t>
+бір цифрландыру бөлімшесіне (бөлім, бөлімше, қызмет, топ) және ә/б цифрландыру маманына (бөлімше болмаған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14716,51 +14736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-автоматтандыру мамандарының бір штаттық бірлігіне </w:t>
+ цифрландыру мамандарының бір штаттық бірлігіне </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17654,51 +17674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Оптикалық дискілер\кабельдерге арналған маркер </w:t>
+ Оптикалық дискілер\кабельдерге арналған маркер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17794,51 +17814,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру маманы/жылға</w:t>
+бір цифрландыру маманы/жылға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17907,51 +17927,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Есептеу техникасы құралдарына арналған тазалау құралы </w:t>
+ Есептеу техникасы құралдарына арналған тазалау құралы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18047,51 +18067,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бір автоматтандыру маманы/жылға</w:t>
+бір цифрландыру маманы/жылға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20071,51 +20091,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-автоматтандыру мамандарының бір штаттық бірлігіне </w:t>
+ цифрландыру мамандарының бір штаттық бірлігіне </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -42028,55 +42048,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>