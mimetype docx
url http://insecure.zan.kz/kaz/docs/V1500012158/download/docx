--- v0 (2025-10-01)
+++ v1 (2025-12-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8fd2447" w14:textId="8fd2447">
+    <w:p w14:paraId="d667a4c" w14:textId="d667a4c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2116,64 +2116,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Жергілікті атқарушы органдардың 2014-2016 жылдарға арналған мемлекеттік концессиялық міндеттемелерінің лимиттері туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 22 желтоқсандағы № 156 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2461,1294 +2447,494 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z113" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-тармақтың үшінші абзацының орыс тіліндегі мәтініне өзгеріс енгізілді, қазақ тіліндегі мәтін өзгермейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z26" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Күші жойылды - ҚР Ұлттық экономика министрінің м.а. 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. "Байланысты емес гранттарды тарту, пайдалану, пайдаланылуын мониторингілеу және бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 30 желтоқсандағы № 196 </w:t>
+      14. "Қазақстан Республикасына еттің кейбір түрлерін әкелуге арналған тарифтік квоталардың көлемдерін сыртқы экономикалық қызметке қатысушылар арасында бөлу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 20 қаңтардағы № 30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10170 болып тіркелген, 2015 жылғы 4 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10181 болып тіркелген, 2015 жылғы 12 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z114" w:id="44"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-тармақта</w:t>
-[...28 lines deleted...]
-      1) тармақша мынадай редакцияда жазылсын:</w:t>
+        <w:t>3-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Сауда қызметін реттеу департаменті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z31" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тарифтік квота көлемін тарихи өнім берушілер арасында бөлуді осы Қағидаларға сәйкес жүзеге асыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z117" w:id="46"/>
-[...15 lines deleted...]
-      "1) атқарушы агенттік - байланысты емес гранттарды пайдалануды мониторингілеу процесін жүзеге асыратын орталық мемлекеттік орган немесе жергілікті атқарушы орган (республикалық маңызы бар қаланың, астананың)";</w:t>
+    <w:bookmarkStart w:name="z32" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) еттің кейбір түрлерін әкелуге арналған тарифтік квота көлемдері (бекітілген, қолданылған, бөлінбей қалғандары) туралы мәліметтерді Қазақстан Республикасы Ұлттық экономика министрлігінің интернет-ресурсында жариялауды, тиісті ақпаратты орналастыруды және осы Қағидаларда көрсетілген басқа рәсімдерді қамтамасыз етсін.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z140" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілген бұйрықпен бекітілген Қазақстан Республикасына еттің кейбір түрлерін әкелуге арналған тарифтік квоталардың көлемдерін сыртқы экономикалық қызметке қатысушылар арасында бөлу қағидаларында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z141" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-тармақтың орыс тіліндегі мәтініне өзгеріс енгізілді, қазақ тіліндегі мәтіні өзгермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8) тармақша</w:t>
+        <w:t>15-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="47"/>
-[...891 lines deleted...]
-    <w:bookmarkStart w:name="z143" w:id="70"/>
+    <w:bookmarkStart w:name="z143" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "15. Импортқа арналған </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лицензияны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жаңа өнім берушілер үшін көзделген тарифтік квоталар көлемдері таусылғанға дейін сауда қызметін реттеу саласындағы уәкілетті орган береді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z144" w:id="71"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z144" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z145" w:id="72"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z145" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанның 3 жолы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z146" w:id="73"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z146" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Пісірілген шұжықтар, жіңішке шұжықтар, сарделькалар".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3831,170 +3017,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="74"/>
+    <w:bookmarkStart w:name="z34" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау нормативтерін бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 26 қаңтардағы № 44 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10323 болып тіркелген, 2015 жылғы 1 сәуірде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z162" w:id="75"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z162" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нормативтерінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z163" w:id="76"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z163" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 тармақтың 1-тармақшасының екінші абзацының орыс тіліндегі мәтініне өзгеріс енгізілді, қазақ тіліндегі мәтін өзгермейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z164" w:id="77"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z164" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       702, 705, 706-тармақтардың орыс тіліндегі мәтіндеріне өзгерістер енгізілді, қазақ тіліндегі мәтін өзгермейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>