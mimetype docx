--- v1 (2025-12-13)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d667a4c" w14:textId="d667a4c">
+    <w:p w14:paraId="038fa48" w14:textId="038fa48">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1600,1341 +1600,933 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z21" w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Күші жойылды – ҚР Ұлттық экономика министрінің 22.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. "Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 </w:t>
+      10. "Жергілікті атқарушы органдардың 2014-2016 жылдарға арналған мемлекеттік концессиялық міндеттемелерінің лимиттері туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 22 желтоқсандағы № 156 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9938 болып тіркелген, 2014 жылғы 19 желтоқсанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер енгізілсін:</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10098 болып тіркелген, 2015 жылғы 4 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z57" w:id="27"/>
+    <w:bookmarkStart w:name="z73" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z74" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Жергілікті атқарушы органдардың 2014-2016 жылдарға арналған мемлекеттік концессиялық міндеттемелерінің лимиттерін бекіту.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z75" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, мониторингілеу және іске асырылуын бағалау </w:t>
+      көрсетілген бұйрықпен бекітілген Жергілікті атқарушы органдардың 2014-2016 жылдарға арналған мемлекеттік концессиялық міндеттемелерінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лимиттерінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z76" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қазақ тіліндегі оң жақ бұрыштағы мәтін мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазақстан Республикасының Ұлттық экономика министрінің 2014 жылғы 22 желтоқсандағы № 156 бұйрығымен бекітілді".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 27.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. "Қазақстан Республикасында жер мониторингін жүргізу және оның деректерін пайдалану қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 23 желтоқсандағы № 159 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10148 болып тіркелген, 2015 жылғы 20 наурызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгеріс енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z112" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Қазақстан Республикасында жер мониторингін жүргізу және оның деректерін пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z113" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-тармақтың үшінші абзацының орыс тіліндегі мәтініне өзгеріс енгізілді, қазақ тіліндегі мәтін өзгермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Күші жойылды - ҚР Ұлттық экономика министрінің м.а. 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. "Қазақстан Республикасына еттің кейбір түрлерін әкелуге арналған тарифтік квоталардың көлемдерін сыртқы экономикалық қызметке қатысушылар арасында бөлу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 20 қаңтардағы № 30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10181 болып тіркелген, 2015 жылғы 12 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>194-тармақ</w:t>
+        <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z139" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Сауда қызметін реттеу департаменті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z31" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тарифтік квота көлемін тарихи өнім берушілер арасында бөлуді осы Қағидаларға сәйкес жүзеге асыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z32" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) еттің кейбір түрлерін әкелуге арналған тарифтік квота көлемдері (бекітілген, қолданылған, бөлінбей қалғандары) туралы мәліметтерді Қазақстан Республикасы Ұлттық экономика министрлігінің интернет-ресурсында жариялауды, тиісті ақпаратты орналастыруды және осы Қағидаларда көрсетілген басқа рәсімдерді қамтамасыз етсін.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z140" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілген бұйрықпен бекітілген Қазақстан Республикасына еттің кейбір түрлерін әкелуге арналған тарифтік квоталардың көлемдерін сыртқы экономикалық қызметке қатысушылар арасында бөлу қағидаларында:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z141" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-тармақтың орыс тіліндегі мәтініне өзгеріс енгізілді, қазақ тіліндегі мәтіні өзгермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-қосымшада</w:t>
-[...801 lines deleted...]
-        <w:t>3-тармақ</w:t>
+        <w:t>15-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="44"/>
-[...155 lines deleted...]
-    <w:bookmarkStart w:name="z143" w:id="49"/>
+    <w:bookmarkStart w:name="z143" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "15. Импортқа арналған </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лицензияны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> жаңа өнім берушілер үшін көзделген тарифтік квоталар көлемдері таусылғанға дейін сауда қызметін реттеу саласындағы уәкілетті орган береді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z144" w:id="50"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z144" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z145" w:id="51"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z145" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанның 3 жолы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z146" w:id="52"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z146" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Пісірілген шұжықтар, жіңішке шұжықтар, сарделькалар".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3017,170 +2609,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="53"/>
+    <w:bookmarkStart w:name="z34" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. "Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау нормативтерін бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 26 қаңтардағы № 44 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10323 болып тіркелген, 2015 жылғы 1 сәуірде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z162" w:id="54"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z162" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Мемлекеттік материалдық резервтің материалдық құндылықтарын сақтау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нормативтерінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z163" w:id="55"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z163" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 тармақтың 1-тармақшасының екінші абзацының орыс тіліндегі мәтініне өзгеріс енгізілді, қазақ тіліндегі мәтін өзгермейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z164" w:id="56"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z164" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       702, 705, 706-тармақтардың орыс тіліндегі мәтіндеріне өзгерістер енгізілді, қазақ тіліндегі мәтін өзгермейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3258,55 +2850,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>