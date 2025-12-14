--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5cb54c8" w14:textId="5cb54c8">
+    <w:p w14:paraId="53cea4e" w14:textId="53cea4e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1295,249 +1296,428 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді</w:t>
-[...12 lines deleted...]
-              <w:t>жинауға арналған нысан</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурста орналастырылған. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Өткізілген шикізат көлемі туралы есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Әкімшілік деректер нысаны www.gov.kz интернет-ресурсында орналастырылған</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № ОРС-1 нысаны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік деректер нысанының индексі: нысан № ОРС-1нысаны</w:t>
-[...17 lines deleted...]
-      Жиілігі: тоқсан сайын</w:t>
+      Кезеңділік: тоқсан сайын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: ____ тоқсан ____ жыл</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақпаратты ұсынатын адамдар тобы: биоотын өндірушілер</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: биоотын өндірушілер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік деректер нысанын ұсыну мерзімі: тоқсан сайын, есепті тоқсаннан кейінгі айдың 20-күніне дейін</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: тоқсан сайын, есепті тоқсаннан кейінгі айдың 20-күніне дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес сәйкестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жинау әдісі: қағаз жеткізгіште немесе электронды түрде </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -1558,339 +1738,429 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/с</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасының кодына сәйкес шикізат түрі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің бірыңғай тауар номенклатурасының кодына сәйкес шикізат түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шикiзаттың келiп түскенi, тонна</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шикiзаттың келiп түскенi, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Биоотын өндiрiсiнде пайдаланылған өзi өсiрген тамақ шикiзаты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Биоотын өндiрiсiнде пайдаланылған өзi өсiрген тамақ шикiзаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тамақ шикiзатын жеткiзушiнiң атауы, орналасқан жерi (облыс, аудан)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тамақ шикiзатын жеткiзушiнiң атауы, орналасқан жерi (облыс, аудан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тамақ шикiзатын жеткiзу шартының күнi, нөмiрi</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тамақ шикiзатын жеткiзу шартының күнi, нөмiрi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолданылған қалдықтар, тонна</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолданылған қалдықта, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қайта өңделген шикiзат, тонна</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қайта өңделген шикiзат, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шикiзаттың бүлiнгенi, жоғалғаны, тонна</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шикiзаттың бүлiнгенi, жоғалғаны, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2785,231 +3055,286 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Атауы ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Атауы _____________________ Мекенжайы ________________________</w:t>
+      Мекенжайы__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефоны ________________________</w:t>
+      Телефоны____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Электрондық почтасы _______________________</w:t>
+      Электрондық пошта мекенжайы _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орындаушы _________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бизнес сәйкестендіру нөмірі _________________________________</w:t>
+                   тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бас бухгалтер_________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бас бухгалтер ___________________________________ __________________</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                                             аты, әкесінің аты (бар болса), тегі                    қолы</w:t>
+                   тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы "__" __________</w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ___________________________________________ __________________</w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                         аты, әкесінің аты (бар болса), тегі                          қолы</w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы "__" __________</w:t>
+      Есепті өткізген күні 20___ жылғы "__" __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме "Өткізілген шикізат көлемі туралы есеп" осы нысанның қосымшасында келтірілген</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3045,383 +3370,455 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізінде жинауға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысанын толтыру жөніндегі түсіндірме</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Өткізілген шикізат көлемі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>туралы есеп" әкімшілік</w:t>
-[...12 lines deleted...]
-              <w:t>деректерін жинауға арналған</w:t>
+              <w:t>туралы есеп"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="9"/>
+    <w:bookmarkStart w:name="z42" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Өткізілген шикізат көлемі туралы есеп" әкімшілік деректерін жинауға арналған нысанды толтыру бойынша түсініктеме 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме  "Өткізілген шикізат көлемі туралы есеп" (нысанның индексі: ОРС-1 нысаны, кезеңділігі: тоқсан сайын)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z44" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы түсіндірме "Өткізілген шикізат көлемі туралы есеп" әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанды (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z45" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанды биоотын өндіруші толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z46" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Нысанға биоотын өндірушінің басшысы немесе оның міндетін атқарушы адам, бас бухгалтер қол қояды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z47" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Нысанды биоотын өндіруші облыстың, республикалық маңызы бар қаланың және астаналардың жергілікті атқарушы органына тоқсан сайын, есепті тоқсаннан кейінгі айдың 20 (жиырмасыншы) күніне дейін ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z48" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан қазақ және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="10"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z49" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z50" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 1-бағанда реті бойынша нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z51" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. 2-бағанда Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің бірыңғай тауар номенклатурасының кодына сәйкес шикізат түрі көрсетіледі. Бидай үшін бидайдың осы партиясына техникалық реттеу саласындағы сәйкестікті бағалау жөніндегі құжаттың нөмірі мен күні қосымша көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z52" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 3-бағанда шикізаттың түсімі тоннамен көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z53" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 4-бағанда, егер оны өсіру көзделген жағдайда, биоотын өндірісінде пайдаланылған, өздерінде өсірілген тамақ шикізатының мөлшері көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z54" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. 5-бағанда тамақ шикізатын жеткізушінің атауы, шыққан жері (облысы, ауданы) көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z55" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. 6-бағанда тамақ шикізатын жеткізу шартының күні, нөмірі көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z56" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. 7-бағанда қолданылған қалдықтар тоннамен көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z57" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. 8-бағанда өңделген шикізаттың саны тоннамен көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z58" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. 9-бағанда бүлінген, жоғалған шикізаттың саны тоннамен көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3585,249 +3982,448 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді</w:t>
-[...12 lines deleted...]
-              <w:t>жинауға арналған нысан</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әкімшілік деректер нысаны www.gov.kz интернет-ресурсында орналастырылған </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="11"/>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурста орналастырылған </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өндірілген биоотын көлемі туралы есеп</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Өндірілген биоотын көлемі туралы есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бұйрық 1-1-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік деректер нысанының индексі: № ОПБ-2 нысаны</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № ОПБ-2 нысаны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жиілігі: тоқсан сайын</w:t>
+      Кезеңділік: тоқсан сайын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: ____ тоқсан ____ жыл</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақпаратты ұсынатын адамдар тобы: биоотын өндірушілер</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: биоотын өндірушілер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік деректер нысанын ұсыну мерзімі: тоқсан сайын, есепті тоқсаннан кейінгі айдың 20-күніне дейін</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: тоқсан сайын, есепті тоқсаннан кейінгі айдың 20-күніне дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес сәйкестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште немесе электронды түрде</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -3850,249 +4446,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...17 lines deleted...]
-р/с</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дербес сәйкестендіру нөмірі - биоотын коды</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дербес сәйкестендіру нөмірі - биоотын коды</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өндiрушiнiң өткізгені, тонна</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өндiрушiнiң өткізгені, тонна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бүлiнгенi, жоғалғаны, литр</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бүлiнгенi, жоғалғаны, литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнiмдi қайтару, литр</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнiмдi қайтару, литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -4151,51 +4747,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Биоотын өндiретін тұлғаларға</w:t>
+биоотын өндiретін тұлғаларға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5043,50 +5639,82 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -5312,282 +5940,306 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...30 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Атауы ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Атауы _____________________ Мекенжайы _________________________</w:t>
+      Мекенжайы__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефоны ________________________</w:t>
+      Телефоны____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Электрондық почтасы _______________________</w:t>
+      Электрондық пошта мекенжайы _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орындаушы _________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бизнес сәйкестендіру нөмірі _________________________________</w:t>
+                   тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бас бухгалтер_________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бас бухгалтер ____________________________________ __________________</w:t>
+                   тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                       аты, әкесінің аты (бар болса), тегі                     қолы</w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы "__" __________</w:t>
+      ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________ __________________</w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                               аты, әкесінің аты (бар болса), тегі                     қолы</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Есепті өткізген күні 20___ жылғы "__" __________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы "__" __________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Ескертпе: Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме "Өндірілген биоотын көлемі туралы есеп" осы нысанның қосымшасында келтірілген</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5621,401 +6273,475 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қосымша "өндірілген биоотын</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көлемі туралы есеп" әкімшілік</w:t>
+              <w:t>негізінде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деректерін жинауға арналған</w:t>
+              <w:t>нысанын толтыру жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысанда</w:t>
+              <w:t>түсіндірме "Өндірілген биоотын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көлемі туралы есеп"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="12"/>
+    <w:bookmarkStart w:name="z61" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Өндірілген биоотын көлемі туралы есеп" әкімшілік деректерін жинауға арналған нысанды толтыру бойынша түсініктеме 1-тарау. Жалпы ережелер</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме  "Өндірілген биоотын көлемі туралы есеп" (нысанның индексі: ОПБ-2 нысаны, кезеңділігі: тоқсан сайын)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z62" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z63" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы түсініктеме "Өндірілген биоотын көлемі туралы есеп" әкімшілік деректерін жинауға арналған нысанды (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1. Осы түсіндірме "Өндірілген биоотын көлемі туралы есеп" әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанды (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z64" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанды биоотын өндіруші толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z65" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Нысанға биоотын өндірушінің басшысы немесе оның міндетін атқарушы адам, бас бухгалтер қол қояды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z66" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Нысанды биоотын өндіруші облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына тоқсан сайын, есепті тоқсаннан кейінгі айдың 20 (жиырмасыншы) күніне дейін ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z67" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан қазақ және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="13"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z68" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z69" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 1-бағанда реті бойынша нөмірі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z70" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. 2-бағанда дербес сәйкестендіру нөмірі-биоотын коды көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z71" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 3-бағанда өткізілген биоотынның жалпы саны (3-баған = 4-баған + 5-баған + 6-баған + 7-баған+ 8-баған) литрмен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z72" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. 4-бағанда, биоотын өндіретін тұлғаларға өткізілген биоотынның мөлшері литрмен көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z73" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. 5-бағанда мұнай өнімдерін компаундирлеуге өткізілген биоотынның мөлшері литрмен көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z74" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 6-бағанда химия және онымен байланысты өнеркәсіп өнімдерін өндіруге өткізілген биоотын мөлшері литрмен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z75" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. 7-бағанда меншікті өндірістік мұқтаждарға пайдаланылған биоотын мөлшері литрмен көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z76" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. 8-бағанда экспортқа өткізілген биоотынның мөлшері литрмен көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z77" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. 9-бағанда өндіруші бүлдірген, жоғалтқан биоотынның мөлшері литрмен көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z78" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. 10-бағанда өндірушіге қайтарылған биоотынның мөлшері, литрмен көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6179,247 +6905,450 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әкімшілік деректерді</w:t>
-[...12 lines deleted...]
-              <w:t>жинауға арналған нысан</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z79" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әкімшілік деректер нысаны www.gov.kz интернет-ресурсында орналастырылған. </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурста орналастырылған </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Басқа жеткізушілерден биоотынның келуі туралы есеп</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы:  Басқа жеткізушілерден биоотынның келуі туралы есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бұйрық 1-2-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік деректер нысанының индексі: № ПБП-2 нысаны</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № ПБП-2 нысаны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жиілігі: тоқсан сайын</w:t>
+      Кезеңділік: тоқсан сайын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: ____ тоқсан ____ жыл</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақпаратты ұсынатын адамдар тобы: биоотын өндірушілер</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: биоотын өндірушілер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Әкімшілік деректер нысанын ұсыну мерзімі: тоқсан сайын, есепті тоқсаннан кейінгі айдың 20-күніне дейін</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: тоқсан сайын, есепті тоқсаннан кейінгі айдың 20-күніне дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес сәйкестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште немесе электронды түрде</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -6442,347 +7371,437 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/с</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткiзу түрi</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеткiзу түрi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткiзу мақсаты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеткiзу мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткiзушi туралы мәлiмет</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеткiзушi туралы мәлiмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткiзілген өнiм көлемi, литр</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеткiзілген өнiм көлемi, литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік сыныптама коды</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бюджеттік сыныптама коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасының коды</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің бірыңғай тауар номенклатурасының коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға арналған декларация нөмірі №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауарларға арналған декларация нөмірі №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға арналған декларация күнi</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тауарларға арналған декларация күнi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -7682,51 +8701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны:</w:t>
+Жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7958,233 +8977,290 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Атауы ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Атауы _____________________ Мекенжайы __________________________</w:t>
+      Мекенжайы__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефоны ________________________</w:t>
+      Телефоны____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Электрондық почтасы _______________________</w:t>
+      Электрондық пошта мекенжайы _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орындаушы _________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бизнес сәйкестендіру нөмірі _________________________________</w:t>
+                   тегі, аты және әкесінің аты (бар болған жағдайда) қолы, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бас бухгалтер_________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бас бухгалтер _____________________________________ ___________________</w:t>
+                         тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                      аты, әкесінің аты (бар болса), тегі                      қолы</w:t>
+      Басшы немесе оның міндетін атқарушы адам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы "__" __________</w:t>
+      _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшы немесе оның міндетін атқарушы тұлға</w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________ ___________________</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                 аты, әкесінің аты (бар болса), тегі                         қолы</w:t>
+      тегі, аты және әкесінің аты (бар болған жағдайда) қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20__ жылғы "__" __________</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Есепті өткізген күні 20___ жылғы "__" __________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме "Басқа жеткізушілерден биоотынның келуі туралы есеп" осы нысанның қосымшасында келтірілген </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8218,432 +9294,501 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Басқа жеткізушілерден</w:t>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>биоотынның келуі туралы есеп"</w:t>
+              <w:t>негізінде жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әкімшілік деректерін жинауға</w:t>
+              <w:t>нысанын толтыру жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған нысанға</w:t>
+              <w:t>түсіндірме "Басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеткізушілерден</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>биоотынның келуі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы есеп" нысанға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="14"/>
+    <w:bookmarkStart w:name="z83" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Басқа жеткізушілерден биоотынның келуі туралы есеп" әкімшілік деректерін жинауға арналған нысанды толтыру бойынша түсініктеме</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="15"/>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме  "Басқа жеткізушілерден биоотынның келуі туралы есеп" (нысанның индексі: ПБП-2 нысаны, кезеңділігі: тоқсан сайын)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z84" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z85" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы түсініктеме (бұдан әрі – түсініктеме) "Басқа жеткізушілерден биоотынның келуі туралы есеп" әкімшілік деректерін жинауға арналған нысанды (бұдан әрі – нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1. Осы түсіндірме "Басқа жеткізушілерден биоотынның келуі туралы есеп" әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанды (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z86" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Нысанды биоотын өндіруші толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z87" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Нысанға биоотын өндірушінің басшысы немесе оның міндетін атқарушы адам, бас бухгалтер қол қояды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z88" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Нысанды биоотын өндіруші облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына тоқсан сайын, есепті тоқсаннан кейінгі айдың 20 (жиырмасыншы) күніне дейін ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z89" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан қазақ және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="16"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z90" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z91" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. 1-бағанда жолдың реттік нөмірі көрсетіледі.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      6. 1-бағанда реті бойынша нөмірі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z92" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. 2-бағанда биоотынды жеткізу түрі (импорт, ішкі нарықты жеткізу) көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z93" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. 2-бағанда биоотынды жеткізу түрі (импорт, ішкі нарықты жеткізу) көрсетіледі.</w:t>
-[...55 lines deleted...]
-    </w:p>
+      8. 3-бағанда биоотынды жеткізу мақсаты (биоотынның басқа түрлеріне қайта өңдеу үшін, техникалық қажеттіліктер үшін, бұрын жеткізілген өнімді қайтару) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z94" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. 4-бағанда, биоотын жеткізушінің жеке сәйкестендіру нөмірі / бизнес-сәйкестендіру нөмірі көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z95" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. 5-бағанда биоотын берушінің атауы көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z96" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. 6-бағанда импорттық және ішкі өндірістің есепті кезеңі ішінде жеткізуші жеткізген биоотынның көлемі литрмен көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z97" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. 7-бағанда бюджеттік сыныптаманың коды көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z98" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. 7-бағанда бюджеттік сыныптаманың коды көрсетіледі.</w:t>
-[...19 lines deleted...]
-    </w:p>
+      13. 8-бағанда Еуразиялық экономикалық одақтың кедендік шекарасын кесіп өткен кезде тауарға берілетін Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің бірыңғай тауар номенклатурасының коды көрсетіледі. Баған жеткізілген биоотын импорт болған жағдайда толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z99" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. 9-бағанда әкелінетін биоотынға тауарларға арналған декларацияның (бұдан әрі – ТД) нөмірі көрсетіледі. Баған жеткізілген биоотын импорт болған жағдайда толтырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z100" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. 10-бағанда әкелінетін биоотынға ТД ресімделген күні көрсетіледі. Баған жеткізілген биоотын импорт болған жағдайда толтырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8748,124 +9893,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="17"/>
+    <w:bookmarkStart w:name="z14" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Биоотын өндірушілердің биоотын өндірісінің мониторингін жүзеге асыру үшін қажетті есептерді облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына ұсыну қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 26.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="18"/>
+    <w:bookmarkStart w:name="z15" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1 Осы Биоотын өндірушілердің биоотын өндірісінің мониторингін жүзеге асыру үшін қажетті есептерді облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына ұсыну қағидалары (бұдан әрі – Қағидалар) "Биоотын өндірісі мен айналымын мемлекеттік реттеу туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8894,52 +10039,174 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тармағының 2) тармақшасына сәйкес әзірленді және биоотын өндірушілердің облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына қажетті есептерді ұсыну тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      2. Биоотын өндірушілер облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-2-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша биоотын өндірісінің мониторингін жүзеге асыру үшін қажетті есептерді (бұдан әрі – биоотын өндірісі бойынша есептер) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      2. Биоотын өндірушілер облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органына осы бұйрыққа 1-қосымшаға сәйкес нысандар бойынша биоотын өндірісінің мониторингін жүзеге асыру үшін қажетті есептерді (бұдан әрі – биоотын өндірісі бойынша есептер) ұсынады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұсынылған есептерді мониторингтеу нәтижелері бойынша облыстың, республикалық маңызы бар қаланың және астананың жергілікті атқарушы органы биоотын өндірісі саласындағы уәкілетті органға жыл қорытындысы бойынша талдамалық ақпарат ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -9035,55 +10302,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9405,35 +10672,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>