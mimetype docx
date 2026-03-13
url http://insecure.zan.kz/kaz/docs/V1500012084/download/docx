--- v0 (2025-10-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4729aef" w14:textId="4729aef">
+    <w:p w14:paraId="4fab52e" w14:textId="4fab52e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,59482 +93,3431 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 21 тамыздағы № 155 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 19 қыркүйекте № 12084 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 21 тамыздағы № 155 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 19 қыркүйекте № 12084 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      «</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">» 2010 жылғы 19 наурыздағы Қазақстан Республикасының заңдарына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Ұлттық Банкі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" 1995 жылғы 30 наурыздағы және "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік статистика туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" 2010 жылғы 19 наурыздағы Қазақстан Республикасының заңдарына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...2023 lines deleted...]
-        <w:t>қаулысына</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9943 тіркелген, 2014 жылғы 30 желтоқсанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған "Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне төлемдерді және ақша аударымдарын жүзеге асыру, банк шоттарын ашу, жүргізу және жабу тәртібі мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 22 қазандағы № 200 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай өзгеріс енгізілсін:</w:t>
       </w:r>
-      <w:r>
-[...52 lines deleted...]
-        <w:t>4-қосымшаға</w:t>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z48" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мемлекеттік тілдегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы қаулыға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын, 2-қосымшаның орыс тіліндегі мәтіні өзгермейді.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z49" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Төлем балансы, валюталық реттеу және статистика департаменті (Үмбетәлиев М.Т.) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z50" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Құқықтық қамтамасыз ету департаментімен (Досмұхамбетов Н.М.) бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z51" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде "Қазақстан Республикасы Әділет министрлігінің республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z52" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы қаулы ресми жарияланғаннан кейін оны Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z53" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Халықаралық қатынастар және жұртшылықпен байланыс департаменті (Қазыбаев А.Қ.) осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде мерзімді баспа басылымдарында ресми жариялауға жіберуді қамтамасыз етсін. </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z54" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары О.А. Смоляковқа жүктелсін.</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z55" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Осы қаулы, осы қаулының 2015 жылғы 1 шілдеден бастап қолданысқа енгізілетін 1-тармағының қырық төртінші және қырық бесінші абзацтарын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...188 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="1"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлттық Банк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төрағасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қ. Келімбетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЕЛІСІЛДІ</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы  </w:t>
-[...17 lines deleted...]
-      </w:r>
+      Қазақстан Республикасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлттық экономика министрлігінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Статистика комитеті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-2015 жылғы 21 тамыздағы </w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+      Төрағасы ________ Ә. Смайылов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2015 жылғы 24 тамыз</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 21 тамыздағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 155 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-№ 155 қаулысына     </w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 21 тамыздағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 155 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-1-қосымша        </w:t>
-[...55 lines deleted...]
-          <w:color w:val="000000"/>
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 21 тамыздағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 155 қаулысына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-№ 178 қаулысына      </w:t>
-[...3 lines deleted...]
-      </w:r>
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 21 тамыздағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 155 қаулысына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4-қосымша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық Банкі Басқармасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2014 жылғы 22 қазандағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 200 қаулысына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банктерінде клиенттердің</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>банктік есепшоттарын ашу,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу және жабу ережесіне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қол қою үлгілері және мөр бедері бар құжат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк клиенті Кодтар Банк белгілері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                    (толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк клиентінің орналасқан жері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк (банк филиалы, бөлімшесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                  (толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-1-қосымша        </w:t>
-[...329 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="4"/>
+      Банктің (банк филиалының, бөлімшесінің) орналасқан жері </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тел.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банктік шоттың түрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттің жеке сәйкестендіру коды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы құжатта көрсетілген үлгілер клиенттің келісімін талап ететін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік шот бойынша барлық операцияларды жүзеге асырған кезде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндетті деп саналсын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лауазымы тегі, аты, әкесінің аты (бар болса) Қол қою үлгісі Мөр</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бедерінің үлгісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы  </w:t>
-[...385 lines deleted...]
-        <w:t>(мың теңгемен)</w:t>
+      Бірінші </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қол _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екінші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қол _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                      Сыртқы беті</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1104"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="255" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1104" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>р/с</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t>
-№</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+Үлгілерді куәландыруға уәкілетті адамдардың аты-жөні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Атауы</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="8"/>
+              <w:t>
+Үлгілерді куәландырған күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Стандартты</w:t>
+              <w:t>
+Үлгілерді куәландыратын адамдардың қолдары және мөрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="615" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...26 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...28 lines deleted...]
-          </w:tcPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...39198 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...810 lines deleted...]
-              <w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...15554 lines deleted...]
-(мөр)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолдар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мөр)".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -59576,55 +3525,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>