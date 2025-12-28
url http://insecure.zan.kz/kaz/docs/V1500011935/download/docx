--- v0 (2025-10-04)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3e10ae0" w14:textId="3e10ae0">
+    <w:p w14:paraId="787373a" w14:textId="787373a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -439,62 +439,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -543,51 +544,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>міндетін атқарушы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1566,700 +1567,824 @@
         </w:rPr>
         <w:t>
       3) егер үлгілерді импорттау, экспорттау және (немесе) кері экспорттау олардың тірі қалуына қатер төндіретін жағдайларда ғылыми қорытынды беруден бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ғылыми қорытынды ғылыми ұйымның фирмалық бланкісінде ресімделеді, оған уәкілетті лауазымды адам қол қояды және ғылыми ұйымның мөрі басылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Экология және табиғи ресурстар министрінің м.а. 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаттар беру" мемлекеттік қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитеті және Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Балық шаруашылығы комитеті атынан әкімшілік орган (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қызмет стандартында жазылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Экология, геология және табиғи ресурстар министрінің 06.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 396</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік көрсетілетін қызметті алу үшін жеке және (немесе) заңды тұлғалар (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "электрондық үкіметтің" www.egov.kz, www.elісense.kz веб-порталы арқылы (бұдан әрі – портал)мынадай құжаттарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қызмет стандартында жазылған.</w:t>
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш берушінің электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанында Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат алуға өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Мемлекеттік көрсетілетін қызметті алу үшін жеке және (немесе) заңды тұлғалар (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "электрондық үкіметтің" www.egov.kz, www.elісense.kz веб-порталы арқылы (бұдан әрі – портал)мынадай құжаттарды:</w:t>
+      2) жеке мақсатта импорттауды, экспорттауды және (немесе) кері экспорттауды жүзеге асыратын адамдарды қоспағанда, осы импорттау, экспорттау және (немесе) кері экспорттау туралы ниетін растайтын экспорттаушы мен импорттаушы арасындағы келісімшарттың немесе шарттың электрондық көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) үлгілерді Қазақстан Республикасының аумағына импорттау кезінде, егер үлгі Конвенцияның 1, 2, 3-қосымшаларына енгізілген жағдайда, экспорттауға арналған рұқсаттың немесе кері экспорттауға арналған сертификаттың электрондық көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ғылыми ұйым қорытындысының электрондық көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>615-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсаттар беру үшін бюджетке мемлекеттік баждың төленгенін растайтын мәліметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жануарлар түрлерін, олардың бөліктері мен дериваттарын Қазақстан Республикасының аумағында мекендеу табиғи ортасынан алып қойған жағдайда электрондық құжат нысанында аң аулауға рұқсатты береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Құжаттарды тапсырған кезде көрсетілетін қызметті алушының "жеке кабинетіне" портал арқылы мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы статус жіберіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш берушінің электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанында Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат алуға өтініш;</w:t>
+        <w:t>
+      Жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, дара кәсіпкер ретінде мемлекеттік тіркеу туралы не дара кәсіпкер ретінде қызметтің басталғаны туралы мәліметтерді Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру үшін бюджетке мемлекеттік баж төлеуді, аң аулауға рұқсатты көрсетілетін қызметті беруші тиісті ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...52 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      5) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
-[...56 lines deleted...]
-      8. Құжаттарды тапсырған кезде көрсетілетін қызметті алушының "жеке кабинетіне" портал арқылы мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы статус жіберіледі. </w:t>
+      9. Көрсетілетін қызметті беруші құжаттар түскен күні рұқсат алуға келіп түскен өтінішті және оған қоса берілген құжаттарды қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесіне орындауға береді (көрсетілетін қызметті алушы сағат 18.00-ден кейін немесе Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" 2001 жылғы 13 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген кезде өтінішті қабылдау келесі жұмыс күні жүзеге асырылады).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, дара кәсіпкер ретінде мемлекеттік тіркеу туралы не дара кәсіпкер ретінде қызметтің басталғаны туралы мәліметтерді Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру үшін бюджетке мемлекеттік баж төлеуді, аң аулауға рұқсатты көрсетілетін қызметті беруші тиісті ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесі құжаттарды алған сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді. Көрсетілетін қызметті алушы осы Қағидалардың 7-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан дәлелді бас тартуды қалыптастырады және оны көрсетілетін қызметті берушінің уәкілетті адамның ЭЦҚ-сымен қол қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Көрсетілетін қызметті беруші құжаттар түскен күні рұқсат алуға келіп түскен өтінішті және оған қоса берілген құжаттарды қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесіне орындауға береді (көрсетілетін қызметті алушы сағат 18.00-ден кейін немесе Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" 2001 жылғы 13 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген кезде өтінішті қабылдау келесі жұмыс күні жүзеге асырылады).</w:t>
+      Құжаттар топтамасы толық болған кезде көрсетілетін қызметті беруші құжаттар түскен күннен бастап 3 (үш) жұмыс күні ішінде осы Қағидаларға сәйкестігін қарайды және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру туралы не мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-сы қойылған электрондық құжат нысанында мемлекеттік қызмет көрсету нәтижесін беру орны туралы хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Көрсетілетін қызметті беруші мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесі құжаттарды алған сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді. Көрсетілетін қызметті алушы осы Қағидалардың 7-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан дәлелді бас тартуды қалыптастырады және оны көрсетілетін қызметті берушінің уәкілетті адамның ЭЦҚ-сымен қол қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
+      1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру туралы не мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы шешім қабылдайды.</w:t>
+        <w:t>
+      2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидалардың талаптарына сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-сы қойылған электрондық құжат нысанында мемлекеттік қызмет көрсету нәтижесін беру орны туралы хабарлама жіберіледі.</w:t>
-[...37 lines deleted...]
-      1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталуы;</w:t>
+      3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидалардың талаптарына сәйкес келмеуі;</w:t>
+      4) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімінің болуы, соның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылуы негіздері бойынша мемлекеттік қызмет көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
+        <w:t xml:space="preserve">
+      11. Рұқсат осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әкімшілік органның Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру журналына қол қойғыза отырып, өтініш берушінің сенімхаты бойынша өтініш берушіге (не сенімхат бойынша өкіліне) беріледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімінің болуы, соның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылуы негіздері бойынша мемлекеттік қызмет көрсетуден бас тартады.</w:t>
+        <w:t xml:space="preserve">
+      12. Рұқсатта осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген ақпарат, оны берген сәттен бастап тек алты ай ішіндегі үлгілерді импорттау, экспорттау және (немесе) кері экспорттау үшін қолданылу кезеңі қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...78 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+        <w:t>
+      13. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3022,1038 +3147,1039 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес сәйкестендіру нөмірі/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жеке сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрып кету қаупі төнген жабайы фауна мен флора түрлеріменхалықаралық сауда туралы конвенцияның күші қолданылатынжануарлар түрлерін Қазақстан Республикасыныңаумағына импорттауға, Қазақстан Республикасыныңаумағынан экспорттауға және (немесе)кері экспорттауға ғылыми қорытынды алуға арналған өтініш Үлгілерді импорттауға, экспорттауға және (немесе) кері экспорттауға ғылыми қорытынды беруіңізді сұраймын _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1026"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="357"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10917" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Импорттау, экспорттау және (немесе) кері экспорттау мақсаты (коммерциялық операциялар, ғылыми зерттеулер, өсімді молайту мақсаттары, цирктерде өнер көрсету немесе жылжымалы көрмелер, хайуанаттар бақтары, ботаникалық бақтар және музейлер арасындағы алмасу, сондай-ақ жеке берулер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10917" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік, орыс және латын тілдеріндегі атауы көрсетілген үлгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10917" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгінің сипаттамасы (тірі жануарлар, терілер, тұлыптар, ұшалар, бас сүйектері, мүйіздер, азу тістері, қан, уылдырық, сондай-ақ бұйымдар, тірі жануарлар үшін – жынысы мен жасы, ұқсастық белгілерінің бар-жоғы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10917" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  Үлгілердің саны және (немесе) салмағы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10917" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгілердің шығу тегі (табиғаттан алынды, жасанды жолмен шығарылды немесе өсірілді немесе басқа елден қандай құжаттардың негізінде импортталды, тәркіленді, сатып алынды, сый немесе мұра ретінде алынды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10917" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түрлері Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына енгізілген жануарларды қолдан өсіруді жүзеге асыратын жеке және заңды тұлғаларды әкімшілік органда тіркеу туралы куәліктердің (тің) нөмірі және күні (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10917" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгілер Қазақстан Республикасы аумағында қолдан өсірілген болса, түрлері Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына енгізілген жануарларды қолдан өсіру жөніндегі қызметтің басталғаны немесе тоқтатылғаны туралы хабарламаның (лардың) нөмірі және күні (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10917" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер жануарлардың түрлері, олардың бөліктері мен дериваттары табиғи ортасынан Қазақстан Республикасы аумағындағы жануарлар түрлерінің санын реттеу арқылы алынса, саны реттеуге жататын жануарлар түрлерін алып қоюға берілетін рұқсат қағазының нөмірі мен күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10917" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экспорттаушының және импорттаушының орыс және ағылшын тілдеріндегі заңды мекенжайы, олардың телефондары немесе факстары (жеке тұлғалар үшін – үйінің мекенжайы, паспорттық деректері)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="357" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4147,50 +4273,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (тегі, аты, әкесінің аты (бар болса), қолы, мөрдің (бар болса) орны </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (дара кәсіпкерлік субъектілері болып табылатын адамдарды қоспағанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Экология және табиғи ресурстар министрінің м.а. 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4452,629 +4704,630 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="510"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9999"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаттар беруі" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті және Балық шаруашылығы комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру www. egov. kz (бұдан әрі-портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 (үш) жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметтікөрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электрондық (толық автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5089,123 +5342,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Порталда көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен (бұдан әрі-ЭЦҚ) қол қойылған электрондық құжат нысанында мемлекеттік қызмет көрсету нәтижесі туралы хабарлама жіберіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5258,123 +5511,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлем қолма-қол немесе қолма-қол емес нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ электрондық үкіметті төлем шлюзі (бұдан әрі – ЭҮТШ) порталы арқылы жүргізіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5483,123 +5736,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) порталда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызмет үшін қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5686,123 +5939,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) жануарлар түрлері, олардың бөліктері мен дериваттары Қазақстан Республикасының аумағындағы табиғи мекендеу ортасынан алынған жағдайда, аң аулауға арналған рұқсаттың электрондық көшірмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5853,123 +6106,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімі бар, соның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9999" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6659,898 +6912,899 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> өтініш Үлгілерді __________________________________ импорттауға,  (қажеттісінің астын сызу керек) экспорттауға және (немесе) кері экспорттауға  рұқсат беруді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="770"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="343"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11187" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Импорттау, экспорттау және (немесе) кері экспорттау мақсаты (коммерциялық операциялар, ғылыми зерттеулер, өсімді молайту мақсаттары, цирктерде өнер көрсету немесе жылжымалы көрмелер, хайуанаттар бақтары, ботаникалық бақтар және музейлер арасындағы алмасу, сондай-ақ жеке басына беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="343" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11187" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік, орыс және латын тілдерінде атауы көрсетілген үлгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="343" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11187" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгінің сипаттамасы (тірі жануарлар, терілер, тұлыптар, ұшалар, бас сүйектері, мүйіздер, азу тістер, қан, уылдырық, сондай-ақ бұйымдар және басқалар, тірі жануарлар үшін – жынысы мен жасы, сәйкестендіру белгілерінің бар-жоғы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="343" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11187" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгілердің саны және (немесе) салмағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="343" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11187" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгінің шығу тегі (табиғаттан алынған, жасанды жағдайларда шығарылған немесе өсірілген, басқа елден қандай құжаттардың негізінде импортталды, тәркіленді, сатып алынды, сыйға немесе мұраға алынды және тағы басқалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="343" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11187" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіруді жүзеге асыратын жеке және заңды тұлғаларды әкімшілік органда тіркеу туралы куәліктердің (-тің) нөмірі және күні (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="343" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11187" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер үлгілер Қазақстан Республикасы аумағында жасанды жағдайларда өсірілген болса, Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіру жөніндегі қызметтің басталғаны немесе тоқтатылғаны туралы хабарламаның (-лардың) нөмірі және күні (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="343" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="770" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11187" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егер жануарлардың түрлері, олардың бөліктері мен дериваттары Қазақстан Республикасы аумағында жануарлар санын реттеу арқылы табиғи ортадан алынса, саны реттелуге жататын жануарлар түрлерін алуға арналған рұқсаттың нөмірі мен күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="343" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7855,93 +8109,94 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkStart w:name="z40" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрып кету қаупі төнген жабайы фауна мен флора түрлері мен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3865"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="8872"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -8214,51 +8469,51 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8428,62 +8683,63 @@
               </w:rPr>
               <w:t>
 the Republіс of Kazakhstan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="7989"/>
-              <w:gridCol w:w="4311"/>
+              <w:gridCol w:w="6150"/>
+              <w:gridCol w:w="6150"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="7989" w:type="dxa"/>
+                  <w:tcW w:w="6150" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
@@ -8547,51 +8803,51 @@
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
  </w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="4311" w:type="dxa"/>
+                  <w:tcW w:w="6150" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
@@ -8781,51 +9037,51 @@
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8883,51 +9139,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8985,51 +9241,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1075" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9492,51 +9748,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Lіve Anіmal Regulatіons</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9837,51 +10093,51 @@
               <w:t>
 Источник</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Sourсе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3503" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9987,51 +10243,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 speсіmens or weіght</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -10157,51 +10413,51 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8872" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10276,51 +10532,51 @@
               <w:t>
 Страна происхождения</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сountry of orіgіn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8872" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10353,51 +10609,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Permіt № anddate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -10523,51 +10779,51 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8872" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10642,51 +10898,51 @@
               <w:t>
 Страна происхождения</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сountry of orіgіn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8872" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11640,99 +11896,100 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="27"/>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе)кері экспорттауға әкімшілік органның рұқсаттар беру журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1318"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="953"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11742,1066 +11999,1066 @@
               <w:t>
 Р/с</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="952" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кімге берілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="952" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлгінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайда/қайдан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рұқсат берілген күні және нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алушының аты, әкесінің аты (бар болса) тегі,сенімхат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алушының қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="952" w:type="dxa"/>
-[...191 lines deleted...]
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="952" w:type="dxa"/>
-[...191 lines deleted...]
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="952" w:type="dxa"/>
-[...191 lines deleted...]
-            <w:tcW w:w="953" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12859,55 +13116,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>