--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="787373a" w14:textId="787373a">
+    <w:p w14:paraId="1321cc6" w14:textId="1321cc6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1567,824 +1567,702 @@
         </w:rPr>
         <w:t>
       3) егер үлгілерді импорттау, экспорттау және (немесе) кері экспорттау олардың тірі қалуына қатер төндіретін жағдайларда ғылыми қорытынды беруден бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ғылыми қорытынды ғылыми ұйымның фирмалық бланкісінде ресімделеді, оған уәкілетті лауазымды адам қол қояды және ғылыми ұйымның мөрі басылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаттар беру" мемлекеттік қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Экология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитеті атынан әкімшілік орган (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z10" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 282</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...72 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. "Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаттар беру" мемлекеттік қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитеті және Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Балық шаруашылығы комитеті атынан әкімшілік орган (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
-[...117 lines deleted...]
-        <w:t>
       7. Мемлекеттік көрсетілетін қызметті алу үшін жеке және (немесе) заңды тұлғалар (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "электрондық үкіметтің" www.egov.kz, www.elісense.kz веб-порталы арқылы (бұдан әрі – портал)мынадай құжаттарды:</w:t>
-      </w:r>
-[...224 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген кезде өтінішті қабылдау келесі жұмыс күні жүзеге асырылады).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесі құжаттарды алған сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді. Көрсетілетін қызметті алушы осы Қағидалардың 7-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан дәлелді бас тартуды қалыптастырады және оны көрсетілетін қызметті берушінің уәкілетті адамның ЭЦҚ-сымен қол қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
+        <w:t xml:space="preserve">
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш берушінің электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанында Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат алуға өтініш;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру туралы не мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы шешім қабылдайды.</w:t>
+        <w:t>
+      2) жеке мақсатта импорттауды, экспорттауды және (немесе) кері экспорттауды жүзеге асыратын адамдарды қоспағанда, осы импорттау, экспорттау және (немесе) кері экспорттау туралы ниетін растайтын экспорттаушы мен импорттаушы арасындағы келісімшарттың немесе шарттың электрондық көшірмесін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-сы қойылған электрондық құжат нысанында мемлекеттік қызмет көрсету нәтижесін беру орны туралы хабарлама жіберіледі.</w:t>
+      3) үлгілерді Қазақстан Республикасының аумағына импорттау кезінде, егер үлгі Конвенцияның 1, 2, 3-қосымшаларына енгізілген жағдайда, экспорттауға арналған рұқсаттың немесе кері экспорттауға арналған сертификаттың электрондық көшірмесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Көрсетілетін қызметті беруші мынадай:</w:t>
+      4) ғылыми ұйым қорытындысының электрондық көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>615-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсаттар беру үшін бюджетке мемлекеттік баждың төленгенін растайтын мәліметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жануарлар түрлерін, олардың бөліктері мен дериваттарын Қазақстан Республикасының аумағында мекендеу табиғи ортасынан алып қойған жағдайда электрондық құжат нысанында аң аулауға рұқсатты береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Құжаттарды тапсырған кезде көрсетілетін қызметті алушының "жеке кабинетіне" портал арқылы мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы статус жіберіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталуы;</w:t>
+      Жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, дара кәсіпкер ретінде мемлекеттік тіркеу туралы не дара кәсіпкер ретінде қызметтің басталғаны туралы мәліметтерді Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру үшін бюджетке мемлекеттік баж төлеуді, аң аулауға рұқсатты көрсетілетін қызметті беруші тиісті ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Көрсетілетін қызметті беруші құжаттар түскен күні рұқсат алуға келіп түскен өтінішті және оған қоса берілген құжаттарды қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесіне орындауға береді (көрсетілетін қызметті алушы сағат 18.00-ден кейін немесе Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" 2001 жылғы 13 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген кезде өтінішті қабылдау келесі жұмыс күні жүзеге асырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесі құжаттарды алған сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді. Көрсетілетін қызметті алушы осы Қағидалардың 7-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан дәлелді бас тартуды қалыптастырады және оны көрсетілетін қызметті берушінің уәкілетті адамның ЭЦҚ-сымен қол қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидалардың талаптарына сәйкес келмеуі;</w:t>
+        <w:t xml:space="preserve">
+      Құжаттар топтамасы толық болған кезде көрсетілетін қызметті беруші құжаттар түскен күннен бастап 3 (үш) жұмыс күні ішінде осы Қағидаларға сәйкестігін қарайды және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру туралы не мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
+      Портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-сы қойылған электрондық құжат нысанында мемлекеттік қызмет көрсету нәтижесін беру орны туралы хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Көрсетілетін қызметті беруші мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімінің болуы, соның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылуы негіздері бойынша мемлекеттік қызмет көрсетуден бас тартады.</w:t>
+      2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидалардың талаптарына сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша әкімшілік органның Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру журналына қол қойғыза отырып, өтініш берушінің сенімхаты бойынша өтініш берушіге (не сенімхат бойынша өкіліне) беріледі.</w:t>
+        <w:t>
+      3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      4) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімінің болуы, соның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылуы негіздері бойынша мемлекеттік қызмет көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Рұқсат осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әкімшілік органның Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат беру журналына қол қойғыза отырып, өтініш берушінің сенімхаты бойынша өтініш берушіге (не сенімхат бойынша өкіліне) беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       12. Рұқсатта осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген ақпарат, оны берген сәттен бастап тек алты ай ішіндегі үлгілерді импорттау, экспорттау және (немесе) кері экспорттау үшін қолданылу кезеңі қамтылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3147,68 +3025,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бизнес сәйкестендіру нөмірі/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жеке сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрып кету қаупі төнген жабайы фауна мен флора түрлеріменхалықаралық сауда туралы конвенцияның күші қолданылатынжануарлар түрлерін Қазақстан Республикасыныңаумағына импорттауға, Қазақстан Республикасыныңаумағынан экспорттауға және (немесе)кері экспорттауға ғылыми қорытынды алуға арналған өтініш Үлгілерді импорттауға, экспорттауға және (немесе) кері экспорттауға ғылыми қорытынды беруіңізді сұраймын _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4275,176 +4153,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (тегі, аты, әкесінің аты (бар болса), қолы, мөрдің (бар болса) орны </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (дара кәсіпкерлік субъектілері болып табылатын адамдарды қоспағанда)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4504,90 +4256,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фауна мен флора түрлерімен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>халықаралық сауда туралы</w:t>
-[...38 lines deleted...]
-              <w:t>жануарлар түрлерін</w:t>
+              <w:t>халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4668,61 +4381,61 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Экология, геология және табиғи ресурстар министрінің 06.10.2021 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 396</w:t>
+        <w:t>№ 282</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4748,51 +4461,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаттар беруі" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаттар беруі" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4861,51 +4594,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті және Балық шаруашылығы комитеті</w:t>
+Қазақстан Республикасы Экология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5200,51 +4933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электрондық (толық автоматтандырылған)</w:t>
+электрондық (ішінара автоматтандырылған) / қағаз тасығышта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5633,51 +5366,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көрсетілетін қызметті беруші – Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" 2001 жылғы 13 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 8.00-ден 17.30-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" 2001 жылғы 13 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -5802,51 +5535,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет үшін қажетті құжаттар тізбесі</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан сұратылатын құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5929,50 +5680,68 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) бюджетке мемлекеттік баждың төленгенін растайтын мәліметтер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) жануарлар түрлері, олардың бөліктері мен дериваттары Қазақстан Республикасының аумағындағы табиғи мекендеу ортасынан алынған жағдайда, аң аулауға арналған рұқсаттың электрондық көшірмесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы аумағына әкелуге, Қазақстан Республикасы аумағынан әкетуге және (немесе) қайта әкетуге рұқсаттар беру үшін жеке басын куәландыратын құжаттар, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу), дара кәсіпкер ретінде мемлекеттік тіркеу не дара кәсіпкер ретінде қызметті бастау туралы, сондай-ақ рұқсат беруге арналған мемлекеттік баждың бюджетке төленгені туралы мәліметтер, аң аулауға рұқсат – көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы тиісті ақпараттық жүйелерден ұсынылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6096,50 +5865,88 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімінің (үкімінің) болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімі бар, соның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8109,68 +7916,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="25"/>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрып кету қаупі төнген жабайы фауна мен флора түрлері мен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -11896,68 +11703,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе)кері экспорттауға әкімшілік органның рұқсаттар беру журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -13116,55 +12923,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>