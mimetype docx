--- v0 (2025-10-07)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4276bf4" w14:textId="4276bf4">
+    <w:p w14:paraId="84d17e8" w14:textId="84d17e8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,160 +76,312 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Аңшылық және балық шаруашылықтары субъектілерінің қорықшылық қызметі туралы үлгілік ережені бекіту туралы</w:t>
+        <w:t>Аңшылық шаруашылығы субъектілерінің қорықшылық қызметі туралы үлгілік ережені бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 26 маусымдағы № 18-03/578 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 29 шілдеде № 11780 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының </w:t>
-[...29 lines deleted...]
-        <w:t>БҰЙЫРАМЫН:</w:t>
+      Ескерту. Тақырыбы жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Үкіметінің 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>218) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Аңшылық және балық шаруашылықтары субъектілерінің қорықшылық қызметі туралы үлгілік </w:t>
+      1. Қоса беріліп отырған Аңшылық шаруашылығы субъектілерінің қорықшылық қызметі туралы үлгілік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ереже</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -542,376 +694,778 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Аңшылық және балық шаруашылықтары субъектілерінің</w:t>
+        <w:t xml:space="preserve"> Аңшылық шаруашылығы субъектілерінің қорықшылық қызметі туралы үлгілік ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Аңшылық шаруашылығы субъектілерінің қорықшылық қызметі туралы үлгілік ереже (бұдан әрі – Үлгілік ереже) Қазақстан Республикасы Үкіметінің 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>218) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және қорықшылық қызметінің тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>қорықшылық қызметі туралы үлгілік ереже</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Аңшылық шаруашылығы субъектілерінің қорықшылық қызметі (бұдан әрі – қорықшылық қызмет) бекітіліп берілген аңшылық алқаптарында жануарлар дүниесін қорғау функцияларын жүзеге асыратын аңшылық шаруашылығы субъектілерінің құрылымдық бөлімшесі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...66 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қорықшылық қызметі аңшылық және балық шаруашылықтары субъектісі директорының бұйрығымен құрылады және оған (басшылыққа) бағынады.</w:t>
+      3. Қорықшылық қызметі аңшылық шаруашылығы субъектісі директорының бұйрығымен құрылады және оған (басшылыққа) бағынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Қорықшылық қызметке аңшылық және балық шаруашылығы субъектілерінің қызметкерлері: аңшылық және балық шаруашылығы директорлары, аға қорықшылар (болған жағдайда), қорықшылар жатады.</w:t>
+      4. Қорықшылық қызметке аңшылық шаруашылығы субъектілерінің қызметкерлері: аңшылық шаруашылығы директорлары, аға қорықшылар (болған жағдайда), қорықшылар жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Қорықшылық қызметті аңшылық және балық шаруашылығы субъектілері өз қаражаты есебінен құрады.</w:t>
+      5. Қорықшылық қызметті аңшылық шаруашылығы субъектілері өз қаражаты есебінен құрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қорықшылық қызметі қызметкерлерінің жұмысы Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасына, осы Үлгілік ережеге негізделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Қорықшылық қызметі қызметкерлерiнiң лауазымдық нұсқаулықтарын аңшылық және балық шаруашылықтары субъектiсі әзiрлейдi және бекiтедi.</w:t>
+      7. Қорықшылық қызметі қызметкерлерiнiң лауазымдық нұсқаулықтарын аңшылық шаруашылығы субъектiсі әзiрлейдi және бекiтедi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Аңшылық және балық шаруашылығының қорықшылық қызметіне он сегіз жасқа толған тұлғалар қабылданады.</w:t>
+      8. Аңшылық шаруашылығының қорықшылық қызметіне он сегіз жасқа толған тұлғалар қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 07.02.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Аңшылық және (немесе) балық шаруашылықтарының субъектілері қорықшылық қызмет құрылғаннан немесе оның құрамы өзгергеннен кейін күнтізбелік он күн ішінде жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесіне тиісті ақпаратты (тегі, аты, әкесінің аты (бар болса), лауазымы, қызметтік куәлігінің және омырауға тағатын белгісінің нөмірі көрсетілген қызметкерлердің тізімі) ұсынады.</w:t>
+      9. Аңшылық шаруашылығының субъектілері қорықшылық қызмет құрылғаннан немесе оның құрамы өзгергеннен кейін күнтізбелік он күн ішінде жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы уәкілетті орган ведомствосының аумақтық бөлімшесіне тиісті ақпаратты (тегі, аты, әкесінің аты (бар болса), лауазымы, қызметтік куәлігінің және омырауға тағатын белгісінің нөмірі көрсетілген қызметкерлердің тізімі) ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Экология, геология және табиғи ресурстар министрінің м.а. 18.01.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 15</w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1020,171 +1574,171 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қызметтік қаруды алып жүруге және айырым белгілері бар арнаулы киім киюге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z51" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жеке және заңды тұлғалардың аң аулауға және балық аулауға құқық беретін құжаттарын тексеруге;</w:t>
+      3) жеке және заңды тұлғалардың аң аулауға құқық беретін құжаттарын тексеруге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z52" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аң аулау қағидаларын бұзғаны үшін атыс қаруын кейіннен ішкі істер органдарына міндетті түрде беру үшін алып қоюға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z53" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңнамасын бұза отырып пайдаланылған аулау құралдарын, заңсыз аулап алынған аң аулау және балық аулау өнімдерін, тыйым салынған аулауға арналған қару түрлерін кейіннен жануарлар дүниесін қорғау жөніндегі мемлекеттік инспекторға беру үшін алып қоюға;</w:t>
+      5) Қазақстан Республикасының жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы заңнамасын бұза отырып пайдаланылған аулау құралдарын, заңсыз аулап алынған аң аулау өнімдерін, тыйым салынған аулауға арналған қару түрлерін кейіннен жануарлар дүниесін қорғау жөніндегі мемлекеттік инспекторға беру үшін алып қоюға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z54" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бекітіліп берілген аңшылық алқабының, балық шаруашылығы су айдынының және (немесе) учаскесінің аумағында және оның жағалау белдеуінде олардан шығу кезінде көлік және жүзу құралдарын тоқтатуға құқығы бар.</w:t>
+      6) бекітіліп берілген аңшылық алқабының аумағында көлік құралдарын тоқтатуға құқығы бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z55" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорықшы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z56" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бекiтілiп берiлген аңшылық алқаптарында және балық шаруашылығы су айдындарында және (немесе) учаскелерiнде жануарлар дүниесiн қорғауды қамтамасыз етуге;</w:t>
+      1) бекiтілiп берiлген аңшылық алқаптарында жануарлар дүниесiн қорғауды қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z57" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) аң аулау және балық аулау қағидаларын, аңшылық шаруашылығының ішкі регламентін, өрт қауіпсіздігі қағидаларын, сондай-ақ тыныштық аймақтарында жануарлар дүниесін пайдалануға қойылған шектеулер мен тыйым салуларды бұзушылықтардың жолын кесуге;</w:t>
+      2) аң аулау қағидаларын, аңшылық шаруашылығының ішкі регламентін, өрт қауіпсіздігі қағидаларын, сондай-ақ тыныштық аймақтарында жануарлар дүниесін пайдалануға қойылған шектеулер мен тыйым салуларды бұзушылықтардың жолын кесуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z58" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке және заңды тұлғалардан жануарлардың қырылуына және олар мекендеу ортасының бұзылуына әкеп соқтыратын әрекеттерді тоқтатуды талап етуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z59" w:id="30"/>
     <w:p>
@@ -1289,197 +1843,199 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Экология, геология және табиғи ресурстар министрінің м.а. 18.01.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z33" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қорықшылық қызметінің жұмысында мынадай құжаттар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z34" w:id="35"/>
+    <w:bookmarkStart w:name="z63" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) директор:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      облыстың жергілікті атқарушы органының аңшылық алқапты немесе балық шаруашылығының су айдындарын және (немесе) учаскелерін бекітіп беру туралы шешімінің көшірмесі;</w:t>
-[...35 lines deleted...]
-      шаруашылықішілік аңшылық ісін ұйымдастырудың материалдары (аңшылық шаруашылығының субъектілері үшін);</w:t>
+      облыстың жергілікті атқарушы органының аңшылық алқапты бекітіп беру туралы шешімінің көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аңшылық шаруашылығын жүргізуге арналған шарт;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Жолдаманың үлгілік нысанын, сондай-ақ оны беру қағидасын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-03/145 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10702 болып тіркелген) нысан бойынша аңшылық және балық шаруашылығы субъектiлерi берген жолдамаларды тiркеу журналы;</w:t>
+      "Жолдаманың үлгілік нысанын, сондай-ақ оны беру қағидасын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-03/145 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10702 болып тіркелген) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша аңшылық шаруашылығы субъектiлерi берген жолдамаларды тiркеу журналы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аңшылық алқабының карта-схемасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1492,204 +2048,160 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аңшылық шаруашылығын жүргізу жоспары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жануарларды есепке алу материалдары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...53 lines deleted...]
-      2) аға қорықшы (болған жағдайда), қорықшы:</w:t>
+    <w:bookmarkStart w:name="z64" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аға қорықшы (бар болса), қорықшы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аңшылық шаруашылығы субъектісі, олардың бірлестіктері (аңшылар бірлестіктерін қоса алғанда) берген қызметтік куәлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорықшыға қорық учаскесін (айналымды) бекітіп беру туралы аңшылық шаруашылығы субъектілері бұйрығының көшірмесі және оның карта-схемасы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметтік қаруды алып жүруге және сақтауға рұқсат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Экология, геология және табиғи ресурстар министрінің м.а. 20.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 619</w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің м.а. 13.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1721,55 +2233,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2095,31 +2607,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>