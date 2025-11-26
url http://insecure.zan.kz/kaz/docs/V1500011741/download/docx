--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9023908" w14:textId="9023908">
+    <w:p w14:paraId="7e3e973" w14:textId="7e3e973">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,819 +94,1251 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бейбіт уақытқа арналған Қазақстан Республикасының Қарулы Күштерін өртке қарсы қорғаныс мүлікпен жабдықтау нормаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қорғаныс министрінің 2015 жылғы 17 маусымдағы № 348 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 24 шілдеде № 11741 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қорғаныс министрінің 2015 жылғы 17 маусымдағы № 348 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 24 шілдеде № 11741 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      «Қазақстан Республикасының қорғанысы және Қарулы Күштері туралы» 2005 жылғы 7 қаңтардағы Қазақстан Республикасының Заңы </w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 627</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасының қорғанысы және Қарулы Күштері туралы" 2005 жылғы 7 қаңтардағы Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>22-бабы</w:t>
+        <w:t xml:space="preserve"> 22-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағының 22) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
-      <w:r>
-[...218 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...153 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z15" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Қазақстан Республикасы  </w:t>
-[...2 lines deleted...]
-        <w:br/>
+      1. Қоса беріліп отырған Бейбіт уақытқа арналған Қазақстан Республикасының Қарулы Күштерін өртке қарсы қорғаныс мүлікпен жабдықтау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> нормалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z16" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Қарулы Күштері Тылының бастығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z17" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңнамада белгіленген тәртіппен осы бұйрықты мемлекеттік тіркеу үшін Қазақстан Республикасының Әділет министрлігіне жолдасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z18" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік тіркелгеннен кейін күнтізбелік он күн ішінде осы бұйрықтың көшірмесін мерзімді баспасөз басылымдарына және "Қазақстан Республикасы Әділет министрлігінің республикалық құқықтық ақпараттық орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесіне ресми түрде жариялау үшін жолдасын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z19" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ресми жарияланғаннан кейін Қазақстан Республикасы Қорғаныс министрлігінің веб-сайтына орналастырсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z20" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-Қорғаныс министрінің  </w:t>
+      4) республикалық бюджеттен тиісті жылға бөлінген қаражат шеңберінде кезең-кезеңімен өртке қарсы қорғаныс мүлкін сатып алуды жүзеге асырсын. </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z21" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бұйрықтың орындалуын бақылау Қорғаныс министрінің бірінші орынбасары – Қазақстан Республикасы Қарулы Күштері Бас штабының бастығына жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бұйрық алғаш ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорғаныс министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+И. Тасмағамбетов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"КЕЛІСІЛДІ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________ Б. Сұлтанов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2015 ж. "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ "___________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-2015 жылғы 17 маусымдағы</w:t>
-[...13 lines deleted...]
-№ 348 бұйрығына қосымша</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғаныс министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2015 жылғы 17 маусымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 348 бұйрығына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z3" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Бейбіт уақытқа арналған Қазақстан Республикасының Қарулы</w:t>
+        <w:t xml:space="preserve"> Бейбіт уақытқа арналған Қазақстан Республикасының Қарулы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>
-Күштерін өртке қарсы қорғаныс мүлкімен жабдықтау нормалары</w:t>
+        <w:t>Күштерін өртке қарсы қорғаныс мүлкімен жабдықтау нормалары</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Өрт-техникалық өнімімен жабдықтау нормалары</w:t>
+        <w:t>Өрт-техникалық өнімімен жабдықтау нормалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="477"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1231"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="780" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="477" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>р/с</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 № </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жабдықтау нормаларының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1218" w:type="dxa"/>
+              <w:t>
+Жабдықтау нормаларының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пайдалану мерзімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="598" w:type="dxa"/>
+              <w:t>
+Пайдалану мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өлш. бірл.</w:t>
+              <w:t>
+Өлш. бірл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ӘСКЕРИ БӨЛІМДЕР МЕН МЕКЕМЕЛЕР</w:t>
+              <w:t>
+ӘСКЕРИ БӨЛІМДЕР МЕН МЕКЕМЕЛЕР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="2025" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -918,1192 +1350,1222 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1606" w:type="dxa"/>
-[...309 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қару-жарақ пен оқ-дәрілерді сақтау орындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖЖМ сақтау орындары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери техниканы сақтау орындары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери әуеайлақтар мен АЗҚ, ЗОҚ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қатты және басқа да жанармай материалдарын сақтау орындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарулы Күштердің оқу орындары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік-тұрмыстық ғимараттар және құрылыстар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="165" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="477" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t>11</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="165" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мүкәммалдық өрт техникасы</w:t>
+              <w:t>
+Мүкәммалдық өрт техникасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="510" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="477" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1635" w:type="dxa"/>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өрт автоцистернасы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1218" w:type="dxa"/>
+              <w:t>
+Өрт автоцистернасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>16 жыл</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="598" w:type="dxa"/>
+              <w:t>
+16 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бірл.</w:t>
-[...244 lines deleted...]
-              <w:t>-</w:t>
+              <w:t>
+бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 бірл. ӨА, 200-ден 1000 шартты вагондарға дейін </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨА, 2000-нан 5000 текше метрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨА, 100-ден 300 бірлікке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨА, ҰА 1-ден 5 бірлікке дейін, АЗҚ, ЗОҚ қоймалардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨА, 500 -ден 1000 шартты вагондарға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨА, 500-ден 800 адам санына дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1320" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -2115,297 +2577,304 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1606" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨА, 1000-нан 3000 шартты вагондарға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨА, 5000 текше метр және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨА, 300 бірлік және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨА, ҰА 5 бірлік және одан көп, АЗҚ, ЗОҚ қоймалардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨА, 1000 шартты вагондар және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨА, 800 адам саны және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="810" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -2417,297 +2886,304 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1606" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3 бірл. ӨА, 3000-нан 10000 шартты вагондарға дейін </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="510" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -2719,697 +3195,715 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1606" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 бірл. ӨА, 10000 шартты вагондар және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="885" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="477" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1635" w:type="dxa"/>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шынжыр табанды өрт машинасы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1218" w:type="dxa"/>
+              <w:t>
+Шынжыр табанды өрт машинасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>20 жыл</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="598" w:type="dxa"/>
+              <w:t>
+20 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бірл.</w:t>
-[...40 lines deleted...]
-            <w:tcW w:w="1372" w:type="dxa"/>
+              <w:t>
+бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ШТӨМ, 500-ден 1000 шартты вагондарға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1536" w:type="dxa"/>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1442" w:type="dxa"/>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1566" w:type="dxa"/>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1319" w:type="dxa"/>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1231" w:type="dxa"/>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="600" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -3421,80 +3915,81 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1606" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">2 бірл. ШТӨМ, 1000-нан 10000 шартты вагондарға дейін </w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2 бірл. ШТӨМ, 1000-нан 10000 шартты вагондарға дейін </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3535,51 +4030,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="885" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -3591,80 +4086,81 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1606" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:t>3 бірл. ШТӨМ, 10000 шартты вагондар және одан астам</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 бірл. ШТӨМ, 10000 шартты вагондар және одан астам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3705,641 +4201,561 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="225" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="477" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1635" w:type="dxa"/>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Өрт мотопомпалары </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1218" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Өрт мотопомпалары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>10 жыл</w:t>
-[...201 lines deleted...]
-            <w:tcW w:w="598" w:type="dxa"/>
+              <w:t>
+10 жыл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бірл.</w:t>
-[...244 lines deleted...]
-              <w:t>-</w:t>
+              <w:t>
+бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨМ 200-ден 500 шартты вагондарға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨМ, 100-ден 300 бірлікке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨМ, ҰА 1-ден 5 бірлікке дейін, АЗҚ, ЗОҚ қоймалардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨМ, 200-ден 500 шартты вагондарға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 бірл. ӨМ, 500-ден 800 адам санына дейін </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1725" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -4351,297 +4767,304 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1606" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2 бірл. ӨМ 500-ден 1000 шартты вагондарға дейін </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірл. ӨМ 500-ден 1000 текше метрге дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨМ, 300-тен 500 бірлікке дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨМ, ҰА 5 бірлік және одан көп, АЗҚ, ЗОҚ қоймалардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨМ, 500-ден 1000 шартты вагондарға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨЦ, 800 адам саны және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="240" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
@@ -4653,25469 +5076,26455 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1606" w:type="dxa"/>
-[...238 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 бірл. ӨМ 1000 шартты вагондар және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 бірл. ӨМ 1000 текше метр және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 бірл. ӨМ, 500 бірлік және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 бірл. ӨМ, 1000 шартты вагондар және одан астам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: бір уақытта бірнеше сақтау орны (құрылыс түрлері) бар әскери бөлімдер мен мекемелер мыналарда көзделгендей:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5, 6, 7, 8, 9, 10-бағандардың 1-жолы бойынша, 5-баған бойынша қамтамасыз етіледі;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6, 7, 8, 9, 10-бағандардың 1-жолы бойынша, 6-баған бойынша қамтамасыз етіледі;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7, 8, 9, 10-бағандардың 1-жолы бойынша, 8-баған бойынша қамтамасыз етіледі;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7, 9, 10-бағандардың 1-жолы бойынша, 7-баған бойынша қамтамасыз етіледі;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9, 10-бағандардың 1-жолы бойынша, 10-баған бойынша қамтамасыз етіледі;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5, 6, 7, 8, 9, 10-бағандардың 3-жолы бойынша, 5-баған бойынша қамтамасыз етіледі;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6, 7, 8, 9, 10-бағандардың 3-жолы бойынша, 6-баған бойынша қамтамасыз етіледі;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7, 8, 9, 10-бағандардың 3-жолы бойынша, 8-баған бойынша қамтамасыз етіледі;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7, 9, 10-бағандардың 3-жолы бойынша, 7-баған бойынша қамтамасыз етіледі;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9, 10-бағандардың 3-жолы бойынша, 10-баған бойынша қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
- Өрт-техникалық өнімімен жабдықтау нормалары</w:t>
+        <w:t xml:space="preserve"> Өрт-техникалық өнімімен жабдықтау нормалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="468"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1256"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="240" w:hRule="atLeast"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>р/с</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жабдықтау нормаларының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1188" w:type="dxa"/>
+              <w:t>
+Жабдықтау нормаларының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пайдалану мерзімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="586" w:type="dxa"/>
+              <w:t>
+Пайдалану мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өлш. бірл.</w:t>
+              <w:t>
+Өлш. бірл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ӘСКЕРИ БӨЛІМДЕР МЕН МЕКЕМЕЛЕР</w:t>
-[...788 lines deleted...]
-              <w:t>Мүкәммалдық өрт мүлкі</w:t>
+              <w:t>
+ӘСКЕРИ БӨЛІМДЕР МЕН МЕКЕМЕЛЕР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...420 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қару-жарақ пен оқ-дәрілерді сақтау орындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖЖМ сақтау орындары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери техниканы сақтау орындары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әскери әуеайлақтар мен АЗҚ, ЗОҚ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қатты және басқа да жанармай материалдарын сақтау орындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарулы Күштердің оқу орындары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік-тұрмыстық ғимараттар және құрылыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...420 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...448 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүкәммалдық өрт мүлкі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...476 lines deleted...]
-2 дана</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көмірқышқылды жылжымалы өрт сөндіргіштер (ОУ-55, ОУ-80)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...476 lines deleted...]
-1 жиынтық</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұнтақты жылжымалы өрт сөндіргіштер (ОП-70, ОП-100)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 дана </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 дана </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...462 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көмірқышқылды тасымалданатын өрт сөндіргіштер (ОУ-5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2 дана </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...476 lines deleted...]
-1 өрт шкафы</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұнтақты тасымалданатын өрт сөндіргіштер (ОП-5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t xml:space="preserve">Өрт шүмектерінің 1 бірл. 1 ж-қ өрт құбыртүтігі </w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өрт қалқаны жиынтықта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ж-қ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400 шаршы м</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...29 lines deleted...]
-              <w:t>Шығыстық өрт мүлкі</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт сөндірушінің жауынгерлік киімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ж-қ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штаттық өрт сөндірушіге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штаттық өрт сөндірушіге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штаттық өрт сөндірушіге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штаттық өрт сөндірушіге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штаттық өрт сөндірушіге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 штаттық өрт сөндірушіге</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...462 lines deleted...]
-              <w:t>-</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өрт шкафы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шүмегіне</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шкафы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шүмегіне</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шкафы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шүмегіне</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шкафы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 өрт шүмегіне </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шкафы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 өрт шүмегіне </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шкафы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шүмегіне</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шкафы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шүмегіне</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 өрт шкафы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="468" w:type="dxa"/>
-[...378 lines deleted...]
-              <w:t>1 шаршы метрге 0,1 кг</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұңғысы және байланыстырушы бастиектері бар өрт құбыртүтігі жиынтықта (диаметрі 51 мм)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ж-қ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт шүмектерінің 1 бірл. 1 ж-қ өрт құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт шүмектерінің 1 бірл. 1 ж-қ өрт құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өрт шүмектерінің 1 бірл. 1 ж-қ өрт құбыртүтігі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт шүмектерінің 1 бірл. 1 ж-қ өрт құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өрт шүмектерінің 1 бірл. 1 ж-қ өрт құбыртүтігі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өрт шүмектерінің 1 бірл. 1 ж-қ өрт құбыртүтігі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өрт шүмектерінің 1 бірл. 1 ж-қ өрт құбыртүтігі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыстық өрт мүлкі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көбік түзгіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жылға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨА 1 бірлігіне 500 кг, ШТӨМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлігіне 1000 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨА 1 бірлігіне 500 кг, ШТӨМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлігіне 1000 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨА 1 бірлігіне 500 кг, ШТӨМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлігіне 1000 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨА 1 бірлігіне 500 кг, ШТӨМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлігіне 1000 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨА 1 бірлігіне 500 кг, ШТӨМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлігіне 1000 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨА 1 бірлігіне 500 кг, ШТӨМ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 бірлігіне 1000 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрттен қорғау құрамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жылға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 шаршы метрге 0,1 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 шаршы метрге 0,1 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 шаршы метрге 0,1 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 шаршы метрге 0,1 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 шаршы метрге 0,1 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 шаршы метрге 0,1 кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 шаршы метрге 0,1 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-Өрт-техникалық қару-жарақты жиынтықтау нормасы</w:t>
+        <w:t xml:space="preserve"> Өрт-техникалық қару-жарақты жиынтықтау нормасы</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-КамАЗ - 43114, 43118 базасындағы өрт автоцистернасы </w:t>
+        <w:t>КамАЗ - 43114, 43118 базасындағы өрт автоцистернасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="677"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1772"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...32 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7632" w:type="dxa"/>
-[...137 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалану мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Саны </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (дана)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Автомобильдік медициналық дәрі қобдиша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...348 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖЖМ багоры МЕМСТ 16714 - 71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диэлектрлік боты, өлшемі 3 – 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ВПС-30 өрт құтқару арқаны, 30 метр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ВС – 125У су жинағыш МЕМСТ 14279 - 79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГПС-600 көбік генераторы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Г-600 гидроэлеваторы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГП 70х50 ауыспалы бастиектер МЕМСТ 28 352-89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГП 80х50 ауыспалы бастиектер МЕСТ 28 352-89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ГП 80х70 ауыспалы бастиектер МЕСТ 28 352-89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+У-21-43-00 құбыртүтік кідірісі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 құбыртүтік қысқашы МЕСТ 2071-69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...528 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт ұңғыларын жерге түйістіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Авариялық тоқтату белгісі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шассидегі жүргізуші құрал - сайманы (жинақ) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...348 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 кілті МЕМСТ 14286-69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150 кілті МЕМСТ 14286-69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диэлектрлік кілем 2-750х750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильдік тірек қалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт бағанасы МЕМСТ 7499-71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+У-21-00-06 гидрант қақпақтарын ашуға арналған ілгек </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт ілгегі МЕМСТ 16714-71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Л60 ТУ 22-4280-78 сатысы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ШС сатысы МЕМСТ 8556-72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТС сатысы МЕМСТ 8556-72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖӨМ металл сынығы МЕМСТ 16714-71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АӨМ металл сынығы МЕМСТ 16714-71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚЖК-4-930 күрегі МЕМСТ 19596-87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Құбыртүтік өтпелері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ұста қоларасы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Электр сымдарын кесуге арналған қайшы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ОП-2 өрт сөндіргіші </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ОПУ-5 өрт сөндіргіші </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Диэлектрлік қолғаптар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Екіқолды ара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РТ-80 таратқышы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзындығы 4 м КЩ-1-32-3 құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзындығы 4 м В-1-125 сору құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзындығы 4 м В-2-75-10 сору құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...48 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арындық құбыртүтік: латекстелген d-51, ұзындығы 20 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арындық құбыртүтік: латекстелген d-66, ұзындығы 20 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арындық құбыртүтік: латекстелген d-77, ұзындығы 20 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арындық құбыртүтік: латекстелген d-77, ұзындығы 4 м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="241300"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="241300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10, L 12 м арқан СВ-125У торы МЕМСТ Р50401-92</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...101 lines deleted...]
-              <w:t>1</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тасымалды лафетті қол өрт ұңғысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су шығысын реттегіші бар құрастырылған әмбебап қол өрт ұңғысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауа-көбікті ұңғысы (СВП)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өрт сөндірушінің жоғары жылу әсерінен арнайы қорғану киімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т-А2 балтасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="677" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрлі топтық қолшам қуаттағыш құрылғысымен және қосымша шамымен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...9479 lines deleted...]
-Негізгі қысқартулар</w:t>
+        <w:t xml:space="preserve"> Шынжыр табанды өртмашинасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7000"/>
-        <w:gridCol w:w="7000"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>ОКГ – орташа еселі көбік генераторы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалану мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлш. бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Саны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...138 lines deleted...]
-              <w:t>ҰӨ – ұнтақты өрт сөндіргіш</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ГВП-600 (ГПС-600) жоғары еселі көбік генераторы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>ҚҰ – қол ұңғысы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Г-600 гидроэлеваторы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>АКҰ – ауа-көбікті ұңғы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+РС–70 қол өрт ұңғысы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>ҚӘҚҰ – құрастырылған әмбебап қол ұңғысы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+РС–50 қол өрт ұңғысы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>ЗОҚ – зымыран отыны құрамдасы</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ВС-125 су жинағыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7000" w:type="dxa"/>
-[...63 lines deleted...]
-              <w:t>ӨШ – өрт шүмегі</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Л60 ТУ 22-4280-78 сатысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+СВ-125У торы МЕМСТ Р50401-92 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+РТ-80 таратқышы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z10" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тасымалданатын өрт мотопомпасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалану мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлш. бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзындығы 4 м В-2-75-10 сору құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диаметрі 77 мм ұзындығы 20 м арындық құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жиынтық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РС-70 қол өрт ұңғысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z11" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өрт сөндірушінің жауынгерлік киімі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+№ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалану мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлш. бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алынбалы-салынбалы капюшоны бар күртеше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Шалбар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күртешенің жылу-оқшауландырғыш алынбалы-салынбалы астары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шалбардың жылу-оқшауландырғыш алынбалы-салынбалы астары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт сөндірушілерге арналған арнайы термотұрақты етіктер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үш саусақты қолғап (өрт сөндірушінің қолдарын қорғау құралдары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жұп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Т түріндегі дулыға астары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каска (дулыға)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Карабин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт құтқару белдігі (А типіндегі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Әрбір бұйымға пайдалану жөніндегі басшылық және паспорт </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зат салынатын сөмке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z12" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өрт қалқаны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалану мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлш. бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қалқан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ОП-5 маркалы тасымалданатын ұнтақты өрт сөндіргіш </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемі 1100x145 мм металл сынығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+10 литрлік конустық шелек </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өлшемі 360x200x30 мм балта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемі 1450x215x50 мм тік күрек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Металл өрт ілгегі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z13" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өрт құбыртүтіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+№ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалану мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзындығы, м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диаметрі, мм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлш. бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Арындық </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байланыстырушы жартылай тегірлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+РС-51 өрт ұңғысы (өрт шүмектеріне арналған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байланыстырушы жартылай тегірлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байланыстырушы жартылай тегірлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соратын (гофрирленген)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өрт құбыртүтігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Байланыстырушы жартылай тегірлер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өрт құбыртүтігі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байланыстырушы жартылай тегірлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z14" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негізгі қысқартулар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨА – өрт автоцистернасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ОКГ – орташа еселі көбік генераторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ШТӨМ – шынжыр табанды өрт машинасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+КӨ - көмірқышқылды өрт сөндіргіш </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨТҚЖ – өрт-техникалық қару-жарақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҰӨ – ұнтақты өрт сөндіргіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨМ – өрт мотопомпасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚҰ – қол ұңғысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖЖМ – жанар-жағармай материалдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АКҰ – ауа-көбікті ұңғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖКГ – жоғары еселі көбік генераторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚӘҚҰ – құрастырылған әмбебап қол ұңғысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АЗҚ – авиациялық зақымдау құралдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЗОҚ – зымыран отыны құрамдасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҰА – ұшу аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ӨШ – өрт шүмегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>