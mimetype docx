--- v1 (2025-11-26)
+++ v2 (2026-01-15)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7e3e973" w14:textId="7e3e973">
+    <w:p w14:paraId="af03348" w14:textId="af03348">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,137 +86,137 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бейбіт уақытқа арналған Қазақстан Республикасының Қарулы Күштерін өртке қарсы қорғаныс мүлікпен жабдықтау нормаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қорғаныс министрінің 2015 жылғы 17 маусымдағы № 348 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 24 шілдеде № 11741 болып тіркелді.</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>Қазақстан Республикасы Қорғаныс министрінің 2015 жылғы 17 маусымдағы № 348 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 24 шілдеде № 11741 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қорғаныс министрінің 2025 жылғы 9 желтоқсандағы № 1698 бұйрығымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қорғаныс министрінің 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 24.10.2025 </w:t>
+        <w:t>№ 1698</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 627</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының қорғанысы және Қарулы Күштері туралы" 2005 жылғы 7 қаңтардағы Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -31522,63 +31524,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -31900,35 +31924,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>